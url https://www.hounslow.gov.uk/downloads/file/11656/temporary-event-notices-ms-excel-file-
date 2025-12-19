--- v0 (2025-11-27)
+++ v1 (2025-12-19)
@@ -1,91 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://lbhounslow.sharepoint.com/sites/LicensingPublicRegisters/Shared Documents/Licensing Public Registers/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\sukhjeet.gill1\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="437" documentId="13_ncr:1_{88EA21EB-3A0E-4259-95EB-826C6E80E6C8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{37DA51D4-EBA9-44EC-8A15-5243F2872AAB}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D61D3538-DCFE-4847-8CE0-8CCE3A3F94EA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-83" yWindow="0" windowWidth="10425" windowHeight="13043" xr2:uid="{66F26FBC-A743-40B0-8E81-8196F8E5AD61}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{66F26FBC-A743-40B0-8E81-8196F8E5AD61}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$1:$K$1</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4055" uniqueCount="1138">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4222" uniqueCount="1171">
   <si>
     <t>Date Received</t>
   </si>
   <si>
     <t>Standard or LATE</t>
   </si>
   <si>
     <t xml:space="preserve">Premises Name </t>
   </si>
   <si>
     <t>Premises Address</t>
   </si>
   <si>
     <t>Start Date</t>
   </si>
   <si>
     <t xml:space="preserve">Start Time </t>
   </si>
   <si>
     <t xml:space="preserve">End Date </t>
   </si>
   <si>
     <t xml:space="preserve">End Time </t>
   </si>
   <si>
@@ -3347,50 +3346,59 @@
   <si>
     <t>2 Witham Road, Osterley, TW7 4AJ</t>
   </si>
   <si>
     <t>Woodlands, Isleworth, TW7 6LW</t>
   </si>
   <si>
     <t xml:space="preserve">no Objection </t>
   </si>
   <si>
     <t>Sale of Alcohol on/ Regulated Entertainment</t>
   </si>
   <si>
     <t>Corner Annadale Road/ Chiswick High Road</t>
   </si>
   <si>
     <t>Chiswick</t>
   </si>
   <si>
     <t>Isleworth Explorers Club</t>
   </si>
   <si>
     <t>Twickenham Road, Isleworth, TW7 7EU</t>
   </si>
   <si>
+    <t>Lil Nashvile</t>
+  </si>
+  <si>
+    <t>11 Barley Mow Passage, London, W4 4PH</t>
+  </si>
+  <si>
+    <t>92 - 94, Linkfield Road, Isleworth, TW7 6QJ</t>
+  </si>
+  <si>
     <t>89 Kinglsey Road</t>
   </si>
   <si>
     <t>Sale of Alcohol on / Regulated Entertainment /</t>
   </si>
   <si>
     <t>The Dandelions</t>
   </si>
   <si>
     <t>69 Whitton Raod, Housnlow, TW3 2DG</t>
   </si>
   <si>
     <t xml:space="preserve">Johns&amp;Co </t>
   </si>
   <si>
     <t xml:space="preserve">17 Market Place, Brentford, TW8 8EG </t>
   </si>
   <si>
     <t xml:space="preserve">Snakes and Ladders </t>
   </si>
   <si>
     <t xml:space="preserve">Syon Park, London Road, Brentford, TW8 8JF </t>
   </si>
   <si>
     <t>Market place, Brentford</t>
@@ -3431,75 +3439,165 @@
   <si>
     <t>South Street, Isleworth, TW7 6XA</t>
   </si>
   <si>
     <t>21/11.2025</t>
   </si>
   <si>
     <t>22/11/2025</t>
   </si>
   <si>
     <t>Provision of regulated entertainment</t>
   </si>
   <si>
     <t>15/11/2025</t>
   </si>
   <si>
     <t>21/12/2025</t>
   </si>
   <si>
     <t>16/11/2025</t>
   </si>
   <si>
     <t>31/12/2025</t>
   </si>
   <si>
+    <t>Galicja Load of Hay</t>
+  </si>
+  <si>
     <t>330 Staines Road, Feltham, TW14 9HB</t>
   </si>
   <si>
     <t xml:space="preserve">49 High Street, Feltham, TW13 4AB </t>
   </si>
   <si>
     <t>Hilton London, Syon Park, Brentford, TW8 8JF</t>
   </si>
   <si>
-    <t>Galicja Load of Hay</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Cecil Road, Hounslow, TW3 1AX </t>
   </si>
   <si>
-    <t>Lil Nashvile</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Clifton Wine Stores </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Church Street, Chiswick, London, W4 2PH </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kings Wines </t>
+  </si>
+  <si>
+    <t xml:space="preserve">487 Staines Road, Feltham, TW14 8BN </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chiswick High Road </t>
+  </si>
+  <si>
+    <t>London, W4 2DR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1, Freddie Mercury Close, Feltham, TW13 5DF </t>
+  </si>
+  <si>
+    <t>Kingsley Avenue/Bradshaw Lane</t>
+  </si>
+  <si>
+    <t>Tsrumpunch - Chiswick Town Hall</t>
+  </si>
+  <si>
+    <t>Sale of Alcohol on and off/ Regulated Entertainment</t>
+  </si>
+  <si>
+    <t>WingStop</t>
+  </si>
+  <si>
+    <t>Sale of Alcohol on and off/ Late Night Refreshment</t>
+  </si>
+  <si>
+    <t>The Old Market Place</t>
+  </si>
+  <si>
+    <t>Chiswick High Road, London, W4 2DR</t>
+  </si>
+  <si>
+    <t>Isleworth TW7 7DE</t>
+  </si>
+  <si>
+    <t>Sale of Alcohol on/ Regulated Entertainment/Late Night Refreshment</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chiswick Cricket Club </t>
+  </si>
+  <si>
+    <t xml:space="preserve">10 Riverside Drive, Chiswick, London, W4 2SP </t>
+  </si>
+  <si>
+    <t>Balluci Bar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 Freddie Mercury Close, Feltham, TW13 5DF </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Moisei at Makai </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Old Fire Station 55, High Street, Brentford, TW8 0AH </t>
+  </si>
+  <si>
+    <t>Legs Body Finish Ltd</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19 Avenue Road, Brentford, TW8 9NS </t>
+  </si>
+  <si>
+    <t>The Beehive</t>
+  </si>
+  <si>
+    <t>Duke of London</t>
+  </si>
+  <si>
+    <t>Unit 2, 3, Corson Yard, Brentford, TW8 8GS</t>
+  </si>
+  <si>
+    <t>Rendezvous Restaurant</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18 - 20, Chiswick High Road, Chiswick, London, W4 1TE </t>
+  </si>
+  <si>
+    <t>Victoria Tavern</t>
+  </si>
+  <si>
+    <t>56 Worple Road, London, TW7 7HU</t>
+  </si>
+  <si>
+    <t>02:00/03:00 24/12</t>
+  </si>
+  <si>
+    <t>Southville Stores</t>
+  </si>
+  <si>
+    <t>252 Bedfont Lane, Feltham, TW14 9NU</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
@@ -3608,55 +3706,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <font>
         <color auto="1"/>
       </font>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
-[...3 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3916,27158 +4010,28153 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{35470CDC-1200-49E5-96F1-619B2C79E206}">
-  <dimension ref="A1:O1910"/>
+  <dimension ref="A1:O1912"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A800" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A831" sqref="A831"/>
+      <pane ySplit="1" topLeftCell="A828" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A862" sqref="A862"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.45"/>
+  <sheetFormatPr defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="14.59765625" style="2" customWidth="1"/>
+    <col min="1" max="1" width="14.54296875" style="2" customWidth="1"/>
     <col min="2" max="2" width="18" customWidth="1"/>
-    <col min="3" max="3" width="51.265625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6" max="6" width="11.3984375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="51.26953125" customWidth="1"/>
+    <col min="4" max="4" width="75.54296875" customWidth="1"/>
+    <col min="5" max="5" width="12.453125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="11.453125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15" customWidth="1"/>
-    <col min="8" max="8" width="16.59765625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="16.54296875" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="74" customWidth="1"/>
-    <col min="10" max="10" width="85.1328125" customWidth="1"/>
-    <col min="11" max="11" width="106.86328125" customWidth="1"/>
+    <col min="10" max="10" width="85.1796875" customWidth="1"/>
+    <col min="11" max="11" width="106.81640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="1" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A1" s="15" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="2" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="2" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>11</v>
       </c>
       <c r="E2" s="2">
         <v>45330</v>
       </c>
       <c r="F2" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G2" s="2">
         <v>45331</v>
       </c>
       <c r="H2" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I2" t="s">
         <v>12</v>
       </c>
       <c r="J2" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="3" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="3" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C3" t="s">
         <v>14</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E3" s="2">
         <v>45291</v>
       </c>
       <c r="F3" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G3" s="2">
         <v>45292</v>
       </c>
       <c r="H3" s="1">
         <v>0.125</v>
       </c>
       <c r="I3" t="s">
         <v>16</v>
       </c>
       <c r="J3" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="4" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="4" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C4" t="s">
         <v>17</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>18</v>
       </c>
       <c r="E4" s="2">
         <v>45291</v>
       </c>
       <c r="F4" s="1">
         <v>0.5</v>
       </c>
       <c r="G4" s="2">
         <v>45292</v>
       </c>
       <c r="H4" s="1">
         <v>0.125</v>
       </c>
       <c r="I4" t="s">
         <v>16</v>
       </c>
       <c r="J4" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="5" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="5" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="2">
         <v>45301</v>
       </c>
       <c r="F5" s="1">
         <v>0.75</v>
       </c>
       <c r="G5" s="2">
         <v>45301</v>
       </c>
       <c r="H5" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I5" t="s">
         <v>22</v>
       </c>
       <c r="J5" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="6" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="6" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C6" t="s">
         <v>23</v>
       </c>
       <c r="D6" t="s">
         <v>24</v>
       </c>
       <c r="E6" s="2">
         <v>45291</v>
       </c>
       <c r="F6" s="1">
         <v>0.8125</v>
       </c>
       <c r="G6" s="2">
         <v>45292</v>
       </c>
       <c r="H6" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I6" t="s">
         <v>25</v>
       </c>
       <c r="J6" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="7" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="7" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C7" t="s">
         <v>27</v>
       </c>
       <c r="D7" t="s">
         <v>28</v>
       </c>
       <c r="E7" s="2">
         <v>45331</v>
       </c>
       <c r="F7" s="1">
         <v>0.75</v>
       </c>
       <c r="G7" s="2">
         <v>45331</v>
       </c>
       <c r="H7" s="1">
         <v>0.875</v>
       </c>
       <c r="I7" t="s">
         <v>29</v>
       </c>
       <c r="J7" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="8" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="8" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C8" t="s">
         <v>30</v>
       </c>
       <c r="D8" t="s">
         <v>31</v>
       </c>
       <c r="E8" s="2">
         <v>45297</v>
       </c>
       <c r="F8" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G8" s="2">
         <v>45297</v>
       </c>
       <c r="H8" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I8" t="s">
         <v>22</v>
       </c>
       <c r="J8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="9" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="9" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C9" t="s">
         <v>32</v>
       </c>
       <c r="D9" t="s">
         <v>33</v>
       </c>
       <c r="E9" s="2">
         <v>45291</v>
       </c>
       <c r="F9" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="G9" s="2">
         <v>45292</v>
       </c>
       <c r="H9" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I9" t="s">
         <v>22</v>
       </c>
       <c r="J9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="10" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="10" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C10" t="s">
         <v>34</v>
       </c>
       <c r="D10" t="s">
         <v>35</v>
       </c>
       <c r="E10" s="2">
         <v>45319</v>
       </c>
       <c r="F10" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G10" s="2">
         <v>45319</v>
       </c>
       <c r="H10" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I10" t="s">
         <v>29</v>
       </c>
       <c r="J10" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="11" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="11" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C11" t="s">
         <v>36</v>
       </c>
       <c r="D11" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="2">
         <v>45317</v>
       </c>
       <c r="F11" s="1">
         <v>0.75</v>
       </c>
       <c r="G11" s="2">
         <v>45317</v>
       </c>
       <c r="H11" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I11" t="s">
         <v>29</v>
       </c>
       <c r="J11" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="12" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="12" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C12" t="s">
         <v>39</v>
       </c>
       <c r="D12" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="2">
         <v>45312</v>
       </c>
       <c r="F12" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G12" s="2">
         <v>45312</v>
       </c>
       <c r="H12" s="1">
         <v>0.625</v>
       </c>
       <c r="I12" t="s">
         <v>41</v>
       </c>
       <c r="J12" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="13" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="13" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C13" t="s">
         <v>42</v>
       </c>
       <c r="D13" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="2">
         <v>45346</v>
       </c>
       <c r="F13" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G13" s="2">
         <v>45347</v>
       </c>
       <c r="H13" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I13" t="s">
         <v>44</v>
       </c>
       <c r="J13" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="14" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="14" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C14" t="s">
         <v>45</v>
       </c>
       <c r="D14" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="2">
         <v>45367</v>
       </c>
       <c r="F14" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G14" s="2">
         <v>45367</v>
       </c>
       <c r="H14" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I14" t="s">
         <v>47</v>
       </c>
       <c r="J14" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="15" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="15" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C15" t="s">
         <v>49</v>
       </c>
       <c r="D15" t="s">
         <v>50</v>
       </c>
       <c r="E15" s="2">
         <v>45318</v>
       </c>
       <c r="F15" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G15" s="2">
         <v>45318</v>
       </c>
       <c r="H15" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="I15" t="s">
         <v>29</v>
       </c>
       <c r="J15" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="16" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="16" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C16" t="s">
         <v>52</v>
       </c>
       <c r="D16" t="s">
         <v>53</v>
       </c>
       <c r="E16" s="2">
         <v>45316</v>
       </c>
       <c r="F16" s="1">
         <v>0.64583333333333337</v>
       </c>
       <c r="G16" s="2">
         <v>44951</v>
       </c>
       <c r="H16" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="I16" t="s">
         <v>54</v>
       </c>
       <c r="J16" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="17" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="17" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C17" t="s">
         <v>55</v>
       </c>
       <c r="D17" t="s">
         <v>56</v>
       </c>
       <c r="E17" s="2">
         <v>45318</v>
       </c>
       <c r="F17" s="1">
         <v>0</v>
       </c>
       <c r="G17" s="2">
         <v>45319</v>
       </c>
       <c r="H17" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I17" t="s">
         <v>57</v>
       </c>
       <c r="J17" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="18" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="18" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C18" t="s">
         <v>59</v>
       </c>
       <c r="D18" t="s">
         <v>56</v>
       </c>
       <c r="E18" s="2">
         <v>45360</v>
       </c>
       <c r="F18" s="1">
         <v>0</v>
       </c>
       <c r="G18" s="2">
         <v>45361</v>
       </c>
       <c r="H18" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I18" t="s">
         <v>57</v>
       </c>
       <c r="J18" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="19" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="19" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C19" t="s">
         <v>61</v>
       </c>
       <c r="D19" t="s">
         <v>62</v>
       </c>
       <c r="E19" s="2">
         <v>45338</v>
       </c>
       <c r="F19" s="1">
         <v>0</v>
       </c>
       <c r="G19" s="2">
         <v>45339</v>
       </c>
       <c r="H19" s="1">
         <v>0.125</v>
       </c>
       <c r="I19" t="s">
         <v>63</v>
       </c>
       <c r="J19" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="20" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="20" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C20" t="s">
         <v>65</v>
       </c>
       <c r="D20" t="s">
         <v>62</v>
       </c>
       <c r="E20" s="2">
         <v>45367</v>
       </c>
       <c r="F20" s="1">
         <v>0</v>
       </c>
       <c r="G20" s="2">
         <v>45368</v>
       </c>
       <c r="H20" s="1">
         <v>0.125</v>
       </c>
       <c r="I20" t="s">
         <v>54</v>
       </c>
       <c r="J20" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="21" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="21" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C21" t="s">
         <v>30</v>
       </c>
       <c r="D21" t="s">
         <v>66</v>
       </c>
       <c r="E21" s="2">
         <v>45332</v>
       </c>
       <c r="F21" s="1">
         <v>0.625</v>
       </c>
       <c r="G21" s="2">
         <v>45333</v>
       </c>
       <c r="H21" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I21" t="s">
         <v>67</v>
       </c>
       <c r="J21" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="22" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="22" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C22" t="s">
         <v>69</v>
       </c>
       <c r="D22" t="s">
         <v>70</v>
       </c>
       <c r="E22" s="2">
         <v>45333</v>
       </c>
       <c r="F22" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G22" s="2">
         <v>45334</v>
       </c>
       <c r="H22" s="1">
         <v>0.375</v>
       </c>
       <c r="I22" t="s">
         <v>71</v>
       </c>
       <c r="J22" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="23" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="23" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C23" t="s">
         <v>72</v>
       </c>
       <c r="D23" t="s">
         <v>73</v>
       </c>
       <c r="E23" s="2">
         <v>45332</v>
       </c>
       <c r="F23" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G23" s="2">
         <v>45332</v>
       </c>
       <c r="H23" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I23" t="s">
         <v>54</v>
       </c>
       <c r="J23" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="24" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="24" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C24" t="s">
         <v>72</v>
       </c>
       <c r="D24" t="s">
         <v>73</v>
       </c>
       <c r="E24" s="2">
         <v>45339</v>
       </c>
       <c r="F24" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G24" s="2">
         <v>45339</v>
       </c>
       <c r="H24" s="1">
         <v>0</v>
       </c>
       <c r="I24" t="s">
         <v>54</v>
       </c>
       <c r="J24" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="25" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="25" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C25" t="s">
         <v>72</v>
       </c>
       <c r="D25" t="s">
         <v>73</v>
       </c>
       <c r="E25" s="2">
         <v>45336</v>
       </c>
       <c r="F25" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G25" s="2">
         <v>45336</v>
       </c>
       <c r="H25" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I25" t="s">
         <v>54</v>
       </c>
       <c r="J25" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="26" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="26" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C26" t="s">
         <v>72</v>
       </c>
       <c r="D26" t="s">
         <v>73</v>
       </c>
       <c r="E26" s="2">
         <v>45402</v>
       </c>
       <c r="F26" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G26" s="2">
         <v>45402</v>
       </c>
       <c r="H26" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I26" t="s">
         <v>54</v>
       </c>
       <c r="J26" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="27" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="27" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C27" t="s">
         <v>72</v>
       </c>
       <c r="D27" t="s">
         <v>73</v>
       </c>
       <c r="E27" s="2">
         <v>45433</v>
       </c>
       <c r="F27" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G27" s="2">
         <v>45433</v>
       </c>
       <c r="H27" s="1">
         <v>0</v>
       </c>
       <c r="I27" t="s">
         <v>74</v>
       </c>
       <c r="J27" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="28" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="28" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C28" t="s">
         <v>75</v>
       </c>
       <c r="D28" t="s">
         <v>76</v>
       </c>
       <c r="E28" s="2">
         <v>45542</v>
       </c>
       <c r="F28" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G28" s="2">
         <v>45542</v>
       </c>
       <c r="H28" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I28" t="s">
         <v>29</v>
       </c>
       <c r="J28" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="29" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="29" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C29" t="s">
         <v>77</v>
       </c>
       <c r="D29" t="s">
         <v>78</v>
       </c>
       <c r="E29" s="2">
         <v>45329</v>
       </c>
       <c r="F29" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G29" s="2">
         <v>45329</v>
       </c>
       <c r="H29" s="1">
         <v>0.875</v>
       </c>
       <c r="I29" t="s">
         <v>79</v>
       </c>
       <c r="J29" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="30" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="30" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C30" t="s">
         <v>80</v>
       </c>
       <c r="D30" t="s">
         <v>81</v>
       </c>
       <c r="E30" s="2">
         <v>45339</v>
       </c>
       <c r="F30" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G30" s="2">
         <v>45339</v>
       </c>
       <c r="H30" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="I30" t="s">
         <v>82</v>
       </c>
       <c r="J30" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="31" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="31" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C31" t="s">
         <v>83</v>
       </c>
       <c r="D31" t="s">
         <v>84</v>
       </c>
       <c r="E31" s="2">
         <v>45359</v>
       </c>
       <c r="F31" s="1">
         <v>0.625</v>
       </c>
       <c r="G31" s="2">
         <v>45360</v>
       </c>
       <c r="H31" s="1">
         <v>0.9375</v>
       </c>
       <c r="I31" t="s">
         <v>79</v>
       </c>
       <c r="J31" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="32" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="32" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C32" t="s">
         <v>85</v>
       </c>
       <c r="D32" t="s">
         <v>86</v>
       </c>
       <c r="E32" s="2">
         <v>45339</v>
       </c>
       <c r="F32" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G32" s="2">
         <v>45340</v>
       </c>
       <c r="H32" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I32" t="s">
         <v>87</v>
       </c>
       <c r="J32" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="33" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="33" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C33" t="s">
         <v>88</v>
       </c>
       <c r="D33" t="s">
         <v>89</v>
       </c>
       <c r="E33" s="2">
         <v>45351</v>
       </c>
       <c r="F33" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G33" s="2">
         <v>45351</v>
       </c>
       <c r="H33" s="1">
         <v>0.9375</v>
       </c>
       <c r="I33" t="s">
         <v>29</v>
       </c>
       <c r="J33" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="34" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="34" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C34" t="s">
         <v>88</v>
       </c>
       <c r="D34" t="s">
         <v>89</v>
       </c>
       <c r="E34" s="2">
         <v>45369</v>
       </c>
       <c r="F34" s="1">
         <v>0.75</v>
       </c>
       <c r="G34" s="2">
         <v>45369</v>
       </c>
       <c r="H34" s="1">
         <v>0.89583333333333337</v>
       </c>
       <c r="I34" t="s">
         <v>22</v>
       </c>
       <c r="J34" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="35" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="35" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C35" t="s">
         <v>90</v>
       </c>
       <c r="D35" t="s">
         <v>91</v>
       </c>
       <c r="E35" s="2">
         <v>45339</v>
       </c>
       <c r="F35" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G35" s="2">
         <v>45339</v>
       </c>
       <c r="H35" s="1">
         <v>0.89583333333333337</v>
       </c>
       <c r="I35" t="s">
         <v>22</v>
       </c>
       <c r="J35" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="36" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="36" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C36" t="s">
         <v>45</v>
       </c>
       <c r="D36" t="s">
         <v>92</v>
       </c>
       <c r="E36" s="2">
         <v>45367</v>
       </c>
       <c r="F36" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G36" s="2">
         <v>45367</v>
       </c>
       <c r="H36" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I36" t="s">
         <v>29</v>
       </c>
       <c r="J36" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="37" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="37" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C37" t="s">
         <v>93</v>
       </c>
       <c r="D37" t="s">
         <v>94</v>
       </c>
       <c r="E37" s="2">
         <v>45381</v>
       </c>
       <c r="F37" s="1">
         <v>0.47916666666666669</v>
       </c>
       <c r="G37" s="2">
         <v>45381</v>
       </c>
       <c r="H37" s="1">
         <v>0.75</v>
       </c>
       <c r="I37" t="s">
         <v>41</v>
       </c>
       <c r="J37" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="38" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="38" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C38" t="s">
         <v>39</v>
       </c>
       <c r="D38" t="s">
         <v>95</v>
       </c>
       <c r="E38" s="2">
         <v>45340</v>
       </c>
       <c r="F38" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G38" s="2">
         <v>45340</v>
       </c>
       <c r="H38" s="1">
         <v>0.625</v>
       </c>
       <c r="I38" t="s">
         <v>41</v>
       </c>
       <c r="J38" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="39" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="39" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C39" t="s">
         <v>97</v>
       </c>
       <c r="D39" t="s">
         <v>98</v>
       </c>
       <c r="E39" s="2">
         <v>45346</v>
       </c>
       <c r="F39" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G39" s="2">
         <v>45346</v>
       </c>
       <c r="H39" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I39" t="s">
         <v>29</v>
       </c>
       <c r="J39" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="40" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="40" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C40" t="s">
         <v>59</v>
       </c>
       <c r="D40" t="s">
         <v>56</v>
       </c>
       <c r="E40" s="2">
         <v>45368</v>
       </c>
       <c r="F40" s="1">
         <v>0.9375</v>
       </c>
       <c r="G40" s="2">
         <v>45368</v>
       </c>
       <c r="H40" s="1">
         <v>0</v>
       </c>
       <c r="I40" t="s">
         <v>99</v>
       </c>
       <c r="J40" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="41" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="41" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C41" t="s">
         <v>100</v>
       </c>
       <c r="D41" t="s">
         <v>101</v>
       </c>
       <c r="E41" s="2">
         <v>45353</v>
       </c>
       <c r="F41" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G41" s="2">
         <v>45353</v>
       </c>
       <c r="H41" s="1">
         <v>0</v>
       </c>
       <c r="I41" t="s">
         <v>87</v>
       </c>
       <c r="J41" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="42" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="42" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C42" t="s">
         <v>103</v>
       </c>
       <c r="D42" t="s">
         <v>104</v>
       </c>
       <c r="E42" s="2">
         <v>45374</v>
       </c>
       <c r="F42" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G42" s="2">
         <v>45374</v>
       </c>
       <c r="H42" s="1">
         <v>0.9375</v>
       </c>
       <c r="I42" t="s">
         <v>22</v>
       </c>
       <c r="J42" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="43" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="43" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C43" t="s">
         <v>75</v>
       </c>
       <c r="D43" t="s">
         <v>105</v>
       </c>
       <c r="E43" s="2">
         <v>45395</v>
       </c>
       <c r="F43" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G43" s="2">
         <v>45395</v>
       </c>
       <c r="H43" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="I43" t="s">
         <v>106</v>
       </c>
       <c r="J43" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="44" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="44" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C44" t="s">
         <v>107</v>
       </c>
       <c r="D44" t="s">
         <v>108</v>
       </c>
       <c r="E44" s="2">
         <v>45374</v>
       </c>
       <c r="F44" s="1">
         <v>0.75</v>
       </c>
       <c r="G44" s="2">
         <v>45345</v>
       </c>
       <c r="H44" s="1">
         <v>0.9375</v>
       </c>
       <c r="I44" t="s">
         <v>109</v>
       </c>
       <c r="J44" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="45" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="45" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C45" t="s">
         <v>49</v>
       </c>
       <c r="D45" t="s">
         <v>110</v>
       </c>
       <c r="E45" s="2">
         <v>45366</v>
       </c>
       <c r="F45" s="1">
         <v>0.8125</v>
       </c>
       <c r="G45" s="2">
         <v>45366</v>
       </c>
       <c r="H45" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I45" t="s">
         <v>29</v>
       </c>
       <c r="J45" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="46" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="46" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C46" t="s">
         <v>111</v>
       </c>
       <c r="D46" t="s">
         <v>112</v>
       </c>
       <c r="E46" s="2">
         <v>45399</v>
       </c>
       <c r="F46" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G46" s="2">
         <v>45402</v>
       </c>
       <c r="H46" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I46" t="s">
         <v>54</v>
       </c>
       <c r="J46" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="47" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="47" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C47" t="s">
         <v>113</v>
       </c>
       <c r="D47" t="s">
         <v>114</v>
       </c>
       <c r="E47" s="2">
         <v>45359</v>
       </c>
       <c r="F47" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G47" s="2">
         <v>45359</v>
       </c>
       <c r="H47" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I47" t="s">
         <v>29</v>
       </c>
       <c r="J47" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="48" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="48" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C48" t="s">
         <v>115</v>
       </c>
       <c r="D48" t="s">
         <v>114</v>
       </c>
       <c r="E48" s="2">
         <v>45375</v>
       </c>
       <c r="F48" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G48" s="2">
         <v>45375</v>
       </c>
       <c r="H48" s="1">
         <v>0.625</v>
       </c>
       <c r="I48" t="s">
         <v>29</v>
       </c>
       <c r="J48" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="49" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="49" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C49" t="s">
         <v>116</v>
       </c>
       <c r="D49" t="s">
         <v>117</v>
       </c>
       <c r="E49" s="2">
         <v>45388</v>
       </c>
       <c r="F49" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G49" s="2">
         <v>45389</v>
       </c>
       <c r="H49" s="1">
         <v>0.20833333333333334</v>
       </c>
       <c r="I49" t="s">
         <v>109</v>
       </c>
       <c r="J49" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="50" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="50" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C50" t="s">
         <v>118</v>
       </c>
       <c r="D50" t="s">
         <v>119</v>
       </c>
       <c r="E50" s="2">
         <v>45367</v>
       </c>
       <c r="F50" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G50" s="2">
         <v>45367</v>
       </c>
       <c r="H50" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I50" t="s">
         <v>120</v>
       </c>
       <c r="J50" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="51" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="51" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C51" t="s">
         <v>121</v>
       </c>
       <c r="D51" t="s">
         <v>122</v>
       </c>
       <c r="E51" s="2">
         <v>45359</v>
       </c>
       <c r="F51" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G51" s="2">
         <v>45361</v>
       </c>
       <c r="H51" s="1">
         <v>0.10416666666666667</v>
       </c>
       <c r="I51" t="s">
         <v>123</v>
       </c>
       <c r="J51" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="52" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="52" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C52" t="s">
         <v>39</v>
       </c>
       <c r="D52" t="s">
         <v>95</v>
       </c>
       <c r="E52" s="2">
         <v>45368</v>
       </c>
       <c r="F52" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G52" s="2">
         <v>45368</v>
       </c>
       <c r="H52" s="1">
         <v>0.625</v>
       </c>
       <c r="I52" t="s">
         <v>41</v>
       </c>
       <c r="J52" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="53" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="53" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C53" t="s">
         <v>124</v>
       </c>
       <c r="D53" t="s">
         <v>125</v>
       </c>
       <c r="E53" s="2">
         <v>45373</v>
       </c>
       <c r="F53" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G53" s="2">
         <v>45373</v>
       </c>
       <c r="H53" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I53" t="s">
         <v>126</v>
       </c>
       <c r="J53" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="54" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="54" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C54" t="s">
         <v>107</v>
       </c>
       <c r="D54" t="s">
         <v>108</v>
       </c>
       <c r="E54" s="2">
         <v>45368</v>
       </c>
       <c r="F54" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G54" s="2">
         <v>45368</v>
       </c>
       <c r="H54" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I54" t="s">
         <v>47</v>
       </c>
       <c r="J54" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="55" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="55" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C55" t="s">
         <v>34</v>
       </c>
       <c r="D55" t="s">
         <v>128</v>
       </c>
       <c r="E55" s="2">
         <v>45374</v>
       </c>
       <c r="F55" s="1">
         <v>0.75</v>
       </c>
       <c r="G55" s="2">
         <v>45374</v>
       </c>
       <c r="H55" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I55" t="s">
         <v>22</v>
       </c>
       <c r="J55" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="56" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="56" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C56" t="s">
         <v>129</v>
       </c>
       <c r="D56" t="s">
         <v>130</v>
       </c>
       <c r="E56" s="2">
         <v>45363</v>
       </c>
       <c r="F56" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G56" s="2">
         <v>45364</v>
       </c>
       <c r="H56" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I56" t="s">
         <v>131</v>
       </c>
       <c r="J56" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="57" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="57" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C57" t="s">
         <v>132</v>
       </c>
       <c r="D57" t="s">
         <v>43</v>
       </c>
       <c r="E57" s="2">
         <v>45443</v>
       </c>
       <c r="F57" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G57" s="2">
         <v>45383</v>
       </c>
       <c r="H57" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I57" t="s">
         <v>44</v>
       </c>
       <c r="J57" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="58" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="58" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C58" t="s">
         <v>133</v>
       </c>
       <c r="D58" t="s">
         <v>134</v>
       </c>
       <c r="E58" s="2">
         <v>45366</v>
       </c>
       <c r="F58" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G58" s="2">
         <v>45367</v>
       </c>
       <c r="H58" s="1">
         <v>0.10416666666666667</v>
       </c>
       <c r="I58" t="s">
         <v>16</v>
       </c>
       <c r="J58" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="59" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="59" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C59" t="s">
         <v>133</v>
       </c>
       <c r="D59" t="s">
         <v>134</v>
       </c>
       <c r="E59" s="2">
         <v>45373</v>
       </c>
       <c r="F59" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G59" s="2">
         <v>45373</v>
       </c>
       <c r="H59" s="1">
         <v>0.10416666666666667</v>
       </c>
       <c r="I59" t="s">
         <v>16</v>
       </c>
       <c r="J59" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="60" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="60" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C60" t="s">
         <v>133</v>
       </c>
       <c r="D60" t="s">
         <v>134</v>
       </c>
       <c r="E60" s="2">
         <v>45380</v>
       </c>
       <c r="F60" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G60" s="2">
         <v>45381</v>
       </c>
       <c r="H60" s="1">
         <v>0.10416666666666667</v>
       </c>
       <c r="I60" t="s">
         <v>16</v>
       </c>
       <c r="J60" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="61" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="61" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C61" t="s">
         <v>118</v>
       </c>
       <c r="D61" t="s">
         <v>136</v>
       </c>
       <c r="E61" s="2">
         <v>45410</v>
       </c>
       <c r="F61" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G61" s="2">
         <v>45410</v>
       </c>
       <c r="H61" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I61" t="s">
         <v>22</v>
       </c>
       <c r="J61" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="62" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="62" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C62" t="s">
         <v>85</v>
       </c>
       <c r="D62" t="s">
         <v>86</v>
       </c>
       <c r="E62" s="2">
         <v>45367</v>
       </c>
       <c r="F62" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G62" s="2">
         <v>45368</v>
       </c>
       <c r="H62" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I62" t="s">
         <v>87</v>
       </c>
       <c r="J62" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="63" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="63" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C63" t="s">
         <v>85</v>
       </c>
       <c r="D63" t="s">
         <v>86</v>
       </c>
       <c r="E63" s="2">
         <v>45395</v>
       </c>
       <c r="F63" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G63" s="2">
         <v>45395</v>
       </c>
       <c r="H63" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I63" t="s">
         <v>22</v>
       </c>
       <c r="J63" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="64" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="64" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C64" t="s">
         <v>137</v>
       </c>
       <c r="D64" t="s">
         <v>138</v>
       </c>
       <c r="E64" s="2">
         <v>45375</v>
       </c>
       <c r="F64" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G64" s="2">
         <v>45375</v>
       </c>
       <c r="H64" s="1">
         <v>0.625</v>
       </c>
       <c r="I64" t="s">
         <v>22</v>
       </c>
       <c r="J64" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="65" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="65" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C65" t="s">
         <v>139</v>
       </c>
       <c r="D65" t="s">
         <v>140</v>
       </c>
       <c r="E65" s="2">
         <v>45375</v>
       </c>
       <c r="F65" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G65" s="2">
         <v>45375</v>
       </c>
       <c r="H65" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I65" t="s">
         <v>22</v>
       </c>
       <c r="J65" t="s">
         <v>141</v>
       </c>
     </row>
-    <row r="66" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="66" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C66" t="s">
         <v>142</v>
       </c>
       <c r="D66" t="s">
         <v>143</v>
       </c>
       <c r="E66" s="2">
         <v>45381</v>
       </c>
       <c r="F66" s="1">
         <v>0.5</v>
       </c>
       <c r="G66" s="2">
         <v>45381</v>
       </c>
       <c r="H66" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I66" t="s">
         <v>29</v>
       </c>
       <c r="J66" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="67" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="67" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C67" t="s">
         <v>144</v>
       </c>
       <c r="D67" t="s">
         <v>145</v>
       </c>
       <c r="E67" s="2">
         <v>45380</v>
       </c>
       <c r="F67" s="1">
         <v>0.29166666666666669</v>
       </c>
       <c r="G67" s="2">
         <v>45380</v>
       </c>
       <c r="H67" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I67" t="s">
         <v>146</v>
       </c>
       <c r="J67" t="s">
         <v>147</v>
       </c>
     </row>
-    <row r="68" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="68" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C68" t="s">
         <v>148</v>
       </c>
       <c r="D68" t="s">
         <v>149</v>
       </c>
       <c r="E68" s="2">
         <v>45373</v>
       </c>
       <c r="F68" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G68" s="2">
         <v>45374</v>
       </c>
       <c r="H68" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I68" t="s">
         <v>22</v>
       </c>
       <c r="J68" t="s">
         <v>150</v>
       </c>
     </row>
-    <row r="69" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="69" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C69" t="s">
         <v>148</v>
       </c>
       <c r="D69" t="s">
         <v>151</v>
       </c>
       <c r="E69" s="2">
         <v>45381</v>
       </c>
       <c r="F69" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G69" s="2">
         <v>45382</v>
       </c>
       <c r="H69" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I69" t="s">
         <v>22</v>
       </c>
       <c r="J69" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="70" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="70" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C70" t="s">
         <v>152</v>
       </c>
       <c r="D70" t="s">
         <v>153</v>
       </c>
       <c r="E70" s="2">
         <v>45367</v>
       </c>
       <c r="F70" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="G70" s="2">
         <v>45368</v>
       </c>
       <c r="H70" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I70" t="s">
         <v>22</v>
       </c>
       <c r="J70" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="71" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="71" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C71" t="s">
         <v>154</v>
       </c>
       <c r="D71" t="s">
         <v>73</v>
       </c>
       <c r="E71" s="2">
         <v>45367</v>
       </c>
       <c r="F71" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G71" s="2">
         <v>45367</v>
       </c>
       <c r="H71" s="1">
         <v>0</v>
       </c>
       <c r="I71" t="s">
         <v>29</v>
       </c>
       <c r="J71" t="s">
         <v>155</v>
       </c>
     </row>
-    <row r="72" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="72" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C72" t="s">
         <v>156</v>
       </c>
       <c r="D72" t="s">
         <v>157</v>
       </c>
       <c r="E72" s="2">
         <v>45492</v>
       </c>
       <c r="F72" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G72" s="2">
         <v>45494</v>
       </c>
       <c r="H72" s="1">
         <v>0</v>
       </c>
       <c r="I72" t="s">
         <v>22</v>
       </c>
       <c r="J72" t="s">
         <v>158</v>
       </c>
     </row>
-    <row r="73" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="73" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C73" t="s">
         <v>159</v>
       </c>
       <c r="D73" t="s">
         <v>160</v>
       </c>
       <c r="E73" s="2">
         <v>45369</v>
       </c>
       <c r="F73" s="1">
         <v>0.73958333333333337</v>
       </c>
       <c r="G73" s="2">
         <v>45369</v>
       </c>
       <c r="H73" s="1">
         <v>0.86458333333333337</v>
       </c>
       <c r="I73" t="s">
         <v>79</v>
       </c>
       <c r="J73" t="s">
         <v>155</v>
       </c>
     </row>
-    <row r="74" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="74" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C74" t="s">
         <v>161</v>
       </c>
       <c r="D74" t="s">
         <v>162</v>
       </c>
       <c r="E74" s="2">
         <v>45372</v>
       </c>
       <c r="F74" s="1">
         <v>0.65625</v>
       </c>
       <c r="G74" s="2">
         <v>45372</v>
       </c>
       <c r="H74" s="6">
         <v>0.8125</v>
       </c>
       <c r="I74" t="s">
         <v>29</v>
       </c>
       <c r="J74" t="s">
         <v>155</v>
       </c>
     </row>
-    <row r="75" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="75" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C75" t="s">
         <v>129</v>
       </c>
       <c r="D75" t="s">
         <v>130</v>
       </c>
       <c r="E75" s="2">
         <v>45372</v>
       </c>
       <c r="F75" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G75" s="2">
         <v>45376</v>
       </c>
       <c r="H75" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I75" t="s">
         <v>123</v>
       </c>
       <c r="J75" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="76" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="76" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C76" t="s">
         <v>163</v>
       </c>
       <c r="D76" t="s">
         <v>164</v>
       </c>
       <c r="E76" s="2">
         <v>45374</v>
       </c>
       <c r="F76" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G76" s="2">
         <v>45374</v>
       </c>
       <c r="H76" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I76" t="s">
         <v>109</v>
       </c>
       <c r="J76" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="77" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="77" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C77" t="s">
         <v>165</v>
       </c>
       <c r="D77" t="s">
         <v>166</v>
       </c>
       <c r="E77" s="2">
         <v>45387</v>
       </c>
       <c r="F77" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G77" s="2">
         <v>45388</v>
       </c>
       <c r="H77" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I77" t="s">
         <v>79</v>
       </c>
       <c r="J77" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="78" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="78" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C78" t="s">
         <v>167</v>
       </c>
       <c r="D78" t="s">
         <v>168</v>
       </c>
       <c r="E78" s="2">
         <v>45387</v>
       </c>
       <c r="F78" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G78" s="2">
         <v>45387</v>
       </c>
       <c r="H78" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I78" t="s">
         <v>169</v>
       </c>
       <c r="J78" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="79" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="79" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C79" t="s">
         <v>170</v>
       </c>
       <c r="D79" t="s">
         <v>171</v>
       </c>
       <c r="E79" s="2">
         <v>45382</v>
       </c>
       <c r="F79" s="1">
         <v>0.75</v>
       </c>
       <c r="G79" s="2">
         <v>45383</v>
       </c>
       <c r="H79" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I79" t="s">
         <v>172</v>
       </c>
       <c r="J79" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="80" spans="3:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="80" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C80" t="s">
         <v>100</v>
       </c>
       <c r="D80" t="s">
         <v>15</v>
       </c>
       <c r="E80" s="2">
         <v>45388</v>
       </c>
       <c r="F80" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G80" s="2">
         <v>45389</v>
       </c>
       <c r="H80" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I80" t="s">
         <v>173</v>
       </c>
       <c r="J80" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="81" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="81" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C81" t="s">
         <v>174</v>
       </c>
       <c r="D81" t="s">
         <v>175</v>
       </c>
       <c r="E81" s="2">
         <v>45389</v>
       </c>
       <c r="F81" s="1">
         <v>0.33333333333333331</v>
       </c>
       <c r="G81" s="2">
         <v>45389</v>
       </c>
       <c r="H81" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I81" t="s">
         <v>29</v>
       </c>
       <c r="J81" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="82" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="82" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C82" t="s">
         <v>176</v>
       </c>
       <c r="D82" t="s">
         <v>177</v>
       </c>
       <c r="E82" s="2">
         <v>45479</v>
       </c>
       <c r="F82" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G82" s="2">
         <v>45479</v>
       </c>
       <c r="H82" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I82" t="s">
         <v>178</v>
       </c>
       <c r="J82" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="83" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="83" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C83" t="s">
         <v>179</v>
       </c>
       <c r="D83" t="s">
         <v>180</v>
       </c>
       <c r="E83" s="2">
         <v>45389</v>
       </c>
       <c r="F83" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G83" s="2">
         <v>45389</v>
       </c>
       <c r="H83" s="1">
         <v>0.54166666666666663</v>
       </c>
       <c r="I83" t="s">
         <v>109</v>
       </c>
       <c r="J83" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="84" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="84" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C84" s="4" t="s">
         <v>181</v>
       </c>
       <c r="D84" t="s">
         <v>182</v>
       </c>
       <c r="E84" s="2">
         <v>45395</v>
       </c>
       <c r="F84" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G84" s="2">
         <v>45395</v>
       </c>
       <c r="H84" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I84" t="s">
         <v>169</v>
       </c>
       <c r="J84" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="85" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="85" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C85" s="4" t="s">
         <v>181</v>
       </c>
       <c r="D85" t="s">
         <v>182</v>
       </c>
       <c r="E85" s="2">
         <v>45402</v>
       </c>
       <c r="F85" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G85" s="2">
         <v>45402</v>
       </c>
       <c r="H85" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I85" t="s">
         <v>169</v>
       </c>
       <c r="J85" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="86" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="86" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C86" s="4" t="s">
         <v>181</v>
       </c>
       <c r="D86" t="s">
         <v>182</v>
       </c>
       <c r="E86" s="2">
         <v>45437</v>
       </c>
       <c r="F86" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G86" s="2">
         <v>45437</v>
       </c>
       <c r="H86" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I86" t="s">
         <v>169</v>
       </c>
       <c r="J86" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="87" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="87" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C87" s="4" t="s">
         <v>181</v>
       </c>
       <c r="D87" t="s">
         <v>182</v>
       </c>
       <c r="E87" s="2">
         <v>45493</v>
       </c>
       <c r="F87" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G87" s="2">
         <v>45493</v>
       </c>
       <c r="H87" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I87" t="s">
         <v>169</v>
       </c>
       <c r="J87" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="88" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="88" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C88" t="s">
         <v>85</v>
       </c>
       <c r="D88" t="s">
         <v>183</v>
       </c>
       <c r="E88" s="2">
         <v>45388</v>
       </c>
       <c r="F88" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G88" s="2">
         <v>45389</v>
       </c>
       <c r="H88" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I88" t="s">
         <v>184</v>
       </c>
       <c r="J88" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="89" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="89" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C89" t="s">
         <v>185</v>
       </c>
       <c r="D89" t="s">
         <v>186</v>
       </c>
       <c r="E89" s="2">
         <v>45388</v>
       </c>
       <c r="F89" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G89" s="2">
         <v>45388</v>
       </c>
       <c r="H89" s="1">
         <v>0.625</v>
       </c>
       <c r="I89" t="s">
         <v>187</v>
       </c>
       <c r="J89" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="90" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="90" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C90" t="s">
         <v>188</v>
       </c>
       <c r="D90" s="20" t="s">
         <v>189</v>
       </c>
       <c r="E90" s="2">
         <v>45402</v>
       </c>
       <c r="F90" s="1">
         <v>0.625</v>
       </c>
       <c r="G90" s="2">
         <v>45403</v>
       </c>
       <c r="H90" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I90" t="s">
         <v>190</v>
       </c>
       <c r="J90" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="91" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="91" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C91" t="s">
         <v>191</v>
       </c>
       <c r="D91" t="s">
         <v>192</v>
       </c>
       <c r="E91" s="2">
         <v>45409</v>
       </c>
       <c r="F91" s="1">
         <v>0.625</v>
       </c>
       <c r="G91" s="2">
         <v>45409</v>
       </c>
       <c r="H91" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I91" t="s">
         <v>79</v>
       </c>
       <c r="J91" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="92" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="92" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C92" t="s">
         <v>191</v>
       </c>
       <c r="D92" t="s">
         <v>192</v>
       </c>
       <c r="E92" s="2">
         <v>45472</v>
       </c>
       <c r="F92" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G92" s="2">
         <v>45472</v>
       </c>
       <c r="H92" s="1">
         <v>0.75</v>
       </c>
       <c r="I92" t="s">
         <v>79</v>
       </c>
       <c r="J92" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="93" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="93" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A93" s="8">
         <v>45385</v>
       </c>
       <c r="B93" t="s">
         <v>193</v>
       </c>
       <c r="C93" t="s">
         <v>194</v>
       </c>
       <c r="D93" t="s">
         <v>195</v>
       </c>
       <c r="E93" s="2">
         <v>45394</v>
       </c>
       <c r="F93" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G93" s="2">
         <v>45395</v>
       </c>
       <c r="H93" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I93" t="s">
         <v>187</v>
       </c>
       <c r="J93" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="94" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="94" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A94" s="8">
         <v>45385</v>
       </c>
       <c r="B94" t="s">
         <v>196</v>
       </c>
       <c r="C94" t="s">
         <v>197</v>
       </c>
       <c r="D94" t="s">
         <v>195</v>
       </c>
       <c r="E94" s="2">
         <v>45400</v>
       </c>
       <c r="F94" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G94" s="2">
         <v>45402</v>
       </c>
       <c r="H94" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I94" t="s">
         <v>187</v>
       </c>
       <c r="J94" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="95" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="95" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A95" s="8">
         <v>45385</v>
       </c>
       <c r="B95" t="s">
         <v>196</v>
       </c>
       <c r="C95" t="s">
         <v>197</v>
       </c>
       <c r="D95" t="s">
         <v>195</v>
       </c>
       <c r="E95" s="2">
         <v>45408</v>
       </c>
       <c r="F95" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G95" s="2">
         <v>45409</v>
       </c>
       <c r="H95" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I95" t="s">
         <v>187</v>
       </c>
       <c r="J95" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="96" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="96" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A96" s="8">
         <v>45386</v>
       </c>
       <c r="B96" t="s">
         <v>196</v>
       </c>
       <c r="C96" t="s">
         <v>42</v>
       </c>
       <c r="D96" t="s">
         <v>198</v>
       </c>
       <c r="E96" s="2">
         <v>45395</v>
       </c>
       <c r="F96" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G96" s="2">
         <v>45396</v>
       </c>
       <c r="H96" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I96" t="s">
         <v>199</v>
       </c>
       <c r="J96" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="97" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="97" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A97" s="8">
         <v>45386</v>
       </c>
       <c r="B97" t="s">
         <v>196</v>
       </c>
       <c r="C97" t="s">
         <v>139</v>
       </c>
       <c r="D97" t="s">
         <v>200</v>
       </c>
       <c r="E97" s="2">
         <v>45403</v>
       </c>
       <c r="F97" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G97" s="2">
         <v>45403</v>
       </c>
       <c r="H97" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I97" t="s">
         <v>120</v>
       </c>
       <c r="J97" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="98" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="98" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A98" s="8">
         <v>45390</v>
       </c>
       <c r="B98" t="s">
         <v>196</v>
       </c>
       <c r="C98" t="s">
         <v>201</v>
       </c>
       <c r="D98" t="s">
         <v>202</v>
       </c>
       <c r="E98" s="2">
         <v>45438</v>
       </c>
       <c r="F98" s="1">
         <v>0.5</v>
       </c>
       <c r="G98" s="2">
         <v>45438</v>
       </c>
       <c r="H98" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I98" t="s">
         <v>54</v>
       </c>
       <c r="J98" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="99" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="99" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A99" s="8">
         <v>45390</v>
       </c>
       <c r="B99" t="s">
         <v>193</v>
       </c>
       <c r="C99" t="s">
         <v>203</v>
       </c>
       <c r="D99" t="s">
         <v>204</v>
       </c>
       <c r="E99" s="2">
         <v>45403</v>
       </c>
       <c r="F99" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G99" s="2">
         <v>45403</v>
       </c>
       <c r="H99" s="1">
         <v>0.625</v>
       </c>
       <c r="I99" t="s">
         <v>205</v>
       </c>
       <c r="J99" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="100" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="100" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A100" s="8">
         <v>45391</v>
       </c>
       <c r="B100" t="s">
         <v>193</v>
       </c>
       <c r="C100" t="s">
         <v>39</v>
       </c>
       <c r="D100" t="s">
         <v>206</v>
       </c>
       <c r="E100" s="2">
         <v>45403</v>
       </c>
       <c r="F100" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G100" s="2">
         <v>45403</v>
       </c>
       <c r="H100" s="1">
         <v>0.625</v>
       </c>
       <c r="I100" t="s">
         <v>187</v>
       </c>
       <c r="J100" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="101" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="101" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A101" s="8">
         <v>45392</v>
       </c>
       <c r="B101" t="s">
         <v>196</v>
       </c>
       <c r="C101" t="s">
         <v>207</v>
       </c>
       <c r="D101" t="s">
         <v>98</v>
       </c>
       <c r="E101" s="2">
         <v>45421</v>
       </c>
       <c r="F101" s="1">
         <v>0.78125</v>
       </c>
       <c r="G101" s="2">
         <v>45423</v>
       </c>
       <c r="H101" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I101" t="s">
         <v>29</v>
       </c>
       <c r="J101" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="102" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="102" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A102" s="8">
         <v>45391</v>
       </c>
       <c r="B102" t="s">
         <v>196</v>
       </c>
       <c r="C102" t="s">
         <v>208</v>
       </c>
       <c r="D102" t="s">
         <v>15</v>
       </c>
       <c r="E102" s="2">
         <v>45409</v>
       </c>
       <c r="F102" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G102" s="2">
         <v>45410</v>
       </c>
       <c r="H102" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I102" t="s">
         <v>209</v>
       </c>
       <c r="J102" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="103" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="103" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A103" s="8">
         <v>45394</v>
       </c>
       <c r="B103" t="s">
         <v>196</v>
       </c>
       <c r="C103" t="s">
         <v>210</v>
       </c>
       <c r="D103" t="s">
         <v>195</v>
       </c>
       <c r="E103" s="2">
         <v>45415</v>
       </c>
       <c r="F103" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G103" s="2">
         <v>45417</v>
       </c>
       <c r="H103" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I103" t="s">
         <v>187</v>
       </c>
       <c r="J103" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="104" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="104" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A104" s="8">
         <v>45394</v>
       </c>
       <c r="B104" t="s">
         <v>211</v>
       </c>
       <c r="C104" t="s">
         <v>212</v>
       </c>
       <c r="D104" t="s">
         <v>213</v>
       </c>
       <c r="E104" s="2">
         <v>45500</v>
       </c>
       <c r="F104" s="1">
         <v>0.29166666666666669</v>
       </c>
       <c r="G104" s="2">
         <v>45500</v>
       </c>
       <c r="H104" s="1">
         <v>0.75</v>
       </c>
       <c r="I104" t="s">
         <v>109</v>
       </c>
       <c r="J104" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="105" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="105" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A105" s="8">
         <v>45396</v>
       </c>
       <c r="B105" t="s">
         <v>196</v>
       </c>
       <c r="C105" t="s">
         <v>214</v>
       </c>
       <c r="D105" t="s">
         <v>215</v>
       </c>
       <c r="E105" s="2">
         <v>45415</v>
       </c>
       <c r="F105" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G105" s="2">
         <v>45415</v>
       </c>
       <c r="H105" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I105" t="s">
         <v>216</v>
       </c>
       <c r="J105" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="106" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="106" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A106" s="8">
         <v>45396</v>
       </c>
       <c r="B106" t="s">
         <v>193</v>
       </c>
       <c r="C106" t="s">
         <v>161</v>
       </c>
       <c r="D106" t="s">
         <v>217</v>
       </c>
       <c r="E106" s="2">
         <v>45407</v>
       </c>
       <c r="F106" s="1">
         <v>0.64583333333333337</v>
       </c>
       <c r="G106" s="2">
         <v>45407</v>
       </c>
       <c r="H106" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I106" t="s">
         <v>29</v>
       </c>
       <c r="J106" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="107" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="107" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A107" s="8">
         <v>45397</v>
       </c>
       <c r="B107" t="s">
         <v>193</v>
       </c>
       <c r="C107" t="s">
         <v>218</v>
       </c>
       <c r="D107" t="s">
         <v>219</v>
       </c>
       <c r="E107" s="2">
         <v>45409</v>
       </c>
       <c r="F107" s="1">
         <v>0</v>
       </c>
       <c r="G107" s="2">
         <v>45410</v>
       </c>
       <c r="H107" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I107" t="s">
         <v>54</v>
       </c>
       <c r="J107" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="108" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="108" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A108" s="8">
         <v>45400</v>
       </c>
       <c r="B108" t="s">
         <v>196</v>
       </c>
       <c r="C108" t="s">
         <v>220</v>
       </c>
       <c r="D108" t="s">
         <v>221</v>
       </c>
       <c r="E108" s="2">
         <v>45409</v>
       </c>
       <c r="F108" s="1">
         <v>0.625</v>
       </c>
       <c r="G108" s="2">
         <v>45409</v>
       </c>
       <c r="H108" s="1">
         <v>0.98958333333333337</v>
       </c>
       <c r="I108" t="s">
         <v>54</v>
       </c>
       <c r="J108" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="109" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="109" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A109" s="8">
         <v>45398</v>
       </c>
       <c r="B109" t="s">
         <v>193</v>
       </c>
       <c r="C109" t="s">
         <v>222</v>
       </c>
       <c r="D109" t="s">
         <v>18</v>
       </c>
       <c r="E109" s="2">
         <v>45409</v>
       </c>
       <c r="F109" s="1">
         <v>0.5</v>
       </c>
       <c r="G109" s="2">
         <v>45410</v>
       </c>
       <c r="H109" s="1">
         <v>0.125</v>
       </c>
       <c r="I109" t="s">
         <v>223</v>
       </c>
       <c r="J109" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="110" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="110" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A110" s="8">
         <v>45400</v>
       </c>
       <c r="B110" t="s">
         <v>224</v>
       </c>
       <c r="C110" t="s">
         <v>225</v>
       </c>
       <c r="D110" t="s">
         <v>226</v>
       </c>
       <c r="E110" s="2">
         <v>45408</v>
       </c>
       <c r="F110" s="1">
         <v>0.5</v>
       </c>
       <c r="G110" s="2">
         <v>45414</v>
       </c>
       <c r="H110" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I110" t="s">
         <v>227</v>
       </c>
       <c r="J110" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="111" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="111" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A111" s="8">
         <v>45400</v>
       </c>
       <c r="B111" t="s">
         <v>196</v>
       </c>
       <c r="C111" t="s">
         <v>228</v>
       </c>
       <c r="D111" t="s">
         <v>229</v>
       </c>
       <c r="E111" s="2">
         <v>45444</v>
       </c>
       <c r="F111" s="1">
         <v>0.5</v>
       </c>
       <c r="G111" s="2">
         <v>45444</v>
       </c>
       <c r="H111" s="1">
         <v>0.75</v>
       </c>
       <c r="I111" t="s">
         <v>29</v>
       </c>
       <c r="J111" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="112" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="112" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A112" s="8">
         <v>45401</v>
       </c>
       <c r="B112" t="s">
         <v>196</v>
       </c>
       <c r="C112" t="s">
         <v>230</v>
       </c>
       <c r="D112" t="s">
         <v>231</v>
       </c>
       <c r="E112" s="2">
         <v>45479</v>
       </c>
       <c r="F112" s="1">
         <v>0.5</v>
       </c>
       <c r="G112" s="2">
         <v>45480</v>
       </c>
       <c r="H112" s="1">
         <v>0.75</v>
       </c>
       <c r="I112" t="s">
         <v>232</v>
       </c>
       <c r="J112" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="113" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="113" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A113" s="8">
         <v>45404</v>
       </c>
       <c r="B113" t="s">
         <v>196</v>
       </c>
       <c r="C113" t="s">
         <v>225</v>
       </c>
       <c r="D113" t="s">
         <v>233</v>
       </c>
       <c r="E113" s="2">
         <v>45416</v>
       </c>
       <c r="F113" s="1">
         <v>0.5</v>
       </c>
       <c r="G113" s="2">
         <v>45422</v>
       </c>
       <c r="H113" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I113" t="s">
         <v>29</v>
       </c>
       <c r="J113" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="114" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="114" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A114" s="8">
         <v>45404</v>
       </c>
       <c r="B114" t="s">
         <v>196</v>
       </c>
       <c r="C114" t="s">
         <v>225</v>
       </c>
       <c r="D114" t="s">
         <v>234</v>
       </c>
       <c r="E114" s="2">
         <v>45424</v>
       </c>
       <c r="F114" s="1">
         <v>0.5</v>
       </c>
       <c r="G114" s="2">
         <v>45430</v>
       </c>
       <c r="H114" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I114" t="s">
         <v>29</v>
       </c>
       <c r="J114" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="115" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="115" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A115" s="8">
         <v>45405</v>
       </c>
       <c r="B115" t="s">
         <v>235</v>
       </c>
       <c r="C115" t="s">
         <v>236</v>
       </c>
       <c r="D115" t="s">
         <v>237</v>
       </c>
       <c r="E115" s="2">
         <v>45423</v>
       </c>
       <c r="F115" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G115" s="2">
         <v>45423</v>
       </c>
       <c r="H115" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I115" t="s">
         <v>216</v>
       </c>
       <c r="J115" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="116" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="116" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A116" s="8">
         <v>45411</v>
       </c>
       <c r="B116" t="s">
         <v>211</v>
       </c>
       <c r="C116" t="s">
         <v>238</v>
       </c>
       <c r="D116" t="s">
         <v>239</v>
       </c>
       <c r="E116" s="2">
         <v>45429</v>
       </c>
       <c r="F116" s="1">
         <v>0.64583333333333337</v>
       </c>
       <c r="G116" s="2">
         <v>45429</v>
       </c>
       <c r="H116" s="1">
         <v>0.75</v>
       </c>
       <c r="I116" t="s">
         <v>216</v>
       </c>
       <c r="J116" t="s">
         <v>240</v>
       </c>
     </row>
-    <row r="117" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="117" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A117" s="8">
         <v>45408</v>
       </c>
       <c r="B117" t="s">
         <v>235</v>
       </c>
       <c r="C117" t="s">
         <v>85</v>
       </c>
       <c r="D117" t="s">
         <v>241</v>
       </c>
       <c r="E117" s="2">
         <v>45423</v>
       </c>
       <c r="F117" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G117" s="2">
         <v>45424</v>
       </c>
       <c r="H117" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I117" t="s">
         <v>242</v>
       </c>
       <c r="J117" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="118" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="118" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A118" s="8">
         <v>45412</v>
       </c>
       <c r="B118" t="s">
         <v>196</v>
       </c>
       <c r="C118" t="s">
         <v>243</v>
       </c>
       <c r="D118" t="s">
         <v>244</v>
       </c>
       <c r="E118" s="2">
         <v>45431</v>
       </c>
       <c r="F118" s="1">
         <v>0.75</v>
       </c>
       <c r="G118" s="2">
         <v>45431</v>
       </c>
       <c r="H118" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I118" t="s">
         <v>245</v>
       </c>
       <c r="J118" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="119" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="119" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A119" s="8">
         <v>45412</v>
       </c>
       <c r="B119" t="s">
         <v>196</v>
       </c>
       <c r="C119" t="s">
         <v>246</v>
       </c>
       <c r="D119" t="s">
         <v>247</v>
       </c>
       <c r="E119" s="2">
         <v>45441</v>
       </c>
       <c r="F119" s="1">
         <v>11.5</v>
       </c>
       <c r="G119" s="2">
         <v>45441</v>
       </c>
       <c r="H119" s="1">
         <v>0.625</v>
       </c>
       <c r="I119" t="s">
         <v>109</v>
       </c>
       <c r="J119" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="120" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="120" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A120" s="8">
         <v>45413</v>
       </c>
       <c r="B120" t="s">
         <v>193</v>
       </c>
       <c r="C120" t="s">
         <v>248</v>
       </c>
       <c r="D120" t="s">
         <v>249</v>
       </c>
       <c r="E120" s="2">
         <v>45422</v>
       </c>
       <c r="F120" s="1">
         <v>0.75</v>
       </c>
       <c r="G120" s="2">
         <v>45422</v>
       </c>
       <c r="H120" s="1">
         <v>0</v>
       </c>
       <c r="I120" t="s">
         <v>250</v>
       </c>
       <c r="J120" s="7" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="121" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="121" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A121" s="8">
         <v>45413</v>
       </c>
       <c r="B121" t="s">
         <v>196</v>
       </c>
       <c r="C121" t="s">
         <v>115</v>
       </c>
       <c r="D121" t="s">
         <v>252</v>
       </c>
       <c r="E121" s="2">
         <v>45438</v>
       </c>
       <c r="F121" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G121" s="2">
         <v>45438</v>
       </c>
       <c r="H121" s="1">
         <v>0.75</v>
       </c>
       <c r="I121" t="s">
         <v>216</v>
       </c>
       <c r="J121" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="122" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="122" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A122" s="8">
         <v>45414</v>
       </c>
       <c r="B122" t="s">
         <v>196</v>
       </c>
       <c r="C122" t="s">
         <v>253</v>
       </c>
       <c r="D122" t="s">
         <v>254</v>
       </c>
       <c r="E122" s="2">
         <v>45457</v>
       </c>
       <c r="F122" s="1">
         <v>0.375</v>
       </c>
       <c r="G122" s="2">
         <v>45459</v>
       </c>
       <c r="H122" s="1">
         <v>0.89583333333333337</v>
       </c>
       <c r="I122" t="s">
         <v>205</v>
       </c>
       <c r="J122" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="123" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="123" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A123" s="8">
         <v>45414</v>
       </c>
       <c r="B123" t="s">
         <v>196</v>
       </c>
       <c r="C123" t="s">
         <v>255</v>
       </c>
       <c r="D123" t="s">
         <v>256</v>
       </c>
       <c r="E123" s="2">
         <v>45493</v>
       </c>
       <c r="F123" s="1">
         <v>0.5</v>
       </c>
       <c r="G123" s="2">
         <v>45493</v>
       </c>
       <c r="H123" s="1">
         <v>0.625</v>
       </c>
       <c r="I123" t="s">
         <v>257</v>
       </c>
       <c r="J123" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="124" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="124" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A124" s="8">
         <v>45407</v>
       </c>
       <c r="B124" t="s">
         <v>193</v>
       </c>
       <c r="C124" t="s">
         <v>258</v>
       </c>
       <c r="D124" t="s">
         <v>259</v>
       </c>
       <c r="E124" s="2">
         <v>45416</v>
       </c>
       <c r="F124" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G124" s="2">
         <v>45416</v>
       </c>
       <c r="H124" s="1">
         <v>0.625</v>
       </c>
       <c r="I124" t="s">
         <v>227</v>
       </c>
       <c r="J124" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="125" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="125" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A125" s="8">
         <v>45415</v>
       </c>
       <c r="B125" t="s">
         <v>193</v>
       </c>
       <c r="C125" t="s">
         <v>260</v>
       </c>
       <c r="D125" t="s">
         <v>261</v>
       </c>
       <c r="E125" s="2">
         <v>45423</v>
       </c>
       <c r="F125" s="1">
         <v>0.75</v>
       </c>
       <c r="G125" s="2">
         <v>45423</v>
       </c>
       <c r="H125" s="1">
         <v>0</v>
       </c>
       <c r="I125" t="s">
         <v>223</v>
       </c>
       <c r="J125" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="126" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="126" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A126" s="8">
         <v>45420</v>
       </c>
       <c r="B126" t="s">
         <v>196</v>
       </c>
       <c r="C126" t="s">
         <v>262</v>
       </c>
       <c r="D126" t="s">
         <v>263</v>
       </c>
       <c r="E126" s="2">
         <v>45457</v>
       </c>
       <c r="F126" s="1">
         <v>0.875</v>
       </c>
       <c r="G126" s="2">
         <v>45457</v>
       </c>
       <c r="H126" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I126" t="s">
         <v>264</v>
       </c>
       <c r="J126" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="127" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="127" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A127" s="8">
         <v>45419</v>
       </c>
       <c r="B127" t="s">
         <v>193</v>
       </c>
       <c r="C127" t="s">
         <v>265</v>
       </c>
       <c r="D127" t="s">
         <v>266</v>
       </c>
       <c r="E127" s="2">
         <v>45430</v>
       </c>
       <c r="F127" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G127" s="2">
         <v>45430</v>
       </c>
       <c r="H127" s="1">
         <v>0.9375</v>
       </c>
       <c r="I127" t="s">
         <v>267</v>
       </c>
       <c r="J127" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="128" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="128" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A128" s="8">
         <v>45415</v>
       </c>
       <c r="B128" t="s">
         <v>235</v>
       </c>
       <c r="C128" t="s">
         <v>268</v>
       </c>
       <c r="D128" t="s">
         <v>269</v>
       </c>
       <c r="E128" s="2">
         <v>45493</v>
       </c>
       <c r="F128" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G128" s="2">
         <v>45493</v>
       </c>
       <c r="H128" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I128" t="s">
         <v>54</v>
       </c>
       <c r="J128" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="129" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="129" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A129" s="8">
         <v>45420</v>
       </c>
       <c r="B129" t="s">
         <v>193</v>
       </c>
       <c r="C129" t="s">
         <v>39</v>
       </c>
       <c r="D129" t="s">
         <v>270</v>
       </c>
       <c r="E129" s="2">
         <v>45431</v>
       </c>
       <c r="F129" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G129" s="2">
         <v>45431</v>
       </c>
       <c r="H129" s="1">
         <v>0.625</v>
       </c>
       <c r="I129" t="s">
         <v>187</v>
       </c>
       <c r="J129" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="130" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="130" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A130" s="8">
         <v>45422</v>
       </c>
       <c r="B130" t="s">
         <v>235</v>
       </c>
       <c r="C130" t="s">
         <v>271</v>
       </c>
       <c r="D130" t="s">
         <v>269</v>
       </c>
       <c r="E130" s="2">
         <v>45472</v>
       </c>
       <c r="F130" s="1">
         <v>0.625</v>
       </c>
       <c r="G130" s="2">
         <v>45473</v>
       </c>
       <c r="H130" s="1">
         <v>0.89583333333333337</v>
       </c>
       <c r="I130" t="s">
         <v>54</v>
       </c>
       <c r="J130" s="7" t="s">
         <v>272</v>
       </c>
     </row>
-    <row r="131" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="131" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A131" s="8">
         <v>45422</v>
       </c>
       <c r="B131" t="s">
         <v>196</v>
       </c>
       <c r="C131" t="s">
         <v>273</v>
       </c>
       <c r="D131" t="s">
         <v>274</v>
       </c>
       <c r="E131" s="2">
         <v>45463</v>
       </c>
       <c r="F131" s="1">
         <v>0.52083333333333337</v>
       </c>
       <c r="G131" s="2">
         <v>45463</v>
       </c>
       <c r="H131" s="1">
         <v>0.6875</v>
       </c>
       <c r="I131" t="s">
         <v>275</v>
       </c>
       <c r="J131" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="132" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="132" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A132" s="8">
         <v>45425</v>
       </c>
       <c r="B132" t="s">
         <v>196</v>
       </c>
       <c r="C132" t="s">
         <v>276</v>
       </c>
       <c r="D132" t="s">
         <v>277</v>
       </c>
       <c r="E132" s="2">
         <v>45458</v>
       </c>
       <c r="F132" s="1">
         <v>0.4375</v>
       </c>
       <c r="G132" s="2">
         <v>45458</v>
       </c>
       <c r="H132" s="1">
         <v>0.64583333333333337</v>
       </c>
       <c r="I132" t="s">
         <v>29</v>
       </c>
       <c r="J132" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="133" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="133" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A133" s="8">
         <v>45425</v>
       </c>
       <c r="B133" t="s">
         <v>196</v>
       </c>
       <c r="C133" t="s">
         <v>113</v>
       </c>
       <c r="D133" t="s">
         <v>215</v>
       </c>
       <c r="E133" s="2">
         <v>45450</v>
       </c>
       <c r="F133" s="1">
         <v>0.75</v>
       </c>
       <c r="G133" s="2">
         <v>45450</v>
       </c>
       <c r="H133" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="I133" t="s">
         <v>29</v>
       </c>
       <c r="J133" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="134" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="134" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A134" s="8">
         <v>45425</v>
       </c>
       <c r="B134" t="s">
         <v>196</v>
       </c>
       <c r="C134" t="s">
         <v>113</v>
       </c>
       <c r="D134" t="s">
         <v>215</v>
       </c>
       <c r="E134" s="2">
         <v>45465</v>
       </c>
       <c r="F134" s="1">
         <v>0.72916666666666663</v>
       </c>
       <c r="G134" s="2">
         <v>45465</v>
       </c>
       <c r="H134" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="I134" t="s">
         <v>29</v>
       </c>
       <c r="J134" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="135" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="135" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A135" s="8">
         <v>45426</v>
       </c>
       <c r="B135" t="s">
         <v>196</v>
       </c>
       <c r="C135" t="s">
         <v>278</v>
       </c>
       <c r="D135" t="s">
         <v>279</v>
       </c>
       <c r="E135" s="2">
         <v>45514</v>
       </c>
       <c r="F135" s="1">
         <v>0.54166666666666663</v>
       </c>
       <c r="G135" s="2">
         <v>45514</v>
       </c>
       <c r="H135" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I135" t="s">
         <v>22</v>
       </c>
       <c r="J135" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="136" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="136" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A136" s="8">
         <v>45427</v>
       </c>
       <c r="B136" t="s">
         <v>193</v>
       </c>
       <c r="C136" t="s">
         <v>280</v>
       </c>
       <c r="D136" t="s">
         <v>281</v>
       </c>
       <c r="E136" s="2">
         <v>45436</v>
       </c>
       <c r="F136" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G136" s="2">
         <v>45437</v>
       </c>
       <c r="H136" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I136" t="s">
         <v>22</v>
       </c>
       <c r="J136" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="137" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="137" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A137" s="8">
         <v>45428</v>
       </c>
       <c r="B137" t="s">
         <v>235</v>
       </c>
       <c r="C137" t="s">
         <v>282</v>
       </c>
       <c r="D137" t="s">
         <v>283</v>
       </c>
       <c r="E137" s="2">
         <v>45444</v>
       </c>
       <c r="F137" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G137" s="2">
         <v>45444</v>
       </c>
       <c r="H137" s="1">
         <v>0.625</v>
       </c>
       <c r="I137" t="s">
         <v>284</v>
       </c>
       <c r="J137" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="138" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="138" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A138" s="8">
         <v>45426</v>
       </c>
       <c r="B138" t="s">
         <v>196</v>
       </c>
       <c r="C138" t="s">
         <v>285</v>
       </c>
       <c r="D138" t="s">
         <v>261</v>
       </c>
       <c r="E138" s="2">
         <v>45437</v>
       </c>
       <c r="F138" s="1">
         <v>0.625</v>
       </c>
       <c r="G138" s="2">
         <v>45437</v>
       </c>
       <c r="H138" s="1">
         <v>0</v>
       </c>
       <c r="I138" t="s">
         <v>71</v>
       </c>
       <c r="J138" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="139" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="139" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A139" s="8">
         <v>45429</v>
       </c>
       <c r="B139" t="s">
         <v>196</v>
       </c>
       <c r="C139" t="s">
         <v>286</v>
       </c>
       <c r="D139" t="s">
         <v>287</v>
       </c>
       <c r="E139" s="2">
         <v>45465</v>
       </c>
       <c r="F139" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G139" s="2">
         <v>45465</v>
       </c>
       <c r="H139" s="1">
         <v>0.625</v>
       </c>
       <c r="I139" t="s">
         <v>288</v>
       </c>
       <c r="J139" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="140" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="140" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A140" s="8">
         <v>45430</v>
       </c>
       <c r="B140" t="s">
         <v>196</v>
       </c>
       <c r="C140" t="s">
         <v>289</v>
       </c>
       <c r="D140" t="s">
         <v>290</v>
       </c>
       <c r="E140" s="2">
         <v>45497</v>
       </c>
       <c r="F140" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G140" s="2">
         <v>45497</v>
       </c>
       <c r="H140" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I140" t="s">
         <v>71</v>
       </c>
       <c r="J140" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="141" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="141" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A141" s="8">
         <v>45428</v>
       </c>
       <c r="B141" t="s">
         <v>235</v>
       </c>
       <c r="C141" t="s">
         <v>291</v>
       </c>
       <c r="D141" t="s">
         <v>292</v>
       </c>
       <c r="E141" s="2">
         <v>45527</v>
       </c>
       <c r="F141" s="1">
         <v>0.5</v>
       </c>
       <c r="G141" s="2">
         <v>45529</v>
       </c>
       <c r="H141" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I141" t="s">
         <v>54</v>
       </c>
       <c r="J141" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="142" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="142" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A142" s="2">
         <v>45465</v>
       </c>
       <c r="B142" t="s">
         <v>235</v>
       </c>
       <c r="C142" t="s">
         <v>45</v>
       </c>
       <c r="D142" t="s">
         <v>293</v>
       </c>
       <c r="E142" s="2">
         <v>45465</v>
       </c>
       <c r="F142" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G142" s="2">
         <v>45465</v>
       </c>
       <c r="H142" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I142" t="s">
         <v>29</v>
       </c>
       <c r="J142" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="143" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="143" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A143" s="2">
         <v>45428</v>
       </c>
       <c r="B143" t="s">
         <v>235</v>
       </c>
       <c r="C143" t="s">
         <v>294</v>
       </c>
       <c r="D143" t="s">
         <v>295</v>
       </c>
       <c r="E143" s="2">
         <v>45451</v>
       </c>
       <c r="F143" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G143" s="2">
         <v>45451</v>
       </c>
       <c r="H143" s="1">
         <v>0.96875</v>
       </c>
       <c r="I143" t="s">
         <v>54</v>
       </c>
       <c r="J143" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="144" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="144" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A144" s="2">
         <v>45434</v>
       </c>
       <c r="B144" t="s">
         <v>235</v>
       </c>
       <c r="C144" t="s">
         <v>296</v>
       </c>
       <c r="D144" t="s">
         <v>297</v>
       </c>
       <c r="E144" s="2">
         <v>45450</v>
       </c>
       <c r="F144" s="1">
         <v>0.5</v>
       </c>
       <c r="G144" s="2">
         <v>45450</v>
       </c>
       <c r="H144" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I144" t="s">
         <v>22</v>
       </c>
       <c r="J144" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="145" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="145" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A145" s="2">
         <v>45434</v>
       </c>
       <c r="B145" t="s">
         <v>235</v>
       </c>
       <c r="C145" t="s">
         <v>298</v>
       </c>
       <c r="D145" t="s">
         <v>299</v>
       </c>
       <c r="E145" s="2">
         <v>45501</v>
       </c>
       <c r="F145" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G145" s="2">
         <v>45501</v>
       </c>
       <c r="H145" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I145" t="s">
         <v>29</v>
       </c>
       <c r="J145" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="146" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="146" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A146" s="2">
         <v>45435</v>
       </c>
       <c r="B146" t="s">
         <v>193</v>
       </c>
       <c r="C146" t="s">
         <v>300</v>
       </c>
       <c r="D146" t="s">
         <v>301</v>
       </c>
       <c r="E146" s="2">
         <v>45444</v>
       </c>
       <c r="F146" s="1">
         <v>0.625</v>
       </c>
       <c r="G146" s="2">
         <v>45444</v>
       </c>
       <c r="H146" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I146" t="s">
         <v>302</v>
       </c>
       <c r="J146" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="147" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="147" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A147" s="2">
         <v>45435</v>
       </c>
       <c r="B147" t="s">
         <v>211</v>
       </c>
       <c r="C147" t="s">
         <v>300</v>
       </c>
       <c r="D147" t="s">
         <v>301</v>
       </c>
       <c r="E147" s="2">
         <v>45451</v>
       </c>
       <c r="F147" s="1">
         <v>0.64583333333333337</v>
       </c>
       <c r="G147" s="2">
         <v>45451</v>
       </c>
       <c r="H147" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="I147" t="s">
         <v>303</v>
       </c>
       <c r="J147" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="148" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="148" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A148" s="2">
         <v>45440</v>
       </c>
       <c r="B148" t="s">
         <v>196</v>
       </c>
       <c r="C148" t="s">
         <v>161</v>
       </c>
       <c r="D148" t="s">
         <v>304</v>
       </c>
       <c r="E148" s="2">
         <v>45457</v>
       </c>
       <c r="F148" s="1">
         <v>0.64583333333333337</v>
       </c>
       <c r="G148" s="2">
         <v>45457</v>
       </c>
       <c r="H148" s="1">
         <v>0.72916666666666663</v>
       </c>
       <c r="I148" t="s">
         <v>29</v>
       </c>
       <c r="J148" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="149" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="149" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A149" s="2">
         <v>45437</v>
       </c>
       <c r="B149" t="s">
         <v>196</v>
       </c>
       <c r="C149" t="s">
         <v>305</v>
       </c>
       <c r="D149" t="s">
         <v>306</v>
       </c>
       <c r="E149" s="2">
         <v>45472</v>
       </c>
       <c r="F149" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G149" s="2">
         <v>45472</v>
       </c>
       <c r="H149" s="1">
         <v>0.64583333333333337</v>
       </c>
       <c r="I149" t="s">
         <v>307</v>
       </c>
       <c r="J149" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="150" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="150" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A150" s="2">
         <v>45440</v>
       </c>
       <c r="B150" t="s">
         <v>235</v>
       </c>
       <c r="C150" t="s">
         <v>308</v>
       </c>
       <c r="D150" t="s">
         <v>309</v>
       </c>
       <c r="E150" s="2">
         <v>45465</v>
       </c>
       <c r="F150" s="1">
         <v>0.5</v>
       </c>
       <c r="G150" s="2">
         <v>45465</v>
       </c>
       <c r="H150" s="1">
         <v>0.75</v>
       </c>
       <c r="I150" t="s">
         <v>109</v>
       </c>
       <c r="J150" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="151" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="151" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A151" s="2">
         <v>45440</v>
       </c>
       <c r="B151" t="s">
         <v>235</v>
       </c>
       <c r="C151" t="s">
         <v>308</v>
       </c>
       <c r="D151" t="s">
         <v>310</v>
       </c>
       <c r="E151" s="2">
         <v>45465</v>
       </c>
       <c r="F151" s="1">
         <v>0.5</v>
       </c>
       <c r="G151" s="2">
         <v>45465</v>
       </c>
       <c r="H151" s="1">
         <v>0.75</v>
       </c>
       <c r="I151" t="s">
         <v>109</v>
       </c>
       <c r="J151" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="152" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="152" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A152" s="2">
         <v>45440</v>
       </c>
       <c r="B152" t="s">
         <v>211</v>
       </c>
       <c r="C152" t="s">
         <v>308</v>
       </c>
       <c r="D152" t="s">
         <v>311</v>
       </c>
       <c r="E152" s="2">
         <v>45465</v>
       </c>
       <c r="F152" s="1">
         <v>0.5</v>
       </c>
       <c r="G152" s="2">
         <v>45465</v>
       </c>
       <c r="H152" s="1">
         <v>0.75</v>
       </c>
       <c r="I152" t="s">
         <v>109</v>
       </c>
       <c r="J152" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="153" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="153" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A153" s="2">
         <v>45440</v>
       </c>
       <c r="B153" t="s">
         <v>196</v>
       </c>
       <c r="C153" t="s">
         <v>308</v>
       </c>
       <c r="D153" t="s">
         <v>312</v>
       </c>
       <c r="E153" s="2">
         <v>45465</v>
       </c>
       <c r="F153" s="1">
         <v>0.5</v>
       </c>
       <c r="G153" s="2">
         <v>45465</v>
       </c>
       <c r="H153" s="1">
         <v>0.75</v>
       </c>
       <c r="I153" t="s">
         <v>109</v>
       </c>
       <c r="J153" t="s">
         <v>155</v>
       </c>
     </row>
-    <row r="154" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="154" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A154" s="2">
         <v>45440</v>
       </c>
       <c r="B154" t="s">
         <v>196</v>
       </c>
       <c r="C154" t="s">
         <v>308</v>
       </c>
       <c r="D154" t="s">
         <v>313</v>
       </c>
       <c r="E154" s="2">
         <v>45465</v>
       </c>
       <c r="F154" s="1">
         <v>0.5</v>
       </c>
       <c r="G154" s="2">
         <v>45465</v>
       </c>
       <c r="H154" s="1">
         <v>0.75</v>
       </c>
       <c r="I154" t="s">
         <v>109</v>
       </c>
       <c r="J154" t="s">
         <v>155</v>
       </c>
     </row>
-    <row r="155" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="155" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A155" s="2">
         <v>45441</v>
       </c>
       <c r="B155" t="s">
         <v>211</v>
       </c>
       <c r="C155" t="s">
         <v>314</v>
       </c>
       <c r="D155" t="s">
         <v>315</v>
       </c>
       <c r="E155" s="2">
         <v>45456</v>
       </c>
       <c r="F155" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G155" s="2">
         <v>45460</v>
       </c>
       <c r="H155" s="1">
         <v>0.20833333333333334</v>
       </c>
       <c r="I155" t="s">
         <v>242</v>
       </c>
       <c r="J155" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="156" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="156" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A156" s="2">
         <v>45442</v>
       </c>
       <c r="B156" t="s">
         <v>316</v>
       </c>
       <c r="C156" t="s">
         <v>111</v>
       </c>
       <c r="D156" t="s">
         <v>112</v>
       </c>
       <c r="E156" s="2">
         <v>45476</v>
       </c>
       <c r="F156" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G156" s="2">
         <v>45479</v>
       </c>
       <c r="H156" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I156" t="s">
         <v>54</v>
       </c>
       <c r="J156" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="157" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="157" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A157" s="2">
         <v>45443</v>
       </c>
       <c r="B157" t="s">
         <v>317</v>
       </c>
       <c r="C157" t="s">
         <v>285</v>
       </c>
       <c r="D157" t="s">
         <v>318</v>
       </c>
       <c r="E157" s="2">
         <v>45451</v>
       </c>
       <c r="F157" s="1">
         <v>0.75</v>
       </c>
       <c r="G157" s="2">
         <v>45451</v>
       </c>
       <c r="H157" s="1">
         <v>0</v>
       </c>
       <c r="I157" t="s">
         <v>16</v>
       </c>
       <c r="J157" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="158" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="158" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A158" s="2">
         <v>45443</v>
       </c>
       <c r="B158" t="s">
         <v>235</v>
       </c>
       <c r="C158" t="s">
         <v>285</v>
       </c>
       <c r="D158" t="s">
         <v>318</v>
       </c>
       <c r="E158" s="2">
         <v>45459</v>
       </c>
       <c r="F158" s="1">
         <v>0.5</v>
       </c>
       <c r="G158" s="2">
         <v>45459</v>
       </c>
       <c r="H158" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I158" t="s">
         <v>54</v>
       </c>
       <c r="J158" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="159" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="159" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A159" s="2">
         <v>45443</v>
       </c>
       <c r="B159" t="s">
         <v>316</v>
       </c>
       <c r="C159" t="s">
         <v>285</v>
       </c>
       <c r="D159" t="s">
         <v>318</v>
       </c>
       <c r="E159" s="2">
         <v>45472</v>
       </c>
       <c r="F159" s="1">
         <v>0.75</v>
       </c>
       <c r="G159" s="2">
         <v>45472</v>
       </c>
       <c r="H159" s="1">
         <v>0</v>
       </c>
       <c r="I159" t="s">
         <v>16</v>
       </c>
       <c r="J159" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="160" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="160" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A160" s="2">
         <v>45443</v>
       </c>
       <c r="B160" t="s">
         <v>196</v>
       </c>
       <c r="C160" t="s">
         <v>319</v>
       </c>
       <c r="D160" t="s">
         <v>320</v>
       </c>
       <c r="E160" s="2">
         <v>45486</v>
       </c>
       <c r="F160" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G160" s="2">
         <v>45486</v>
       </c>
       <c r="H160" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I160" t="s">
         <v>321</v>
       </c>
       <c r="J160" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="161" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="161" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A161" s="2">
         <v>45444</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>235</v>
       </c>
       <c r="C161" t="s">
         <v>322</v>
       </c>
       <c r="D161" t="s">
         <v>323</v>
       </c>
       <c r="E161" s="2">
         <v>45459</v>
       </c>
       <c r="F161" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G161" s="2">
         <v>45459</v>
       </c>
       <c r="H161" s="1">
         <v>0.625</v>
       </c>
       <c r="I161" s="1" t="s">
         <v>324</v>
       </c>
       <c r="J161" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="162" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="162" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A162" s="2">
         <v>45444</v>
       </c>
       <c r="B162" t="s">
         <v>196</v>
       </c>
       <c r="C162" t="s">
         <v>325</v>
       </c>
       <c r="D162" t="s">
         <v>326</v>
       </c>
       <c r="E162" s="2">
         <v>45469</v>
       </c>
       <c r="F162" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G162" s="2">
         <v>45472</v>
       </c>
       <c r="H162" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I162" t="s">
         <v>327</v>
       </c>
       <c r="J162" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="163" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="163" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A163" s="2">
         <v>45448</v>
       </c>
       <c r="B163" t="s">
         <v>316</v>
       </c>
       <c r="C163" t="s">
         <v>328</v>
       </c>
       <c r="D163" t="s">
         <v>329</v>
       </c>
       <c r="E163" s="2">
         <v>45464</v>
       </c>
       <c r="F163" s="1">
         <v>0.75</v>
       </c>
       <c r="G163" s="2">
         <v>45464</v>
       </c>
       <c r="H163" s="1">
         <v>0.85416666666666663</v>
       </c>
       <c r="I163" t="s">
         <v>12</v>
       </c>
       <c r="J163" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="164" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="164" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A164" s="2">
         <v>45447</v>
       </c>
       <c r="B164" t="s">
         <v>211</v>
       </c>
       <c r="C164" t="s">
         <v>330</v>
       </c>
       <c r="D164" t="s">
         <v>331</v>
       </c>
       <c r="E164" s="2">
         <v>45464</v>
       </c>
       <c r="F164" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G164" s="2">
         <v>45464</v>
       </c>
       <c r="H164" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I164" t="s">
         <v>29</v>
       </c>
       <c r="J164" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="165" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="165" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A165" s="2">
         <v>45447</v>
       </c>
       <c r="B165" t="s">
         <v>316</v>
       </c>
       <c r="C165" t="s">
         <v>332</v>
       </c>
       <c r="D165" t="s">
         <v>331</v>
       </c>
       <c r="E165" s="2">
         <v>45486</v>
       </c>
       <c r="F165" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G165" s="2">
         <v>45486</v>
       </c>
       <c r="H165" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I165" t="s">
         <v>22</v>
       </c>
       <c r="J165" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="166" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="166" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A166" s="2">
         <v>45448</v>
       </c>
       <c r="B166" t="s">
         <v>235</v>
       </c>
       <c r="C166" t="s">
         <v>118</v>
       </c>
       <c r="D166" t="s">
         <v>333</v>
       </c>
       <c r="E166" s="2">
         <v>45467</v>
       </c>
       <c r="F166" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G166" s="2">
         <v>45467</v>
       </c>
       <c r="H166" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I166" t="s">
         <v>29</v>
       </c>
       <c r="J166" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="167" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="167" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A167" s="2">
         <v>45447</v>
       </c>
       <c r="B167" t="s">
         <v>196</v>
       </c>
       <c r="C167" t="s">
         <v>334</v>
       </c>
       <c r="D167" t="s">
         <v>335</v>
       </c>
       <c r="E167" s="2">
         <v>45487</v>
       </c>
       <c r="F167" s="1">
         <v>0.9375</v>
       </c>
       <c r="G167" s="2">
         <v>45488</v>
       </c>
       <c r="H167" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I167" t="s">
         <v>336</v>
       </c>
       <c r="J167" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="168" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="168" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A168" s="2">
         <v>45448</v>
       </c>
       <c r="B168" t="s">
         <v>196</v>
       </c>
       <c r="C168" t="s">
         <v>59</v>
       </c>
       <c r="D168" t="s">
         <v>337</v>
       </c>
       <c r="E168" s="2">
         <v>45459</v>
       </c>
       <c r="F168" s="1">
         <v>0.9375</v>
       </c>
       <c r="G168" s="2">
         <v>45459</v>
       </c>
       <c r="H168" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="I168" t="s">
         <v>338</v>
       </c>
       <c r="J168" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="169" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="169" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A169" s="2">
         <v>45448</v>
       </c>
       <c r="B169" t="s">
         <v>196</v>
       </c>
       <c r="C169" t="s">
         <v>339</v>
       </c>
       <c r="D169" t="s">
         <v>340</v>
       </c>
       <c r="E169" s="2">
         <v>45458</v>
       </c>
       <c r="F169" s="1">
         <v>0.52083333333333337</v>
       </c>
       <c r="G169" s="2">
         <v>45458</v>
       </c>
       <c r="H169" s="1">
         <v>0.75</v>
       </c>
       <c r="I169" t="s">
         <v>29</v>
       </c>
       <c r="J169" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="170" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="170" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A170" s="2">
         <v>45448</v>
       </c>
       <c r="B170" t="s">
         <v>316</v>
       </c>
       <c r="C170" t="s">
         <v>341</v>
       </c>
       <c r="D170" t="s">
         <v>342</v>
       </c>
       <c r="E170" s="2">
         <v>45472</v>
       </c>
       <c r="F170" s="1">
         <v>0.72916666666666663</v>
       </c>
       <c r="G170" s="2">
         <v>45472</v>
       </c>
       <c r="H170" s="1">
         <v>0.85416666666666663</v>
       </c>
       <c r="I170" t="s">
         <v>29</v>
       </c>
       <c r="J170" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="171" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="171" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A171" s="2">
         <v>45449</v>
       </c>
       <c r="B171" t="s">
         <v>196</v>
       </c>
       <c r="C171" t="s">
         <v>343</v>
       </c>
       <c r="D171" t="s">
         <v>344</v>
       </c>
       <c r="E171" s="2">
         <v>45465</v>
       </c>
       <c r="F171" s="1">
         <v>0.5</v>
       </c>
       <c r="G171" s="2">
         <v>45465</v>
       </c>
       <c r="H171" s="1">
         <v>0.75</v>
       </c>
       <c r="I171" t="s">
         <v>275</v>
       </c>
       <c r="J171" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="172" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="172" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A172" s="2">
         <v>45449</v>
       </c>
       <c r="B172" t="s">
         <v>345</v>
       </c>
       <c r="C172" t="s">
         <v>129</v>
       </c>
       <c r="D172" t="s">
         <v>346</v>
       </c>
       <c r="E172" s="2">
         <v>45457</v>
       </c>
       <c r="F172" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G172" s="2">
         <v>45458</v>
       </c>
       <c r="H172" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I172" t="s">
         <v>347</v>
       </c>
       <c r="J172" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="173" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="173" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A173" s="2">
         <v>45450</v>
       </c>
       <c r="B173" t="s">
         <v>196</v>
       </c>
       <c r="C173" t="s">
         <v>159</v>
       </c>
       <c r="D173" t="s">
         <v>348</v>
       </c>
       <c r="E173" s="2">
         <v>45472</v>
       </c>
       <c r="F173" s="1">
         <v>0.47916666666666669</v>
       </c>
       <c r="G173" s="2">
         <v>45472</v>
       </c>
       <c r="H173" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I173" t="s">
         <v>29</v>
       </c>
       <c r="J173" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="174" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="174" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A174" s="2">
         <v>45450</v>
       </c>
       <c r="B174" t="s">
         <v>317</v>
       </c>
       <c r="C174" t="s">
         <v>349</v>
       </c>
       <c r="D174" t="s">
         <v>350</v>
       </c>
       <c r="E174" s="2">
         <v>45462</v>
       </c>
       <c r="F174" s="1">
         <v>0.75</v>
       </c>
       <c r="G174" s="2">
         <v>45463</v>
       </c>
       <c r="H174" s="1">
         <v>0.72916666666666663</v>
       </c>
       <c r="I174" t="s">
         <v>29</v>
       </c>
       <c r="J174" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="175" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="175" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A175" s="2">
         <v>45454</v>
       </c>
       <c r="B175" t="s">
         <v>196</v>
       </c>
       <c r="C175" t="s">
         <v>351</v>
       </c>
       <c r="D175" t="s">
         <v>352</v>
       </c>
       <c r="E175" s="2">
         <v>45494</v>
       </c>
       <c r="F175" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G175" s="2">
         <v>45494</v>
       </c>
       <c r="H175" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I175" t="s">
         <v>353</v>
       </c>
       <c r="J175" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="176" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="176" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A176" s="2">
         <v>45454</v>
       </c>
       <c r="B176" t="s">
         <v>235</v>
       </c>
       <c r="C176" t="s">
         <v>354</v>
       </c>
       <c r="D176" t="s">
         <v>355</v>
       </c>
       <c r="E176" s="2">
         <v>45471</v>
       </c>
       <c r="F176" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G176" s="2">
         <v>45473</v>
       </c>
       <c r="H176" s="1">
         <v>0.9375</v>
       </c>
       <c r="I176" t="s">
         <v>356</v>
       </c>
       <c r="J176" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="177" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="177" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A177" s="2">
         <v>45454</v>
       </c>
       <c r="B177" t="s">
         <v>235</v>
       </c>
       <c r="C177" t="s">
         <v>289</v>
       </c>
       <c r="D177" t="s">
         <v>290</v>
       </c>
       <c r="E177" s="2">
         <v>45469</v>
       </c>
       <c r="F177" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G177" s="2">
         <v>45472</v>
       </c>
       <c r="H177" s="1">
         <v>0.125</v>
       </c>
       <c r="I177" t="s">
         <v>123</v>
       </c>
       <c r="J177" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="178" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="178" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A178" s="2">
         <v>45454</v>
       </c>
       <c r="B178" t="s">
         <v>196</v>
       </c>
       <c r="C178" t="s">
         <v>238</v>
       </c>
       <c r="D178" t="s">
         <v>239</v>
       </c>
       <c r="E178" s="2">
         <v>45478</v>
       </c>
       <c r="F178" s="1">
         <v>0.6875</v>
       </c>
       <c r="G178" s="2">
         <v>45478</v>
       </c>
       <c r="H178" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I178" t="s">
         <v>79</v>
       </c>
       <c r="J178" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="179" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="179" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A179" s="2">
         <v>45455</v>
       </c>
       <c r="B179" t="s">
         <v>211</v>
       </c>
       <c r="C179" t="s">
         <v>357</v>
       </c>
       <c r="D179" t="s">
         <v>358</v>
       </c>
       <c r="E179" s="2">
         <v>45479</v>
       </c>
       <c r="F179" s="1">
         <v>0.54166666666666663</v>
       </c>
       <c r="G179" s="2">
         <v>45479</v>
       </c>
       <c r="H179" s="1">
         <v>0.9375</v>
       </c>
       <c r="I179" t="s">
         <v>359</v>
       </c>
       <c r="J179" t="s">
         <v>360</v>
       </c>
     </row>
-    <row r="180" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="180" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A180" s="2">
         <v>45455</v>
       </c>
       <c r="B180" t="s">
         <v>211</v>
       </c>
       <c r="C180" t="s">
         <v>357</v>
       </c>
       <c r="D180" t="s">
         <v>301</v>
       </c>
       <c r="E180" s="2">
         <v>45472</v>
       </c>
       <c r="F180" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G180" s="2">
         <v>45472</v>
       </c>
       <c r="H180" s="1">
         <v>0.9375</v>
       </c>
       <c r="I180" t="s">
         <v>359</v>
       </c>
       <c r="J180" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="181" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="181" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A181" s="2">
         <v>45454</v>
       </c>
       <c r="B181" t="s">
         <v>235</v>
       </c>
       <c r="C181" t="s">
         <v>325</v>
       </c>
       <c r="D181" t="s">
         <v>361</v>
       </c>
       <c r="E181" s="2">
         <v>45474</v>
       </c>
       <c r="F181" s="1">
         <v>0.5</v>
       </c>
       <c r="G181" s="2">
         <v>45480</v>
       </c>
       <c r="H181" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I181" t="s">
         <v>362</v>
       </c>
       <c r="J181" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="182" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="182" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A182" s="2">
         <v>45454</v>
       </c>
       <c r="B182" t="s">
         <v>196</v>
       </c>
       <c r="C182" t="s">
         <v>325</v>
       </c>
       <c r="D182" t="s">
         <v>361</v>
       </c>
       <c r="E182" s="2">
         <v>45490</v>
       </c>
       <c r="F182" s="1">
         <v>0.5</v>
       </c>
       <c r="G182" s="2">
         <v>45494</v>
       </c>
       <c r="H182" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I182" t="s">
         <v>362</v>
       </c>
       <c r="J182" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="183" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="183" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A183" s="2">
         <v>45454</v>
       </c>
       <c r="B183" t="s">
         <v>211</v>
       </c>
       <c r="C183" t="s">
         <v>325</v>
       </c>
       <c r="D183" t="s">
         <v>361</v>
       </c>
       <c r="E183" s="2">
         <v>45483</v>
       </c>
       <c r="F183" s="1">
         <v>0.5</v>
       </c>
       <c r="G183" s="2">
         <v>45487</v>
       </c>
       <c r="H183" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I183" t="s">
         <v>362</v>
       </c>
       <c r="J183" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="184" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="184" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A184" s="2">
         <v>45454</v>
       </c>
       <c r="B184" t="s">
         <v>235</v>
       </c>
       <c r="C184" t="s">
         <v>325</v>
       </c>
       <c r="D184" t="s">
         <v>361</v>
       </c>
       <c r="E184" s="2">
         <v>45498</v>
       </c>
       <c r="F184" s="1">
         <v>0.5</v>
       </c>
       <c r="G184" s="2">
         <v>45501</v>
       </c>
       <c r="H184" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I184" t="s">
         <v>362</v>
       </c>
       <c r="J184" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="185" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="185" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A185" s="2">
         <v>45456</v>
       </c>
       <c r="B185" t="s">
         <v>235</v>
       </c>
       <c r="C185" t="s">
         <v>294</v>
       </c>
       <c r="D185" t="s">
         <v>295</v>
       </c>
       <c r="E185" s="2">
         <v>45473</v>
       </c>
       <c r="F185" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G185" s="2">
         <v>45473</v>
       </c>
       <c r="H185" s="1">
         <v>0.75</v>
       </c>
       <c r="I185" t="s">
         <v>190</v>
       </c>
       <c r="J185" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="186" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="186" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A186" s="2">
         <v>45456</v>
       </c>
       <c r="B186" t="s">
         <v>235</v>
       </c>
       <c r="C186" t="s">
         <v>294</v>
       </c>
       <c r="D186" t="s">
         <v>295</v>
       </c>
       <c r="E186" s="2">
         <v>45479</v>
       </c>
       <c r="F186" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G186" s="2">
         <v>45479</v>
       </c>
       <c r="H186" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="I186" t="s">
         <v>363</v>
       </c>
       <c r="J186" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="187" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="187" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A187" s="2">
         <v>45456</v>
       </c>
       <c r="B187" t="s">
         <v>235</v>
       </c>
       <c r="C187" t="s">
         <v>364</v>
       </c>
       <c r="D187" t="s">
         <v>76</v>
       </c>
       <c r="E187" s="2">
         <v>45466</v>
       </c>
       <c r="F187" s="1">
         <v>0.33333333333333331</v>
       </c>
       <c r="G187" s="2">
         <v>45466</v>
       </c>
       <c r="H187" s="1">
         <v>0.75</v>
       </c>
       <c r="I187" t="s">
         <v>29</v>
       </c>
       <c r="J187" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="188" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="188" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A188" s="2">
         <v>45456</v>
       </c>
       <c r="B188" t="s">
         <v>235</v>
       </c>
       <c r="C188" t="s">
         <v>124</v>
       </c>
       <c r="D188" t="s">
         <v>365</v>
       </c>
       <c r="E188" s="2">
         <v>45471</v>
       </c>
       <c r="F188" s="1">
         <v>0.78125</v>
       </c>
       <c r="G188" s="2">
         <v>45471</v>
       </c>
       <c r="H188" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I188" t="s">
         <v>47</v>
       </c>
       <c r="J188" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="189" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="189" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A189" s="2">
         <v>45457</v>
       </c>
       <c r="B189" t="s">
         <v>211</v>
       </c>
       <c r="C189" t="s">
         <v>159</v>
       </c>
       <c r="D189" t="s">
         <v>348</v>
       </c>
       <c r="E189" s="2">
         <v>45475</v>
       </c>
       <c r="F189" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G189" s="2">
         <v>45475</v>
       </c>
       <c r="H189" s="1">
         <v>0.875</v>
       </c>
       <c r="I189" t="s">
         <v>366</v>
       </c>
       <c r="J189" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="190" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="190" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A190" s="2">
         <v>45396</v>
       </c>
       <c r="B190" t="s">
         <v>211</v>
       </c>
       <c r="C190" t="s">
         <v>339</v>
       </c>
       <c r="D190" t="s">
         <v>340</v>
       </c>
       <c r="E190" s="2">
         <v>45473</v>
       </c>
       <c r="F190" s="1">
         <v>0.54166666666666663</v>
       </c>
       <c r="G190" s="2">
         <v>45473</v>
       </c>
       <c r="H190" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I190" t="s">
         <v>47</v>
       </c>
       <c r="J190" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="191" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="191" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A191" s="2">
         <v>45487</v>
       </c>
       <c r="B191" t="s">
         <v>235</v>
       </c>
       <c r="C191" t="s">
         <v>159</v>
       </c>
       <c r="D191" t="s">
         <v>348</v>
       </c>
       <c r="E191" s="2">
         <v>45488</v>
       </c>
       <c r="F191" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G191" s="2">
         <v>45489</v>
       </c>
       <c r="H191" s="1">
         <v>0.89583333333333337</v>
       </c>
       <c r="I191" t="s">
         <v>123</v>
       </c>
       <c r="J191" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="192" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="192" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A192" s="2">
         <v>45457</v>
       </c>
       <c r="B192" t="s">
         <v>235</v>
       </c>
       <c r="C192" t="s">
         <v>124</v>
       </c>
       <c r="D192" t="s">
         <v>365</v>
       </c>
       <c r="E192" s="2">
         <v>45470</v>
       </c>
       <c r="F192" s="1">
         <v>0.75</v>
       </c>
       <c r="G192" s="2">
         <v>45470</v>
       </c>
       <c r="H192" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I192" t="s">
         <v>29</v>
       </c>
       <c r="J192" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="193" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="193" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A193" s="2">
         <v>45457</v>
       </c>
       <c r="B193" t="s">
         <v>211</v>
       </c>
       <c r="C193" t="s">
         <v>334</v>
       </c>
       <c r="D193" t="s">
         <v>335</v>
       </c>
       <c r="E193" s="2">
         <v>45501</v>
       </c>
       <c r="F193" s="1">
         <v>0</v>
       </c>
       <c r="G193" s="2">
         <v>45501</v>
       </c>
       <c r="H193" s="1">
         <v>0.125</v>
       </c>
       <c r="I193" t="s">
         <v>123</v>
       </c>
       <c r="J193" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="194" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="194" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A194" s="2">
         <v>45457</v>
       </c>
       <c r="B194" t="s">
         <v>211</v>
       </c>
       <c r="C194" t="s">
         <v>294</v>
       </c>
       <c r="D194" t="s">
         <v>295</v>
       </c>
       <c r="E194" s="2">
         <v>45489</v>
       </c>
       <c r="F194" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G194" s="2">
         <v>45491</v>
       </c>
       <c r="H194" s="1">
         <v>0.4375</v>
       </c>
       <c r="I194" t="s">
         <v>367</v>
       </c>
       <c r="J194" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="195" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="195" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A195" s="2">
         <v>45459</v>
       </c>
       <c r="B195" t="s">
         <v>316</v>
       </c>
       <c r="C195" t="s">
         <v>368</v>
       </c>
       <c r="D195" t="s">
         <v>369</v>
       </c>
       <c r="E195" s="2">
         <v>45471</v>
       </c>
       <c r="F195" s="1">
         <v>0.5</v>
       </c>
       <c r="G195" s="2">
         <v>45471</v>
       </c>
       <c r="H195" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I195" t="s">
         <v>370</v>
       </c>
       <c r="J195" t="s">
         <v>155</v>
       </c>
     </row>
-    <row r="196" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="196" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A196" s="2">
         <v>45461</v>
       </c>
       <c r="B196" t="s">
         <v>235</v>
       </c>
       <c r="C196" t="s">
         <v>371</v>
       </c>
       <c r="D196" t="s">
         <v>372</v>
       </c>
       <c r="E196" s="2">
         <v>45479</v>
       </c>
       <c r="F196" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G196" s="2">
         <v>45479</v>
       </c>
       <c r="H196" s="1">
         <v>0.625</v>
       </c>
       <c r="I196" t="s">
         <v>41</v>
       </c>
       <c r="J196" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="197" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="197" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A197" s="2">
         <v>45461</v>
       </c>
       <c r="B197" t="s">
         <v>235</v>
       </c>
       <c r="C197" t="s">
         <v>373</v>
       </c>
       <c r="D197" t="s">
         <v>374</v>
       </c>
       <c r="E197" s="2">
         <v>45487</v>
       </c>
       <c r="F197" s="1">
         <v>0.5</v>
       </c>
       <c r="G197" s="2">
         <v>45487</v>
       </c>
       <c r="H197" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I197" t="s">
         <v>79</v>
       </c>
       <c r="J197" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="198" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="198" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A198" s="2">
         <v>45462</v>
       </c>
       <c r="B198" t="s">
         <v>196</v>
       </c>
       <c r="C198" t="s">
         <v>375</v>
       </c>
       <c r="D198" t="s">
         <v>376</v>
       </c>
       <c r="E198" s="2">
         <v>45478</v>
       </c>
       <c r="F198" s="1">
         <v>0.75</v>
       </c>
       <c r="G198" s="2">
         <v>45478</v>
       </c>
       <c r="H198" s="1">
         <v>0.89583333333333337</v>
       </c>
       <c r="I198" t="s">
         <v>216</v>
       </c>
       <c r="J198" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="199" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="199" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A199" s="2">
         <v>45457</v>
       </c>
       <c r="B199" t="s">
         <v>196</v>
       </c>
       <c r="C199" t="s">
         <v>220</v>
       </c>
       <c r="D199" t="s">
         <v>221</v>
       </c>
       <c r="E199" s="2">
         <v>45484</v>
       </c>
       <c r="F199" s="1">
         <v>0.625</v>
       </c>
       <c r="G199" s="2">
         <v>45484</v>
       </c>
       <c r="H199" s="1">
         <v>0.875</v>
       </c>
       <c r="I199" t="s">
         <v>377</v>
       </c>
       <c r="J199" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="200" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="200" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A200" s="2">
         <v>45464</v>
       </c>
       <c r="B200" t="s">
         <v>317</v>
       </c>
       <c r="C200" t="s">
         <v>378</v>
       </c>
       <c r="D200" t="s">
         <v>379</v>
       </c>
       <c r="E200" s="2">
         <v>45477</v>
       </c>
       <c r="F200" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G200" s="2">
         <v>45480</v>
       </c>
       <c r="H200" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I200" t="s">
         <v>380</v>
       </c>
       <c r="J200" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="201" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="201" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A201" s="2">
         <v>45468</v>
       </c>
       <c r="B201" t="s">
         <v>317</v>
       </c>
       <c r="C201" t="s">
         <v>381</v>
       </c>
       <c r="D201" t="s">
         <v>382</v>
       </c>
       <c r="E201" s="2">
         <v>45478</v>
       </c>
       <c r="F201" s="1">
         <v>0</v>
       </c>
       <c r="G201" s="2">
         <v>45478</v>
       </c>
       <c r="H201" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I201" t="s">
         <v>44</v>
       </c>
       <c r="J201" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="202" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="202" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A202" s="2">
         <v>45467</v>
       </c>
       <c r="B202" t="s">
         <v>317</v>
       </c>
       <c r="C202" t="s">
         <v>383</v>
       </c>
       <c r="D202" t="s">
         <v>384</v>
       </c>
       <c r="E202" s="2">
         <v>45478</v>
       </c>
       <c r="F202" s="1">
         <v>0.625</v>
       </c>
       <c r="G202" s="2">
         <v>45478</v>
       </c>
       <c r="H202" s="1">
         <v>0.72916666666666663</v>
       </c>
       <c r="I202" t="s">
         <v>216</v>
       </c>
       <c r="J202" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="203" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="203" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A203" s="2">
         <v>45469</v>
       </c>
       <c r="B203" t="s">
         <v>235</v>
       </c>
       <c r="C203" t="s">
         <v>330</v>
       </c>
       <c r="D203" t="s">
         <v>385</v>
       </c>
       <c r="E203" s="2">
         <v>45490</v>
       </c>
       <c r="F203" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G203" s="2">
         <v>45490</v>
       </c>
       <c r="H203" s="1">
         <v>0.875</v>
       </c>
       <c r="I203" t="s">
         <v>216</v>
       </c>
       <c r="J203" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="204" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="204" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A204" s="2">
         <v>45468</v>
       </c>
       <c r="B204" t="s">
         <v>211</v>
       </c>
       <c r="C204" t="s">
         <v>386</v>
       </c>
       <c r="D204" t="s">
         <v>387</v>
       </c>
       <c r="E204" s="2">
         <v>45482</v>
       </c>
       <c r="F204" s="1">
         <v>0.625</v>
       </c>
       <c r="G204" s="2">
         <v>45482</v>
       </c>
       <c r="H204" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I204" t="s">
         <v>388</v>
       </c>
       <c r="J204" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="205" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="205" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A205" s="2">
         <v>45468</v>
       </c>
       <c r="B205" t="s">
         <v>196</v>
       </c>
       <c r="C205" t="s">
         <v>389</v>
       </c>
       <c r="D205" t="s">
         <v>390</v>
       </c>
       <c r="E205" s="2">
         <v>45486</v>
       </c>
       <c r="F205" s="1">
         <v>0.47916666666666669</v>
       </c>
       <c r="G205" s="2">
         <v>45486</v>
       </c>
       <c r="H205" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I205" t="s">
         <v>377</v>
       </c>
       <c r="J205" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="206" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="206" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A206" s="2">
         <v>45470</v>
       </c>
       <c r="B206" t="s">
         <v>317</v>
       </c>
       <c r="C206" t="s">
         <v>339</v>
       </c>
       <c r="D206" t="s">
         <v>340</v>
       </c>
       <c r="E206" s="2">
         <v>45480</v>
       </c>
       <c r="F206" s="1">
         <v>0.5</v>
       </c>
       <c r="G206" s="2">
         <v>45480</v>
       </c>
       <c r="H206" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I206" t="s">
         <v>216</v>
       </c>
       <c r="J206" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="207" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="207" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A207" s="2">
         <v>45470</v>
       </c>
       <c r="B207" t="s">
         <v>317</v>
       </c>
       <c r="C207" t="s">
         <v>391</v>
       </c>
       <c r="D207" t="s">
         <v>392</v>
       </c>
       <c r="E207" s="2">
         <v>45478</v>
       </c>
       <c r="F207" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G207" s="2">
         <v>45478</v>
       </c>
       <c r="H207" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I207" t="s">
         <v>109</v>
       </c>
       <c r="J207" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="208" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="208" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A208" s="2">
         <v>45468</v>
       </c>
       <c r="B208" t="s">
         <v>196</v>
       </c>
       <c r="C208" t="s">
         <v>393</v>
       </c>
       <c r="D208" t="s">
         <v>394</v>
       </c>
       <c r="E208" s="2">
         <v>45543</v>
       </c>
       <c r="F208" s="1">
         <v>0.75</v>
       </c>
       <c r="G208" s="2">
         <v>45543</v>
       </c>
       <c r="H208" s="1">
         <v>0.875</v>
       </c>
       <c r="I208" t="s">
         <v>109</v>
       </c>
       <c r="J208" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="209" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="209" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A209" s="2">
         <v>45470</v>
       </c>
       <c r="B209" t="s">
         <v>196</v>
       </c>
       <c r="C209" t="s">
         <v>395</v>
       </c>
       <c r="D209" t="s">
         <v>396</v>
       </c>
       <c r="E209" s="2">
         <v>45493</v>
       </c>
       <c r="F209" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G209" s="2">
         <v>45493</v>
       </c>
       <c r="H209" s="1">
         <v>0</v>
       </c>
       <c r="I209" t="s">
         <v>190</v>
       </c>
       <c r="J209" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="210" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="210" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A210" s="2">
         <v>45473</v>
       </c>
       <c r="B210" t="s">
         <v>235</v>
       </c>
       <c r="C210" t="s">
         <v>107</v>
       </c>
       <c r="D210" t="s">
         <v>397</v>
       </c>
       <c r="E210" s="2">
         <v>45493</v>
       </c>
       <c r="F210" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G210" s="2">
         <v>45493</v>
       </c>
       <c r="H210" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I210" t="s">
         <v>398</v>
       </c>
       <c r="J210" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="211" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="211" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A211" s="2">
         <v>45474</v>
       </c>
       <c r="B211" t="s">
         <v>196</v>
       </c>
       <c r="C211" t="s">
         <v>214</v>
       </c>
       <c r="D211" t="s">
         <v>399</v>
       </c>
       <c r="E211" s="2">
         <v>45493</v>
       </c>
       <c r="F211" s="1">
         <v>0.75</v>
       </c>
       <c r="G211" s="2">
         <v>44032</v>
       </c>
       <c r="H211" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="I211" t="s">
         <v>29</v>
       </c>
       <c r="J211" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="212" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="212" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A212" s="2">
         <v>45470</v>
       </c>
       <c r="B212" t="s">
         <v>317</v>
       </c>
       <c r="C212" t="s">
         <v>230</v>
       </c>
       <c r="D212" t="s">
         <v>400</v>
       </c>
       <c r="E212" s="2">
         <v>45483</v>
       </c>
       <c r="F212" s="1">
         <v>0.6875</v>
       </c>
       <c r="G212" s="2">
         <v>45484</v>
       </c>
       <c r="H212" s="1">
         <v>0.85416666666666663</v>
       </c>
       <c r="I212" t="s">
         <v>370</v>
       </c>
       <c r="J212" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="213" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="213" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A213" s="2">
         <v>45475</v>
       </c>
       <c r="B213" t="s">
         <v>235</v>
       </c>
       <c r="C213" t="s">
         <v>401</v>
       </c>
       <c r="D213" t="s">
         <v>402</v>
       </c>
       <c r="E213" s="2">
         <v>45512</v>
       </c>
       <c r="F213" s="1">
         <v>0.5</v>
       </c>
       <c r="G213" s="2">
         <v>45515</v>
       </c>
       <c r="H213" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I213" t="s">
         <v>29</v>
       </c>
       <c r="J213" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="214" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="214" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A214" s="2">
         <v>45474</v>
       </c>
       <c r="B214" t="s">
         <v>235</v>
       </c>
       <c r="C214" t="s">
         <v>401</v>
       </c>
       <c r="D214" t="s">
         <v>402</v>
       </c>
       <c r="E214" s="2">
         <v>45505</v>
       </c>
       <c r="F214" s="1">
         <v>0.5</v>
       </c>
       <c r="G214" s="2">
         <v>45508</v>
       </c>
       <c r="H214" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I214" t="s">
         <v>47</v>
       </c>
       <c r="J214" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="215" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="215" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A215" s="2">
         <v>45475</v>
       </c>
       <c r="B215" t="s">
         <v>316</v>
       </c>
       <c r="C215" t="s">
         <v>403</v>
       </c>
       <c r="D215" t="s">
         <v>404</v>
       </c>
       <c r="E215" s="2">
         <v>45487</v>
       </c>
       <c r="F215" s="1">
         <v>0</v>
       </c>
       <c r="G215" s="2">
         <v>45487</v>
       </c>
       <c r="H215" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I215" t="s">
         <v>405</v>
       </c>
       <c r="J215" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="216" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="216" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A216" s="2">
         <v>45475</v>
       </c>
       <c r="B216" t="s">
         <v>235</v>
       </c>
       <c r="C216" t="s">
         <v>401</v>
       </c>
       <c r="D216" t="s">
         <v>402</v>
       </c>
       <c r="E216" s="2">
         <v>45519</v>
       </c>
       <c r="F216" s="1">
         <v>0.5</v>
       </c>
       <c r="G216" s="2">
         <v>45522</v>
       </c>
       <c r="H216" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I216" t="s">
         <v>29</v>
       </c>
       <c r="J216" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="217" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="217" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A217" s="2">
         <v>45475</v>
       </c>
       <c r="B217" t="s">
         <v>235</v>
       </c>
       <c r="C217" t="s">
         <v>401</v>
       </c>
       <c r="D217" t="s">
         <v>402</v>
       </c>
       <c r="E217" s="2">
         <v>45535</v>
       </c>
       <c r="F217" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G217" s="2">
         <v>45535</v>
       </c>
       <c r="H217" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I217" t="s">
         <v>47</v>
       </c>
       <c r="J217" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="218" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="218" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A218" s="2">
         <v>45476</v>
       </c>
       <c r="B218" t="s">
         <v>317</v>
       </c>
       <c r="C218" t="s">
         <v>406</v>
       </c>
       <c r="D218" t="s">
         <v>407</v>
       </c>
       <c r="E218" s="2">
         <v>45485</v>
       </c>
       <c r="F218" s="1">
         <v>0.64583333333333337</v>
       </c>
       <c r="G218" s="2">
         <v>45485</v>
       </c>
       <c r="H218" s="1">
         <v>0.72916666666666663</v>
       </c>
       <c r="I218" t="s">
         <v>29</v>
       </c>
       <c r="J218" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="219" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="219" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A219" s="2">
         <v>45477</v>
       </c>
       <c r="B219" t="s">
         <v>316</v>
       </c>
       <c r="C219" t="s">
         <v>408</v>
       </c>
       <c r="D219" t="s">
         <v>204</v>
       </c>
       <c r="E219" s="2">
         <v>45501</v>
       </c>
       <c r="F219" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G219" s="2">
         <v>45501</v>
       </c>
       <c r="H219" s="1">
         <v>0.625</v>
       </c>
       <c r="I219" t="s">
         <v>22</v>
       </c>
       <c r="J219" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="220" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="220" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A220" s="2">
         <v>45476</v>
       </c>
       <c r="B220" t="s">
         <v>196</v>
       </c>
       <c r="C220" t="s">
         <v>30</v>
       </c>
       <c r="D220" t="s">
         <v>409</v>
       </c>
       <c r="E220" s="2">
         <v>45542</v>
       </c>
       <c r="F220" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G220" s="2">
         <v>45542</v>
       </c>
       <c r="H220" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I220" t="s">
         <v>47</v>
       </c>
       <c r="J220" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="221" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="221" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A221" s="2">
         <v>45478</v>
       </c>
       <c r="B221" t="s">
         <v>317</v>
       </c>
       <c r="C221" t="s">
         <v>161</v>
       </c>
       <c r="D221" t="s">
         <v>217</v>
       </c>
       <c r="E221" s="2">
         <v>45492</v>
       </c>
       <c r="F221" s="1">
         <v>0.64583333333333337</v>
       </c>
       <c r="G221" s="2">
         <v>45492</v>
       </c>
       <c r="H221" s="1">
         <v>0.8125</v>
       </c>
       <c r="I221" t="s">
         <v>29</v>
       </c>
       <c r="J221" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="222" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="222" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A222" s="2">
         <v>45480</v>
       </c>
       <c r="B222" t="s">
         <v>211</v>
       </c>
       <c r="C222" t="s">
         <v>410</v>
       </c>
       <c r="D222" t="s">
         <v>411</v>
       </c>
       <c r="E222" s="2">
         <v>45493</v>
       </c>
       <c r="F222" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G222" s="2">
         <v>45493</v>
       </c>
       <c r="H222" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I222" t="s">
         <v>12</v>
       </c>
       <c r="J222" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="223" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="223" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A223" s="2">
         <v>45484</v>
       </c>
       <c r="B223" t="s">
         <v>317</v>
       </c>
       <c r="C223" t="s">
         <v>412</v>
       </c>
       <c r="D223" t="s">
         <v>413</v>
       </c>
       <c r="E223" s="2">
         <v>45493</v>
       </c>
       <c r="F223" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G223" s="2">
         <v>45493</v>
       </c>
       <c r="H223" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="I223" t="s">
         <v>12</v>
       </c>
       <c r="J223" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="224" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="224" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A224" s="2">
         <v>45483</v>
       </c>
       <c r="B224" t="s">
         <v>317</v>
       </c>
       <c r="C224" t="s">
         <v>39</v>
       </c>
       <c r="D224" t="s">
         <v>323</v>
       </c>
       <c r="E224" s="2">
         <v>45494</v>
       </c>
       <c r="F224" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G224" s="2">
         <v>45494</v>
       </c>
       <c r="H224" s="1">
         <v>0.625</v>
       </c>
       <c r="I224" t="s">
         <v>414</v>
       </c>
       <c r="J224" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="225" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="225" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A225" s="2">
         <v>45483</v>
       </c>
       <c r="B225" t="s">
         <v>211</v>
       </c>
       <c r="C225" t="s">
         <v>415</v>
       </c>
       <c r="D225" t="s">
         <v>416</v>
       </c>
       <c r="E225" s="2">
         <v>45508</v>
       </c>
       <c r="F225" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G225" s="2">
         <v>45509</v>
       </c>
       <c r="H225" s="1">
         <v>0.10416666666666667</v>
       </c>
       <c r="I225" t="s">
         <v>417</v>
       </c>
       <c r="J225" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="226" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="226" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A226" s="2">
         <v>45488</v>
       </c>
       <c r="B226" t="s">
         <v>317</v>
       </c>
       <c r="C226" t="s">
         <v>386</v>
       </c>
       <c r="D226" t="s">
         <v>387</v>
       </c>
       <c r="E226" s="2">
         <v>45497</v>
       </c>
       <c r="F226" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G226" s="2">
         <v>45497</v>
       </c>
       <c r="H226" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I226" t="s">
         <v>29</v>
       </c>
       <c r="J226" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="227" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="227" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A227" s="2">
         <v>45486</v>
       </c>
       <c r="B227" t="s">
         <v>235</v>
       </c>
       <c r="C227" t="s">
         <v>181</v>
       </c>
       <c r="D227" t="s">
         <v>418</v>
       </c>
       <c r="E227" s="2">
         <v>45534</v>
       </c>
       <c r="F227" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="G227" s="2">
         <v>45535</v>
       </c>
       <c r="H227" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I227" t="s">
         <v>16</v>
       </c>
       <c r="J227" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="228" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="228" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A228" s="2">
         <v>45485</v>
       </c>
       <c r="B228" t="s">
         <v>316</v>
       </c>
       <c r="C228" t="s">
         <v>419</v>
       </c>
       <c r="D228" t="s">
         <v>420</v>
       </c>
       <c r="E228" s="2">
         <v>45521</v>
       </c>
       <c r="F228" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="G228" s="2">
         <v>45522</v>
       </c>
       <c r="H228" s="1">
         <v>0</v>
       </c>
       <c r="I228" t="s">
         <v>421</v>
       </c>
       <c r="J228" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="229" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="229" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A229" s="2">
         <v>45485</v>
       </c>
       <c r="B229" t="s">
         <v>196</v>
       </c>
       <c r="C229" t="s">
         <v>419</v>
       </c>
       <c r="D229" t="s">
         <v>420</v>
       </c>
       <c r="E229" s="2">
         <v>45513</v>
       </c>
       <c r="F229" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="G229" s="2">
         <v>45515</v>
       </c>
       <c r="H229" s="1">
         <v>0</v>
       </c>
       <c r="I229" t="s">
         <v>421</v>
       </c>
       <c r="J229" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="230" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="230" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A230" s="2">
         <v>45489</v>
       </c>
       <c r="B230" t="s">
         <v>317</v>
       </c>
       <c r="C230" t="s">
         <v>422</v>
       </c>
       <c r="D230" t="s">
         <v>422</v>
       </c>
       <c r="E230" s="2">
         <v>45501</v>
       </c>
       <c r="F230" s="1">
         <v>0.5</v>
       </c>
       <c r="G230" s="2">
         <v>45501</v>
       </c>
       <c r="H230" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I230" t="s">
         <v>109</v>
       </c>
       <c r="J230" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="231" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="231" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A231" s="2">
         <v>45496</v>
       </c>
       <c r="B231" t="s">
         <v>235</v>
       </c>
       <c r="C231" t="s">
         <v>423</v>
       </c>
       <c r="D231" t="s">
         <v>424</v>
       </c>
       <c r="E231" s="2">
         <v>45512</v>
       </c>
       <c r="F231" s="1">
         <v>0.8125</v>
       </c>
       <c r="G231" s="2">
         <v>45515</v>
       </c>
       <c r="H231" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I231" t="s">
         <v>29</v>
       </c>
       <c r="J231" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="232" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="232" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A232" s="2">
         <v>45496</v>
       </c>
       <c r="B232" t="s">
         <v>235</v>
       </c>
       <c r="C232" t="s">
         <v>425</v>
       </c>
       <c r="D232" t="s">
         <v>426</v>
       </c>
       <c r="E232" s="2">
         <v>45513</v>
       </c>
       <c r="F232" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G232" s="2">
         <v>45515</v>
       </c>
       <c r="H232" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I232" t="s">
         <v>427</v>
       </c>
       <c r="J232" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="233" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="233" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A233" s="2">
         <v>45498</v>
       </c>
       <c r="B233" t="s">
         <v>196</v>
       </c>
       <c r="C233" t="s">
         <v>111</v>
       </c>
       <c r="D233" t="s">
         <v>428</v>
       </c>
       <c r="E233" s="2">
         <v>45567</v>
       </c>
       <c r="F233" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G233" s="2">
         <v>45570</v>
       </c>
       <c r="H233" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I233" t="s">
         <v>429</v>
       </c>
       <c r="J233" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="234" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="234" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A234" s="2">
         <v>45499</v>
       </c>
       <c r="B234" t="s">
         <v>235</v>
       </c>
       <c r="C234" t="s">
         <v>403</v>
       </c>
       <c r="D234" t="s">
         <v>430</v>
       </c>
       <c r="E234" s="2">
         <v>45514</v>
       </c>
       <c r="F234" s="1">
         <v>0</v>
       </c>
       <c r="G234" s="2">
         <v>45515</v>
       </c>
       <c r="H234" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I234" t="s">
         <v>431</v>
       </c>
       <c r="J234" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="235" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="235" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A235" s="2">
         <v>45499</v>
       </c>
       <c r="B235" t="s">
         <v>317</v>
       </c>
       <c r="C235" t="s">
         <v>432</v>
       </c>
       <c r="D235" t="s">
         <v>433</v>
       </c>
       <c r="E235" s="2">
         <v>45520</v>
       </c>
       <c r="F235" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G235" s="2">
         <v>45520</v>
       </c>
       <c r="H235" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I235" t="s">
         <v>54</v>
       </c>
       <c r="J235" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="236" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="236" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A236" s="2">
         <v>45498</v>
       </c>
       <c r="B236" t="s">
         <v>317</v>
       </c>
       <c r="C236" t="s">
         <v>75</v>
       </c>
       <c r="D236" t="s">
         <v>434</v>
       </c>
       <c r="E236" s="2">
         <v>45508</v>
       </c>
       <c r="F236" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G236" s="2">
         <v>45508</v>
       </c>
       <c r="H236" s="1">
         <v>0.88888888888888884</v>
       </c>
       <c r="I236" t="s">
         <v>435</v>
       </c>
       <c r="J236" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="237" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="237" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A237" s="2">
         <v>45503</v>
       </c>
       <c r="B237" t="s">
         <v>317</v>
       </c>
       <c r="C237" t="s">
         <v>75</v>
       </c>
       <c r="D237" t="s">
         <v>434</v>
       </c>
       <c r="E237" s="2">
         <v>45507</v>
       </c>
       <c r="F237" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G237" s="2">
         <v>45507</v>
       </c>
       <c r="H237" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I237" t="s">
         <v>29</v>
       </c>
       <c r="J237" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="238" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="238" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A238" s="2">
         <v>45503</v>
       </c>
       <c r="B238" t="s">
         <v>196</v>
       </c>
       <c r="C238" t="s">
         <v>75</v>
       </c>
       <c r="D238" t="s">
         <v>434</v>
       </c>
       <c r="E238" s="2">
         <v>45535</v>
       </c>
       <c r="F238" s="1">
         <v>0.375</v>
       </c>
       <c r="G238" s="2">
         <v>45536</v>
       </c>
       <c r="H238" s="1">
         <v>0.875</v>
       </c>
       <c r="I238" t="s">
         <v>47</v>
       </c>
       <c r="J238" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="239" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="239" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A239" s="2">
         <v>45504</v>
       </c>
       <c r="B239" t="s">
         <v>316</v>
       </c>
       <c r="C239" t="s">
         <v>75</v>
       </c>
       <c r="D239" t="s">
         <v>434</v>
       </c>
       <c r="E239" s="2">
         <v>45521</v>
       </c>
       <c r="F239" s="1">
         <v>0.54166666666666663</v>
       </c>
       <c r="G239" s="2">
         <v>45521</v>
       </c>
       <c r="H239" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I239" t="s">
         <v>22</v>
       </c>
       <c r="J239" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="240" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="240" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A240" s="2">
         <v>45505</v>
       </c>
       <c r="B240" t="s">
         <v>196</v>
       </c>
       <c r="C240" t="s">
         <v>436</v>
       </c>
       <c r="D240" t="s">
         <v>81</v>
       </c>
       <c r="E240" s="2">
         <v>45522</v>
       </c>
       <c r="F240">
         <v>10.3</v>
       </c>
       <c r="G240" s="2">
         <v>45522</v>
       </c>
       <c r="H240" s="1">
         <v>0</v>
       </c>
       <c r="I240" t="s">
         <v>437</v>
       </c>
       <c r="J240" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="241" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="241" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A241" s="2">
         <v>45505</v>
       </c>
       <c r="B241" t="s">
         <v>317</v>
       </c>
       <c r="C241" t="s">
         <v>438</v>
       </c>
       <c r="D241" t="s">
         <v>439</v>
       </c>
       <c r="E241" s="2">
         <v>45514</v>
       </c>
       <c r="F241" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G241" s="2">
         <v>45514</v>
       </c>
       <c r="H241" s="1">
         <v>0</v>
       </c>
       <c r="I241" t="s">
         <v>109</v>
       </c>
       <c r="J241" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="242" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="242" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A242" s="2">
         <v>45506</v>
       </c>
       <c r="B242" t="s">
         <v>317</v>
       </c>
       <c r="C242" t="s">
         <v>440</v>
       </c>
       <c r="D242" t="s">
         <v>441</v>
       </c>
       <c r="E242" s="2">
         <v>45519</v>
       </c>
       <c r="F242" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G242" s="2">
         <v>45522</v>
       </c>
       <c r="H242" s="1">
         <v>0.125</v>
       </c>
       <c r="I242" t="s">
         <v>442</v>
       </c>
       <c r="J242" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="243" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="243" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A243" s="2">
         <v>45514</v>
       </c>
       <c r="B243" t="s">
         <v>235</v>
       </c>
       <c r="C243" t="s">
         <v>129</v>
       </c>
       <c r="D243" t="s">
         <v>443</v>
       </c>
       <c r="E243" s="2">
         <v>45542</v>
       </c>
       <c r="F243" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G243" s="2">
         <v>45543</v>
       </c>
       <c r="H243" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I243" t="s">
         <v>444</v>
       </c>
       <c r="J243" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="244" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="244" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A244" s="2">
         <v>45518</v>
       </c>
       <c r="B244" t="s">
         <v>196</v>
       </c>
       <c r="C244" t="s">
         <v>445</v>
       </c>
       <c r="D244" t="s">
         <v>433</v>
       </c>
       <c r="E244" s="2">
         <v>45584</v>
       </c>
       <c r="F244" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G244" s="2">
         <v>45584</v>
       </c>
       <c r="H244" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I244" t="s">
         <v>22</v>
       </c>
       <c r="J244" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="245" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="245" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A245" s="2">
         <v>45518</v>
       </c>
       <c r="B245" t="s">
         <v>235</v>
       </c>
       <c r="C245" t="s">
         <v>334</v>
       </c>
       <c r="D245" t="s">
         <v>335</v>
       </c>
       <c r="E245" s="2">
         <v>45536</v>
       </c>
       <c r="F245" s="1">
         <v>0.9375</v>
       </c>
       <c r="G245" s="2">
         <v>45537</v>
       </c>
       <c r="H245" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I245" t="s">
         <v>22</v>
       </c>
       <c r="J245" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="246" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="246" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A246" s="2">
         <v>45520</v>
       </c>
       <c r="B246" t="s">
         <v>196</v>
       </c>
       <c r="C246" t="s">
         <v>334</v>
       </c>
       <c r="D246" t="s">
         <v>335</v>
       </c>
       <c r="E246" s="2">
         <v>45543</v>
       </c>
       <c r="F246" s="1">
         <v>0</v>
       </c>
       <c r="G246" s="2">
         <v>45544</v>
       </c>
       <c r="H246" s="1">
         <v>0.125</v>
       </c>
       <c r="I246" t="s">
         <v>22</v>
       </c>
       <c r="J246" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="247" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="247" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A247" s="2">
         <v>45523</v>
       </c>
       <c r="B247" t="s">
         <v>235</v>
       </c>
       <c r="C247" t="s">
         <v>373</v>
       </c>
       <c r="D247" t="s">
         <v>374</v>
       </c>
       <c r="E247" s="2">
         <v>45542</v>
       </c>
       <c r="F247" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G247" s="2">
         <v>45542</v>
       </c>
       <c r="H247" s="1">
         <v>0.875</v>
       </c>
       <c r="I247" t="s">
         <v>29</v>
       </c>
       <c r="J247" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="248" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="248" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A248" s="2">
         <v>45524</v>
       </c>
       <c r="B248" t="s">
         <v>235</v>
       </c>
       <c r="C248" t="s">
         <v>75</v>
       </c>
       <c r="D248" t="s">
         <v>434</v>
       </c>
       <c r="E248" s="2">
         <v>45562</v>
       </c>
       <c r="F248" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G248" s="2">
         <v>45563</v>
       </c>
       <c r="H248" s="1">
         <v>0.20833333333333334</v>
       </c>
       <c r="I248" t="s">
         <v>446</v>
       </c>
       <c r="J248" t="s">
         <v>447</v>
       </c>
     </row>
-    <row r="249" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="249" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A249" s="2">
         <v>45524</v>
       </c>
       <c r="B249" t="s">
         <v>196</v>
       </c>
       <c r="C249" t="s">
         <v>448</v>
       </c>
       <c r="D249" t="s">
         <v>449</v>
       </c>
       <c r="E249" s="2">
         <v>45559</v>
       </c>
       <c r="F249" s="1">
         <v>0.5</v>
       </c>
       <c r="G249" s="2">
         <v>45559</v>
       </c>
       <c r="H249" s="1">
         <v>0.75</v>
       </c>
       <c r="I249" t="s">
         <v>29</v>
       </c>
       <c r="J249" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="250" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="250" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A250" s="2">
         <v>45530</v>
       </c>
       <c r="B250" t="s">
         <v>235</v>
       </c>
       <c r="C250" t="s">
         <v>408</v>
       </c>
       <c r="D250" t="s">
         <v>204</v>
       </c>
       <c r="E250" s="2">
         <v>45592</v>
       </c>
       <c r="F250" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G250" s="2">
         <v>45592</v>
       </c>
       <c r="H250" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I250" t="s">
         <v>178</v>
       </c>
       <c r="J250" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="251" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="251" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A251" s="2">
         <v>45530</v>
       </c>
       <c r="B251" t="s">
         <v>235</v>
       </c>
       <c r="C251" t="s">
         <v>408</v>
       </c>
       <c r="D251" t="s">
         <v>204</v>
       </c>
       <c r="E251" s="2">
         <v>45564</v>
       </c>
       <c r="F251" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G251" s="2">
         <v>45564</v>
       </c>
       <c r="H251" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I251" t="s">
         <v>178</v>
       </c>
       <c r="J251" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="252" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="252" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A252" s="2">
         <v>45528</v>
       </c>
       <c r="B252" t="s">
         <v>235</v>
       </c>
       <c r="C252" t="s">
         <v>39</v>
       </c>
       <c r="D252" t="s">
         <v>323</v>
       </c>
       <c r="E252" s="2">
         <v>45550</v>
       </c>
       <c r="F252" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G252" s="2">
         <v>45550</v>
       </c>
       <c r="H252" s="1">
         <v>0.625</v>
       </c>
       <c r="I252" t="s">
         <v>414</v>
       </c>
       <c r="J252" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="253" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="253" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A253" s="2">
         <v>45531</v>
       </c>
       <c r="B253" t="s">
         <v>317</v>
       </c>
       <c r="C253" t="s">
         <v>440</v>
       </c>
       <c r="D253" t="s">
         <v>441</v>
       </c>
       <c r="E253" s="2">
         <v>45539</v>
       </c>
       <c r="F253" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G253" s="2">
         <v>45541</v>
       </c>
       <c r="H253" s="1">
         <v>0.125</v>
       </c>
       <c r="I253" t="s">
         <v>442</v>
       </c>
       <c r="J253" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="254" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="254" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A254" s="2">
         <v>45533</v>
       </c>
       <c r="B254" t="s">
         <v>196</v>
       </c>
       <c r="C254" t="s">
         <v>113</v>
       </c>
       <c r="D254" t="s">
         <v>215</v>
       </c>
       <c r="E254" s="2">
         <v>45563</v>
       </c>
       <c r="F254" s="1">
         <v>0.75</v>
       </c>
       <c r="G254" s="2">
         <v>45563</v>
       </c>
       <c r="H254" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="I254" t="s">
         <v>450</v>
       </c>
       <c r="J254" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="255" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="255" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A255" s="2">
         <v>45532</v>
       </c>
       <c r="B255" t="s">
         <v>193</v>
       </c>
       <c r="C255" t="s">
         <v>451</v>
       </c>
       <c r="D255" t="s">
         <v>452</v>
       </c>
       <c r="E255" s="2">
         <v>45541</v>
       </c>
       <c r="F255" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G255" s="2">
         <v>45543</v>
       </c>
       <c r="H255" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I255" t="s">
         <v>29</v>
       </c>
       <c r="J255" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="256" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="256" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A256" s="2">
         <v>45532</v>
       </c>
       <c r="B256" t="s">
         <v>235</v>
       </c>
       <c r="C256" t="s">
         <v>451</v>
       </c>
       <c r="D256" t="s">
         <v>452</v>
       </c>
       <c r="E256" s="2">
         <v>45559</v>
       </c>
       <c r="F256" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G256" s="2">
         <v>45564</v>
       </c>
       <c r="H256" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I256" t="s">
         <v>29</v>
       </c>
       <c r="J256" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="257" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="257" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A257" s="2">
         <v>45532</v>
       </c>
       <c r="B257" t="s">
         <v>235</v>
       </c>
       <c r="C257" t="s">
         <v>451</v>
       </c>
       <c r="D257" t="s">
         <v>452</v>
       </c>
       <c r="E257" s="2">
         <v>45552</v>
       </c>
       <c r="F257" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G257" s="2">
         <v>45557</v>
       </c>
       <c r="H257" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I257" t="s">
         <v>29</v>
       </c>
       <c r="J257" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="258" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="258" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A258" s="2">
         <v>45532</v>
       </c>
       <c r="B258" t="s">
         <v>235</v>
       </c>
       <c r="C258" t="s">
         <v>451</v>
       </c>
       <c r="D258" t="s">
         <v>452</v>
       </c>
       <c r="E258" s="2">
         <v>45545</v>
       </c>
       <c r="F258" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G258" s="2">
         <v>45550</v>
       </c>
       <c r="H258" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I258" t="s">
         <v>29</v>
       </c>
       <c r="J258" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="259" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="259" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A259" s="2">
         <v>45534</v>
       </c>
       <c r="B259" t="s">
         <v>235</v>
       </c>
       <c r="C259" t="s">
         <v>212</v>
       </c>
       <c r="D259" t="s">
         <v>453</v>
       </c>
       <c r="E259" s="2">
         <v>45612</v>
       </c>
       <c r="F259" s="1">
         <v>0.29166666666666669</v>
       </c>
       <c r="G259" s="2">
         <v>45612</v>
       </c>
       <c r="H259" s="1">
         <v>0.75</v>
       </c>
       <c r="I259" t="s">
         <v>109</v>
       </c>
       <c r="J259" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="260" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="260" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A260" s="2">
         <v>45535</v>
       </c>
       <c r="B260" t="s">
         <v>317</v>
       </c>
       <c r="C260" t="s">
         <v>129</v>
       </c>
       <c r="D260" t="s">
         <v>443</v>
       </c>
       <c r="E260" s="2">
         <v>45549</v>
       </c>
       <c r="F260" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G260" s="2">
         <v>45550</v>
       </c>
       <c r="H260" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I260" t="s">
         <v>442</v>
       </c>
       <c r="J260" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="261" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="261" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A261" s="2">
         <v>45537</v>
       </c>
       <c r="B261" t="s">
         <v>317</v>
       </c>
       <c r="C261" t="s">
         <v>454</v>
       </c>
       <c r="D261" t="s">
         <v>455</v>
       </c>
       <c r="E261" s="2">
         <v>45551</v>
       </c>
       <c r="F261" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G261" s="2">
         <v>45551</v>
       </c>
       <c r="H261" s="1">
         <v>0.4375</v>
       </c>
       <c r="I261" t="s">
         <v>29</v>
       </c>
       <c r="J261" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="262" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="262" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A262" s="2">
         <v>45541</v>
       </c>
       <c r="B262" t="s">
         <v>235</v>
       </c>
       <c r="C262" t="s">
         <v>456</v>
       </c>
       <c r="D262" t="s">
         <v>457</v>
       </c>
       <c r="E262" s="2">
         <v>45571</v>
       </c>
       <c r="F262" s="1">
         <v>0</v>
       </c>
       <c r="G262" s="2">
         <v>45571</v>
       </c>
       <c r="H262" s="1">
         <v>0.10416666666666667</v>
       </c>
       <c r="I262" t="s">
         <v>458</v>
       </c>
       <c r="J262" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="263" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="263" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A263" s="2">
         <v>45541</v>
       </c>
       <c r="B263" t="s">
         <v>235</v>
       </c>
       <c r="C263" t="s">
         <v>30</v>
       </c>
       <c r="D263" t="s">
         <v>459</v>
       </c>
       <c r="E263" s="2">
         <v>45563</v>
       </c>
       <c r="F263" s="1">
         <v>0.625</v>
       </c>
       <c r="G263" s="2">
         <v>45564</v>
       </c>
       <c r="H263" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I263" t="s">
         <v>22</v>
       </c>
       <c r="J263" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="264" spans="1:10" ht="28.5" x14ac:dyDescent="0.45">
+    <row r="264" spans="1:10" ht="29" x14ac:dyDescent="0.35">
       <c r="A264" s="2">
         <v>45540</v>
       </c>
       <c r="B264" t="s">
         <v>317</v>
       </c>
       <c r="C264" t="s">
         <v>460</v>
       </c>
       <c r="D264" s="3" t="s">
         <v>461</v>
       </c>
       <c r="E264" s="2">
         <v>45550</v>
       </c>
       <c r="F264" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G264" s="2">
         <v>45550</v>
       </c>
       <c r="H264" s="1">
         <v>0.89583333333333337</v>
       </c>
       <c r="I264" s="9" t="s">
         <v>462</v>
       </c>
       <c r="J264" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="265" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="265" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A265" s="2">
         <v>45544</v>
       </c>
       <c r="B265" t="s">
         <v>317</v>
       </c>
       <c r="C265" t="s">
         <v>463</v>
       </c>
       <c r="D265" t="s">
         <v>464</v>
       </c>
       <c r="E265" s="2">
         <v>45556</v>
       </c>
       <c r="F265" s="1">
         <v>0.5</v>
       </c>
       <c r="G265" s="2">
         <v>45556</v>
       </c>
       <c r="H265" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I265" s="9" t="s">
         <v>22</v>
       </c>
       <c r="J265" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="266" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="266" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A266" s="2">
         <v>45544</v>
       </c>
       <c r="B266" t="s">
         <v>317</v>
       </c>
       <c r="C266" t="s">
         <v>132</v>
       </c>
       <c r="D266" t="s">
         <v>465</v>
       </c>
       <c r="E266" s="2">
         <v>45556</v>
       </c>
       <c r="F266" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G266" s="2">
         <v>45557</v>
       </c>
       <c r="H266" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I266" t="s">
         <v>466</v>
       </c>
       <c r="J266" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="267" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="267" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A267" s="2">
         <v>45544</v>
       </c>
       <c r="B267" t="s">
         <v>235</v>
       </c>
       <c r="C267" t="s">
         <v>467</v>
       </c>
       <c r="D267" t="s">
         <v>468</v>
       </c>
       <c r="E267" s="2">
         <v>45563</v>
       </c>
       <c r="F267" s="1">
         <v>0.5</v>
       </c>
       <c r="G267" s="2">
         <v>45563</v>
       </c>
       <c r="H267" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I267" t="s">
         <v>29</v>
       </c>
       <c r="J267" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="268" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="268" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A268" s="2">
         <v>45545</v>
       </c>
       <c r="B268" t="s">
         <v>317</v>
       </c>
       <c r="C268" s="20" t="s">
         <v>77</v>
       </c>
       <c r="D268" t="s">
         <v>469</v>
       </c>
       <c r="E268" s="2">
         <v>45553</v>
       </c>
       <c r="F268" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G268" s="2">
         <v>45553</v>
       </c>
       <c r="H268" s="1">
         <v>0.89583333333333337</v>
       </c>
       <c r="I268" t="s">
         <v>29</v>
       </c>
       <c r="J268" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="269" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="269" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A269" s="2">
         <v>45545</v>
       </c>
       <c r="B269" t="s">
         <v>317</v>
       </c>
       <c r="C269" t="s">
         <v>403</v>
       </c>
       <c r="D269" t="s">
         <v>470</v>
       </c>
       <c r="E269" s="2">
         <v>45557</v>
       </c>
       <c r="F269" s="1">
         <v>0</v>
       </c>
       <c r="G269" s="2">
         <v>45557</v>
       </c>
       <c r="H269" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I269" t="s">
         <v>22</v>
       </c>
       <c r="J269" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="270" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="270" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A270" s="2">
         <v>45545</v>
       </c>
       <c r="B270" t="s">
         <v>235</v>
       </c>
       <c r="C270" t="s">
         <v>471</v>
       </c>
       <c r="D270" t="s">
         <v>472</v>
       </c>
       <c r="E270" s="2" t="s">
         <v>473</v>
       </c>
       <c r="F270" s="1">
         <v>0.4375</v>
       </c>
       <c r="G270" s="2" t="s">
         <v>473</v>
       </c>
       <c r="H270" s="1">
         <v>0.6875</v>
       </c>
       <c r="I270" t="s">
         <v>29</v>
       </c>
       <c r="J270" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="271" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="271" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A271" s="2">
         <v>45547</v>
       </c>
       <c r="B271" t="s">
         <v>317</v>
       </c>
       <c r="C271" t="s">
         <v>474</v>
       </c>
       <c r="D271" t="s">
         <v>475</v>
       </c>
       <c r="E271" s="2">
         <v>45555</v>
       </c>
       <c r="F271" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G271" s="2">
         <v>45557</v>
       </c>
       <c r="H271" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I271" t="s">
         <v>29</v>
       </c>
       <c r="J271" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="272" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="272" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A272" s="2">
         <v>45538</v>
       </c>
       <c r="B272" t="s">
         <v>317</v>
       </c>
       <c r="C272" t="s">
         <v>476</v>
       </c>
       <c r="D272" t="s">
         <v>477</v>
       </c>
       <c r="E272" s="2">
         <v>45549</v>
       </c>
       <c r="F272" s="1">
         <v>0.60416666666666663</v>
       </c>
       <c r="G272" s="2">
         <v>45549</v>
       </c>
       <c r="H272" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I272" t="s">
         <v>29</v>
       </c>
       <c r="J272" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="273" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="273" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A273" s="2">
         <v>45551</v>
       </c>
       <c r="B273" t="s">
         <v>193</v>
       </c>
       <c r="C273" t="s">
         <v>159</v>
       </c>
       <c r="D273" t="s">
         <v>478</v>
       </c>
       <c r="E273" s="2">
         <v>45561</v>
       </c>
       <c r="F273" s="1">
         <v>0.72916666666666663</v>
       </c>
       <c r="G273" s="2">
         <v>45561</v>
       </c>
       <c r="H273" s="1">
         <v>0.85416666666666663</v>
       </c>
       <c r="I273" t="s">
         <v>29</v>
       </c>
       <c r="J273" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="274" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="274" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A274" s="2">
         <v>45553</v>
       </c>
       <c r="B274" t="s">
         <v>196</v>
       </c>
       <c r="C274" t="s">
         <v>474</v>
       </c>
       <c r="D274" t="s">
         <v>475</v>
       </c>
       <c r="E274" s="2">
         <v>45576</v>
       </c>
       <c r="F274" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G274" s="2">
         <v>45578</v>
       </c>
       <c r="H274" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I274" t="s">
         <v>29</v>
       </c>
       <c r="J274" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="275" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="275" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A275" s="2">
         <v>45553</v>
       </c>
       <c r="B275" t="s">
         <v>196</v>
       </c>
       <c r="C275" t="s">
         <v>474</v>
       </c>
       <c r="D275" t="s">
         <v>475</v>
       </c>
       <c r="E275" s="2">
         <v>45569</v>
       </c>
       <c r="F275" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G275" s="2">
         <v>45571</v>
       </c>
       <c r="H275" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I275" t="s">
         <v>29</v>
       </c>
       <c r="J275" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="276" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="276" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A276" s="2">
         <v>45557</v>
       </c>
       <c r="B276" t="s">
         <v>235</v>
       </c>
       <c r="C276" t="s">
         <v>39</v>
       </c>
       <c r="D276" t="s">
         <v>323</v>
       </c>
       <c r="E276" s="2">
         <v>45585</v>
       </c>
       <c r="F276" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G276" s="2">
         <v>45585</v>
       </c>
       <c r="H276" s="1">
         <v>0.625</v>
       </c>
       <c r="I276" t="s">
         <v>414</v>
       </c>
       <c r="J276" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="277" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="277" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A277" s="2">
         <v>45555</v>
       </c>
       <c r="B277" t="s">
         <v>235</v>
       </c>
       <c r="C277" t="s">
         <v>474</v>
       </c>
       <c r="D277" t="s">
         <v>475</v>
       </c>
       <c r="E277" s="2">
         <v>45590</v>
       </c>
       <c r="F277" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G277" s="2">
         <v>45592</v>
       </c>
       <c r="H277" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I277" t="s">
         <v>29</v>
       </c>
       <c r="J277" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="278" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="278" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A278" s="2">
         <v>45555</v>
       </c>
       <c r="B278" t="s">
         <v>235</v>
       </c>
       <c r="C278" t="s">
         <v>474</v>
       </c>
       <c r="D278" t="s">
         <v>475</v>
       </c>
       <c r="E278" s="2">
         <v>45583</v>
       </c>
       <c r="F278" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G278" s="2">
         <v>45585</v>
       </c>
       <c r="H278" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I278" t="s">
         <v>29</v>
       </c>
       <c r="J278" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="279" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="279" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A279" s="2">
         <v>45555</v>
       </c>
       <c r="B279" t="s">
         <v>235</v>
       </c>
       <c r="C279" t="s">
         <v>479</v>
       </c>
       <c r="D279" t="s">
         <v>192</v>
       </c>
       <c r="E279" s="2">
         <v>45238</v>
       </c>
       <c r="F279" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G279" s="2">
         <v>45604</v>
       </c>
       <c r="H279" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I279" t="s">
         <v>29</v>
       </c>
       <c r="J279" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="280" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="280" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A280" s="2">
         <v>45555</v>
       </c>
       <c r="B280" t="s">
         <v>235</v>
       </c>
       <c r="C280" t="s">
         <v>479</v>
       </c>
       <c r="D280" t="s">
         <v>192</v>
       </c>
       <c r="E280" s="2">
         <v>45626</v>
       </c>
       <c r="F280" s="1">
         <v>0.5</v>
       </c>
       <c r="G280" s="2">
         <v>45626</v>
       </c>
       <c r="H280" s="1">
         <v>0.6875</v>
       </c>
       <c r="I280" t="s">
         <v>29</v>
       </c>
       <c r="J280" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="281" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="281" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A281" s="2">
         <v>45555</v>
       </c>
       <c r="B281" t="s">
         <v>196</v>
       </c>
       <c r="C281" t="s">
         <v>296</v>
       </c>
       <c r="D281" t="s">
         <v>480</v>
       </c>
       <c r="E281" s="2">
         <v>45604</v>
       </c>
       <c r="F281" s="1">
         <v>0.6875</v>
       </c>
       <c r="G281" s="2">
         <v>45604</v>
       </c>
       <c r="H281" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I281" t="s">
         <v>22</v>
       </c>
       <c r="J281" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="282" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="282" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A282" s="2">
         <v>45554</v>
       </c>
       <c r="B282" t="s">
         <v>317</v>
       </c>
       <c r="C282" t="s">
         <v>481</v>
       </c>
       <c r="D282" t="s">
         <v>482</v>
       </c>
       <c r="E282" s="2">
         <v>45563</v>
       </c>
       <c r="F282" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G282" s="2">
         <v>45564</v>
       </c>
       <c r="H282" s="1">
         <v>0.125</v>
       </c>
       <c r="I282" t="s">
         <v>22</v>
       </c>
       <c r="J282" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="283" spans="1:10" ht="15.75" x14ac:dyDescent="0.5">
+    <row r="283" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A283" s="2">
         <v>45558</v>
       </c>
       <c r="B283" t="s">
         <v>317</v>
       </c>
       <c r="C283" s="10" t="s">
         <v>483</v>
       </c>
       <c r="D283" s="10" t="s">
         <v>484</v>
       </c>
       <c r="E283" s="2">
         <v>45563</v>
       </c>
       <c r="F283" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G283" s="2">
         <v>45563</v>
       </c>
       <c r="H283" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I283" t="s">
         <v>22</v>
       </c>
       <c r="J283" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="284" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="284" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A284" s="2">
         <v>45558</v>
       </c>
       <c r="B284" t="s">
         <v>235</v>
       </c>
       <c r="C284" t="s">
         <v>220</v>
       </c>
       <c r="D284" t="s">
         <v>221</v>
       </c>
       <c r="E284" s="2">
         <v>45627</v>
       </c>
       <c r="F284" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G284" s="2">
         <v>45627</v>
       </c>
       <c r="H284" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="I284" t="s">
         <v>29</v>
       </c>
       <c r="J284" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="285" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="285" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A285" s="2">
         <v>45558</v>
       </c>
       <c r="B285" t="s">
         <v>235</v>
       </c>
       <c r="C285" t="s">
         <v>485</v>
       </c>
       <c r="D285" t="s">
         <v>486</v>
       </c>
       <c r="E285" s="2">
         <v>45598</v>
       </c>
       <c r="F285" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G285" s="2">
         <v>45598</v>
       </c>
       <c r="H285" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I285" t="s">
         <v>109</v>
       </c>
       <c r="J285" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="286" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="286" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A286" s="2">
         <v>45565</v>
       </c>
       <c r="B286" t="s">
         <v>317</v>
       </c>
       <c r="C286" s="11" t="s">
         <v>487</v>
       </c>
       <c r="D286" t="s">
         <v>488</v>
       </c>
       <c r="E286" s="2">
         <v>45577</v>
       </c>
       <c r="F286" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G286" s="2">
         <v>45608</v>
       </c>
       <c r="H286" s="1">
         <v>0.125</v>
       </c>
       <c r="I286" t="s">
         <v>442</v>
       </c>
       <c r="J286" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="287" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="287" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A287" s="2">
         <v>45566</v>
       </c>
       <c r="B287" t="s">
         <v>317</v>
       </c>
       <c r="C287" s="20" t="s">
         <v>489</v>
       </c>
       <c r="D287" t="s">
         <v>348</v>
       </c>
       <c r="E287" s="2">
         <v>45574</v>
       </c>
       <c r="F287" s="1">
         <v>0.75</v>
       </c>
       <c r="G287" s="2">
         <v>45574</v>
       </c>
       <c r="H287" s="1">
         <v>0.85416666666666663</v>
       </c>
       <c r="I287" t="s">
         <v>22</v>
       </c>
       <c r="J287" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="288" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="288" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A288" s="2">
         <v>45566</v>
       </c>
       <c r="B288" t="s">
         <v>317</v>
       </c>
       <c r="C288" t="s">
         <v>289</v>
       </c>
       <c r="D288" t="s">
         <v>490</v>
       </c>
       <c r="E288" s="2">
         <v>45574</v>
       </c>
       <c r="F288" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="G288" s="2">
         <v>45575</v>
       </c>
       <c r="H288" s="1">
         <v>0.11458333333333333</v>
       </c>
       <c r="I288" t="s">
         <v>491</v>
       </c>
       <c r="J288" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="289" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="289" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A289" s="2">
         <v>45566</v>
       </c>
       <c r="B289" t="s">
         <v>235</v>
       </c>
       <c r="C289" s="20" t="s">
         <v>492</v>
       </c>
       <c r="D289" s="20" t="s">
         <v>493</v>
       </c>
       <c r="E289" s="2">
         <v>45584</v>
       </c>
       <c r="F289" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G289" s="2">
         <v>45584</v>
       </c>
       <c r="H289" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I289" t="s">
         <v>29</v>
       </c>
       <c r="J289" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="290" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="290" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A290" s="2">
         <v>45566</v>
       </c>
       <c r="B290" t="s">
         <v>196</v>
       </c>
       <c r="C290" t="s">
         <v>494</v>
       </c>
       <c r="D290" t="s">
         <v>495</v>
       </c>
       <c r="E290" s="2">
         <v>45597</v>
       </c>
       <c r="F290" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G290" s="2">
         <v>45598</v>
       </c>
       <c r="H290" s="1">
         <v>0.20833333333333334</v>
       </c>
       <c r="I290" t="s">
         <v>442</v>
       </c>
       <c r="J290" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="291" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="291" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A291" s="2">
         <v>45567</v>
       </c>
       <c r="B291" t="s">
         <v>196</v>
       </c>
       <c r="C291" t="s">
         <v>496</v>
       </c>
       <c r="D291" t="s">
         <v>497</v>
       </c>
       <c r="E291" s="2">
         <v>45638</v>
       </c>
       <c r="F291" s="1">
         <v>0.75</v>
       </c>
       <c r="G291" s="2">
         <v>45639</v>
       </c>
       <c r="H291" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I291" t="s">
         <v>22</v>
       </c>
       <c r="J291" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="292" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="292" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A292" s="2">
         <v>45566</v>
       </c>
       <c r="B292" t="s">
         <v>196</v>
       </c>
       <c r="C292" t="s">
         <v>159</v>
       </c>
       <c r="D292" t="s">
         <v>498</v>
       </c>
       <c r="E292" s="2">
         <v>45607</v>
       </c>
       <c r="F292" s="1">
         <v>0.72916666666666663</v>
       </c>
       <c r="G292" s="2">
         <v>45597</v>
       </c>
       <c r="H292" s="1">
         <v>0.85416666666666663</v>
       </c>
       <c r="I292" t="s">
         <v>29</v>
       </c>
       <c r="J292" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="293" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="293" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A293" s="2">
         <v>45568</v>
       </c>
       <c r="B293" t="s">
         <v>316</v>
       </c>
       <c r="C293" t="s">
         <v>499</v>
       </c>
       <c r="D293" t="s">
         <v>329</v>
       </c>
       <c r="E293" s="2">
         <v>45583</v>
       </c>
       <c r="F293" s="1">
         <v>0.72916666666666663</v>
       </c>
       <c r="G293" s="2">
         <v>45583</v>
       </c>
       <c r="H293" s="1">
         <v>0.85416666666666663</v>
       </c>
       <c r="I293" t="s">
         <v>29</v>
       </c>
       <c r="J293" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="294" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="294" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A294" s="2">
         <v>45570</v>
       </c>
       <c r="B294" t="s">
         <v>196</v>
       </c>
       <c r="C294" t="s">
         <v>500</v>
       </c>
       <c r="D294" t="s">
         <v>501</v>
       </c>
       <c r="E294" s="2">
         <v>45588</v>
       </c>
       <c r="F294" s="1">
         <v>0.73958333333333337</v>
       </c>
       <c r="G294" s="2">
         <v>45588</v>
       </c>
       <c r="H294" s="1">
         <v>0.84375</v>
       </c>
       <c r="I294" t="s">
         <v>29</v>
       </c>
       <c r="J294" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="295" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="295" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A295" s="2">
         <v>45569</v>
       </c>
       <c r="B295" t="s">
         <v>196</v>
       </c>
       <c r="C295" t="s">
         <v>502</v>
       </c>
       <c r="D295" t="s">
         <v>53</v>
       </c>
       <c r="E295" s="2">
         <v>45584</v>
       </c>
       <c r="F295" s="1">
         <v>0.64583333333333337</v>
       </c>
       <c r="G295" s="2">
         <v>45584</v>
       </c>
       <c r="H295" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I295" t="s">
         <v>29</v>
       </c>
       <c r="J295" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="296" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="296" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A296" s="2">
         <v>45569</v>
       </c>
       <c r="B296" t="s">
         <v>196</v>
       </c>
       <c r="C296" t="s">
         <v>503</v>
       </c>
       <c r="D296" t="s">
         <v>365</v>
       </c>
       <c r="E296" s="2">
         <v>45631</v>
       </c>
       <c r="F296" s="1">
         <v>0.75</v>
       </c>
       <c r="G296" s="2">
         <v>45631</v>
       </c>
       <c r="H296" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I296" t="s">
         <v>22</v>
       </c>
       <c r="J296" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="297" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="297" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A297" s="2">
         <v>45569</v>
       </c>
       <c r="B297" t="s">
         <v>196</v>
       </c>
       <c r="C297" t="s">
         <v>159</v>
       </c>
       <c r="D297" t="s">
         <v>498</v>
       </c>
       <c r="E297" s="2">
         <v>45612</v>
       </c>
       <c r="F297" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G297" s="2">
         <v>45612</v>
       </c>
       <c r="H297" s="1">
         <v>0.875</v>
       </c>
       <c r="I297" t="s">
         <v>22</v>
       </c>
       <c r="J297" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="298" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="298" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A298" s="2">
         <v>45568</v>
       </c>
       <c r="B298" t="s">
         <v>196</v>
       </c>
       <c r="C298" t="s">
         <v>504</v>
       </c>
       <c r="D298" t="s">
         <v>505</v>
       </c>
       <c r="E298" s="2">
         <v>45640</v>
       </c>
       <c r="F298" s="1">
         <v>0.60416666666666663</v>
       </c>
       <c r="G298" s="2">
         <v>45640</v>
       </c>
       <c r="H298" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I298" t="s">
         <v>29</v>
       </c>
       <c r="J298" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="299" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="299" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A299" s="2">
         <v>45568</v>
       </c>
       <c r="B299" t="s">
         <v>196</v>
       </c>
       <c r="C299" t="s">
         <v>476</v>
       </c>
       <c r="D299" t="s">
         <v>477</v>
       </c>
       <c r="E299" s="2">
         <v>45642</v>
       </c>
       <c r="F299" s="1">
         <v>0.5625</v>
       </c>
       <c r="G299" s="2">
         <v>45642</v>
       </c>
       <c r="H299" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I299" t="s">
         <v>29</v>
       </c>
       <c r="J299" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="300" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="300" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A300" s="2">
         <v>45572</v>
       </c>
       <c r="B300" t="s">
         <v>196</v>
       </c>
       <c r="C300" t="s">
         <v>330</v>
       </c>
       <c r="D300" t="s">
         <v>385</v>
       </c>
       <c r="E300" s="2">
         <v>45590</v>
       </c>
       <c r="F300" s="1">
         <v>0.64583333333333337</v>
       </c>
       <c r="G300" s="2">
         <v>45590</v>
       </c>
       <c r="H300" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I300" t="s">
         <v>216</v>
       </c>
       <c r="J300" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="301" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="301" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A301" s="2">
         <v>45573</v>
       </c>
       <c r="B301" t="s">
         <v>196</v>
       </c>
       <c r="C301" t="s">
         <v>506</v>
       </c>
       <c r="D301" t="s">
         <v>507</v>
       </c>
       <c r="E301" s="2">
         <v>45627</v>
       </c>
       <c r="F301" s="1">
         <v>0.5</v>
       </c>
       <c r="G301" s="2">
         <v>45627</v>
       </c>
       <c r="H301" s="1">
         <v>0.75</v>
       </c>
       <c r="I301" t="s">
         <v>41</v>
       </c>
       <c r="J301" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="302" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="302" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A302" s="2">
         <v>45572</v>
       </c>
       <c r="B302" t="s">
         <v>196</v>
       </c>
       <c r="C302" t="s">
         <v>508</v>
       </c>
       <c r="D302" t="s">
         <v>509</v>
       </c>
       <c r="E302" s="2">
         <v>45603</v>
       </c>
       <c r="F302" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G302" s="2">
         <v>45603</v>
       </c>
       <c r="H302" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I302" t="s">
         <v>29</v>
       </c>
       <c r="J302" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="303" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="303" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A303" s="2">
         <v>45572</v>
       </c>
       <c r="B303" t="s">
         <v>196</v>
       </c>
       <c r="C303" t="s">
         <v>510</v>
       </c>
       <c r="D303" t="s">
         <v>511</v>
       </c>
       <c r="E303" s="2">
         <v>45598</v>
       </c>
       <c r="F303" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G303" s="2">
         <v>45598</v>
       </c>
       <c r="H303" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I303" t="s">
         <v>22</v>
       </c>
       <c r="J303" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="304" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="304" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A304" s="2">
         <v>45572</v>
       </c>
       <c r="B304" t="s">
         <v>196</v>
       </c>
       <c r="C304" t="s">
         <v>132</v>
       </c>
       <c r="D304" t="s">
         <v>512</v>
       </c>
       <c r="E304" s="2">
         <v>45267</v>
       </c>
       <c r="F304" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G304" s="2">
         <v>45267</v>
       </c>
       <c r="H304" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I304" t="s">
         <v>513</v>
       </c>
       <c r="J304" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="305" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="305" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A305" s="2">
         <v>45574</v>
       </c>
       <c r="B305" t="s">
         <v>196</v>
       </c>
       <c r="C305" t="s">
         <v>10</v>
       </c>
       <c r="D305" t="s">
         <v>514</v>
       </c>
       <c r="E305" s="2">
         <v>45623</v>
       </c>
       <c r="F305" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G305" s="2">
         <v>45625</v>
       </c>
       <c r="H305" s="1">
         <v>0.9375</v>
       </c>
       <c r="I305" t="s">
         <v>29</v>
       </c>
       <c r="J305" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="306" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="306" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A306" s="2">
         <v>45575</v>
       </c>
       <c r="B306" t="s">
         <v>211</v>
       </c>
       <c r="C306" t="s">
         <v>298</v>
       </c>
       <c r="D306" t="s">
         <v>515</v>
       </c>
       <c r="E306" s="2">
         <v>45592</v>
       </c>
       <c r="F306" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G306" s="2">
         <v>45592</v>
       </c>
       <c r="H306" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I306" t="s">
         <v>22</v>
       </c>
       <c r="J306" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="307" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="307" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A307" s="2">
         <v>45575</v>
       </c>
       <c r="B307" t="s">
         <v>196</v>
       </c>
       <c r="C307" t="s">
         <v>516</v>
       </c>
       <c r="D307" t="s">
         <v>517</v>
       </c>
       <c r="E307" s="2">
         <v>45597</v>
       </c>
       <c r="F307" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G307" s="2">
         <v>45598</v>
       </c>
       <c r="H307" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I307" t="s">
         <v>518</v>
       </c>
       <c r="J307" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="308" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="308" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A308" s="2">
         <v>45575</v>
       </c>
       <c r="B308" t="s">
         <v>317</v>
       </c>
       <c r="C308" t="s">
         <v>519</v>
       </c>
       <c r="D308" t="s">
         <v>520</v>
       </c>
       <c r="E308" s="2">
         <v>45583</v>
       </c>
       <c r="F308" s="1">
         <v>0.71875</v>
       </c>
       <c r="G308" s="2">
         <v>45583</v>
       </c>
       <c r="H308" s="1">
         <v>0.80208333333333337</v>
       </c>
       <c r="I308" t="s">
         <v>29</v>
       </c>
       <c r="J308" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="309" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="309" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A309" s="2">
         <v>45575</v>
       </c>
       <c r="B309" t="s">
         <v>196</v>
       </c>
       <c r="C309" t="s">
         <v>521</v>
       </c>
       <c r="D309" t="s">
         <v>522</v>
       </c>
       <c r="E309" s="2">
         <v>45590</v>
       </c>
       <c r="F309" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G309" s="2">
         <v>45590</v>
       </c>
       <c r="H309" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I309" t="s">
         <v>29</v>
       </c>
       <c r="J309" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="310" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="310" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A310" s="2">
         <v>45576</v>
       </c>
       <c r="B310" t="s">
         <v>196</v>
       </c>
       <c r="C310" t="s">
         <v>218</v>
       </c>
       <c r="D310" t="s">
         <v>523</v>
       </c>
       <c r="E310" s="2">
         <v>45591</v>
       </c>
       <c r="F310" s="1">
         <v>0</v>
       </c>
       <c r="G310" s="2">
         <v>45592</v>
       </c>
       <c r="H310" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I310" t="s">
         <v>22</v>
       </c>
       <c r="J310" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="311" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="311" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A311" s="2">
         <v>45578</v>
       </c>
       <c r="B311" t="s">
         <v>235</v>
       </c>
       <c r="C311" t="s">
         <v>524</v>
       </c>
       <c r="D311" t="s">
         <v>525</v>
       </c>
       <c r="E311" s="2">
         <v>45589</v>
       </c>
       <c r="F311" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G311" s="2">
         <v>45589</v>
       </c>
       <c r="H311" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I311" t="s">
         <v>47</v>
       </c>
       <c r="J311" t="s">
         <v>526</v>
       </c>
     </row>
-    <row r="312" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="312" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A312" s="2">
         <v>45579</v>
       </c>
       <c r="B312" t="s">
         <v>196</v>
       </c>
       <c r="C312" t="s">
         <v>527</v>
       </c>
       <c r="D312" t="s">
         <v>528</v>
       </c>
       <c r="E312" s="2">
         <v>45591</v>
       </c>
       <c r="F312" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G312" s="2">
         <v>45592</v>
       </c>
       <c r="H312" s="1">
         <v>0.125</v>
       </c>
       <c r="I312" t="s">
         <v>22</v>
       </c>
       <c r="J312" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="313" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="313" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A313" s="2">
         <v>45580</v>
       </c>
       <c r="B313" t="s">
         <v>196</v>
       </c>
       <c r="C313" t="s">
         <v>529</v>
       </c>
       <c r="D313" t="s">
         <v>530</v>
       </c>
       <c r="E313" s="2">
         <v>45618</v>
       </c>
       <c r="F313" s="1">
         <v>0.8125</v>
       </c>
       <c r="G313" s="2">
         <v>45618</v>
       </c>
       <c r="H313" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I313" t="s">
         <v>216</v>
       </c>
       <c r="J313" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="314" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="314" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A314" s="2">
         <v>45579</v>
       </c>
       <c r="B314" t="s">
         <v>196</v>
       </c>
       <c r="C314" t="s">
         <v>500</v>
       </c>
       <c r="D314" t="s">
         <v>501</v>
       </c>
       <c r="E314" s="2">
         <v>45595</v>
       </c>
       <c r="F314" s="1">
         <v>0.73958333333333337</v>
       </c>
       <c r="G314" s="2">
         <v>45595</v>
       </c>
       <c r="H314" s="1">
         <v>0.84375</v>
       </c>
       <c r="I314" t="s">
         <v>216</v>
       </c>
       <c r="J314" t="s">
         <v>526</v>
       </c>
     </row>
-    <row r="315" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="315" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A315" s="2">
         <v>45581</v>
       </c>
       <c r="B315" t="s">
         <v>196</v>
       </c>
       <c r="C315" t="s">
         <v>531</v>
       </c>
       <c r="D315" t="s">
         <v>182</v>
       </c>
       <c r="E315" s="2">
         <v>45626</v>
       </c>
       <c r="F315" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G315" s="2">
         <v>45627</v>
       </c>
       <c r="H315" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I315" t="s">
         <v>41</v>
       </c>
       <c r="J315" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="316" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="316" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A316" s="2">
         <v>45581</v>
       </c>
       <c r="B316" t="s">
         <v>317</v>
       </c>
       <c r="C316" t="s">
         <v>481</v>
       </c>
       <c r="D316" t="s">
         <v>482</v>
       </c>
       <c r="E316" s="2">
         <v>45591</v>
       </c>
       <c r="F316" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G316" s="2">
         <v>45592</v>
       </c>
       <c r="H316" s="1">
         <v>0.125</v>
       </c>
       <c r="I316" t="s">
         <v>533</v>
       </c>
       <c r="J316" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="317" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="317" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A317" s="2">
         <v>45581</v>
       </c>
       <c r="B317" t="s">
         <v>196</v>
       </c>
       <c r="C317" t="s">
         <v>481</v>
       </c>
       <c r="D317" t="s">
         <v>482</v>
       </c>
       <c r="E317" s="2">
         <v>45598</v>
       </c>
       <c r="F317" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G317" s="2">
         <v>45599</v>
       </c>
       <c r="H317" s="1">
         <v>0.125</v>
       </c>
       <c r="I317" t="s">
         <v>533</v>
       </c>
       <c r="J317" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="318" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="318" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A318" s="2">
         <v>45581</v>
       </c>
       <c r="B318" t="s">
         <v>317</v>
       </c>
       <c r="C318" t="s">
         <v>129</v>
       </c>
       <c r="D318" t="s">
         <v>443</v>
       </c>
       <c r="E318" s="2">
         <v>45591</v>
       </c>
       <c r="F318" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G318" s="2">
         <v>45592</v>
       </c>
       <c r="H318" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I318" t="s">
         <v>442</v>
       </c>
       <c r="J318" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="319" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="319" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A319" s="2">
         <v>45581</v>
       </c>
       <c r="B319" t="s">
         <v>196</v>
       </c>
       <c r="C319" t="s">
         <v>129</v>
       </c>
       <c r="D319" t="s">
         <v>443</v>
       </c>
       <c r="E319" s="2">
         <v>45597</v>
       </c>
       <c r="F319" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G319" s="2">
         <v>45599</v>
       </c>
       <c r="H319" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I319" t="s">
         <v>442</v>
       </c>
       <c r="J319" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="320" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="320" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A320" s="2">
         <v>45581</v>
       </c>
       <c r="B320" t="s">
         <v>196</v>
       </c>
       <c r="C320" t="s">
         <v>133</v>
       </c>
       <c r="D320" t="s">
         <v>134</v>
       </c>
       <c r="E320" s="2">
         <v>45590</v>
       </c>
       <c r="F320" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G320" s="2">
         <v>45592</v>
       </c>
       <c r="H320" s="1">
         <v>0.10416666666666667</v>
       </c>
       <c r="I320" t="s">
         <v>16</v>
       </c>
       <c r="J320" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="321" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="321" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A321" s="2">
         <v>45581</v>
       </c>
       <c r="B321" t="s">
         <v>196</v>
       </c>
       <c r="C321" t="s">
         <v>534</v>
       </c>
       <c r="D321" t="s">
         <v>399</v>
       </c>
       <c r="E321" s="2">
         <v>45620</v>
       </c>
       <c r="F321" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G321" s="2">
         <v>45620</v>
       </c>
       <c r="H321" s="1">
         <v>0.75</v>
       </c>
       <c r="I321" t="s">
         <v>29</v>
       </c>
       <c r="J321" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="322" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="322" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A322" s="2">
         <v>45581</v>
       </c>
       <c r="B322" t="s">
         <v>196</v>
       </c>
       <c r="C322" t="s">
         <v>535</v>
       </c>
       <c r="D322" t="s">
         <v>536</v>
       </c>
       <c r="E322" s="2">
         <v>45650</v>
       </c>
       <c r="F322" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G322" s="2">
         <v>45651</v>
       </c>
       <c r="H322" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I322" t="s">
         <v>178</v>
       </c>
       <c r="J322" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="323" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="323" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A323" s="2">
         <v>45581</v>
       </c>
       <c r="B323" t="s">
         <v>196</v>
       </c>
       <c r="C323" t="s">
         <v>535</v>
       </c>
       <c r="D323" t="s">
         <v>536</v>
       </c>
       <c r="E323" s="2">
         <v>45657</v>
       </c>
       <c r="F323" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G323" s="2">
         <v>45658</v>
       </c>
       <c r="H323" s="1">
         <v>0.125</v>
       </c>
       <c r="I323" t="s">
         <v>178</v>
       </c>
       <c r="J323" t="s">
         <v>526</v>
       </c>
     </row>
-    <row r="324" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="324" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A324" s="2">
         <v>45581</v>
       </c>
       <c r="B324" t="s">
         <v>196</v>
       </c>
       <c r="C324" t="s">
         <v>230</v>
       </c>
       <c r="D324" t="s">
         <v>400</v>
       </c>
       <c r="E324" s="2">
         <v>45633</v>
       </c>
       <c r="F324" s="1">
         <v>0.5</v>
       </c>
       <c r="G324" s="2">
         <v>45633</v>
       </c>
       <c r="H324" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I324" t="s">
         <v>22</v>
       </c>
       <c r="J324" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="325" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="325" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A325" s="2">
         <v>45581</v>
       </c>
       <c r="B325" t="s">
         <v>193</v>
       </c>
       <c r="C325" t="s">
         <v>230</v>
       </c>
       <c r="D325" t="s">
         <v>400</v>
       </c>
       <c r="E325" s="2">
         <v>45590</v>
       </c>
       <c r="F325" s="1">
         <v>0.625</v>
       </c>
       <c r="G325" s="2">
         <v>45590</v>
       </c>
       <c r="H325" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I325" t="s">
         <v>22</v>
       </c>
       <c r="J325" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="326" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="326" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A326" s="2">
         <v>45581</v>
       </c>
       <c r="B326" t="s">
         <v>196</v>
       </c>
       <c r="C326" t="s">
         <v>230</v>
       </c>
       <c r="D326" t="s">
         <v>400</v>
       </c>
       <c r="E326" s="2">
         <v>45633</v>
       </c>
       <c r="F326" s="1">
         <v>0.5</v>
       </c>
       <c r="G326" s="2">
         <v>45633</v>
       </c>
       <c r="H326" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I326" t="s">
         <v>22</v>
       </c>
       <c r="J326" t="s">
         <v>526</v>
       </c>
     </row>
-    <row r="327" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="327" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A327" s="2">
         <v>45582</v>
       </c>
       <c r="B327" t="s">
         <v>193</v>
       </c>
       <c r="C327" t="s">
         <v>537</v>
       </c>
       <c r="D327" t="s">
         <v>538</v>
       </c>
       <c r="E327" s="2">
         <v>45590</v>
       </c>
       <c r="F327" s="1">
         <v>0.75</v>
       </c>
       <c r="G327" s="2">
         <v>45590</v>
       </c>
       <c r="H327" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I327" t="s">
         <v>22</v>
       </c>
       <c r="J327" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="328" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="328" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A328" s="2">
         <v>45583</v>
       </c>
       <c r="B328" t="s">
         <v>196</v>
       </c>
       <c r="C328" t="s">
         <v>539</v>
       </c>
       <c r="D328" t="s">
         <v>540</v>
       </c>
       <c r="E328" s="2">
         <v>45603</v>
       </c>
       <c r="F328" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G328" s="2">
         <v>45603</v>
       </c>
       <c r="H328" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="I328" t="s">
         <v>22</v>
       </c>
       <c r="J328" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="329" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="329" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A329" s="2">
         <v>45584</v>
       </c>
       <c r="B329" t="s">
         <v>196</v>
       </c>
       <c r="C329" t="s">
         <v>159</v>
       </c>
       <c r="D329" t="s">
         <v>348</v>
       </c>
       <c r="E329" s="2">
         <v>45603</v>
       </c>
       <c r="F329" s="1">
         <v>0.75</v>
       </c>
       <c r="G329" s="2">
         <v>45603</v>
       </c>
       <c r="H329" s="1">
         <v>0.85416666666666663</v>
       </c>
       <c r="I329" t="s">
         <v>22</v>
       </c>
       <c r="J329" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="330" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="330" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A330" s="2">
         <v>45586</v>
       </c>
       <c r="B330" t="s">
         <v>196</v>
       </c>
       <c r="C330" t="s">
         <v>541</v>
       </c>
       <c r="D330" t="s">
         <v>542</v>
       </c>
       <c r="E330" s="2">
         <v>45647</v>
       </c>
       <c r="F330" s="1">
         <v>0.29166666666666669</v>
       </c>
       <c r="G330" s="2">
         <v>45650</v>
       </c>
       <c r="H330" s="1">
         <v>0.33333333333333331</v>
       </c>
       <c r="I330" t="s">
         <v>146</v>
       </c>
       <c r="J330" t="s">
         <v>526</v>
       </c>
     </row>
-    <row r="331" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="331" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A331" s="2">
         <v>45585</v>
       </c>
       <c r="B331" t="s">
         <v>196</v>
       </c>
       <c r="C331" t="s">
         <v>118</v>
       </c>
       <c r="D331" t="s">
         <v>333</v>
       </c>
       <c r="E331" s="2">
         <v>45619</v>
       </c>
       <c r="F331" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G331" s="2">
         <v>45619</v>
       </c>
       <c r="H331" s="1">
         <v>0</v>
       </c>
       <c r="I331" t="s">
         <v>543</v>
       </c>
       <c r="J331" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="332" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="332" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A332" s="2">
         <v>45585</v>
       </c>
       <c r="B332" t="s">
         <v>196</v>
       </c>
       <c r="C332" s="11" t="s">
         <v>487</v>
       </c>
       <c r="D332" t="s">
         <v>488</v>
       </c>
       <c r="E332" s="2">
         <v>45598</v>
       </c>
       <c r="F332" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G332" s="2">
         <v>45599</v>
       </c>
       <c r="H332" s="1">
         <v>0.10416666666666667</v>
       </c>
       <c r="I332" t="s">
         <v>458</v>
       </c>
       <c r="J332" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="333" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="333" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A333" s="2">
         <v>45586</v>
       </c>
       <c r="B333" t="s">
         <v>196</v>
       </c>
       <c r="C333" s="11" t="s">
         <v>544</v>
       </c>
       <c r="D333" t="s">
         <v>545</v>
       </c>
       <c r="E333" s="2">
         <v>45605</v>
       </c>
       <c r="F333" s="1">
         <v>0.75</v>
       </c>
       <c r="G333" s="2">
         <v>45606</v>
       </c>
       <c r="H333" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I333" t="s">
         <v>22</v>
       </c>
       <c r="J333" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="334" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="334" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A334" s="2">
         <v>45586</v>
       </c>
       <c r="B334" t="s">
         <v>196</v>
       </c>
       <c r="C334" s="11" t="s">
         <v>546</v>
       </c>
       <c r="D334" t="s">
         <v>545</v>
       </c>
       <c r="E334" s="2">
         <v>45619</v>
       </c>
       <c r="F334" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G334" s="2">
         <v>45620</v>
       </c>
       <c r="H334" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I334" t="s">
         <v>22</v>
       </c>
       <c r="J334" t="s">
         <v>526</v>
       </c>
     </row>
-    <row r="335" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="335" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A335" s="2">
         <v>45586</v>
       </c>
       <c r="B335" t="s">
         <v>193</v>
       </c>
       <c r="C335" t="s">
         <v>547</v>
       </c>
       <c r="D335" t="s">
         <v>548</v>
       </c>
       <c r="E335" s="2">
         <v>45598</v>
       </c>
       <c r="F335" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G335" s="2">
         <v>45599</v>
       </c>
       <c r="H335" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I335" t="s">
         <v>458</v>
       </c>
       <c r="J335" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="336" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="336" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A336" s="2">
         <v>45589</v>
       </c>
       <c r="B336" t="s">
         <v>196</v>
       </c>
       <c r="C336" t="s">
         <v>534</v>
       </c>
       <c r="D336" t="s">
         <v>399</v>
       </c>
       <c r="E336" s="2">
         <v>45626</v>
       </c>
       <c r="F336" s="1">
         <v>0.75</v>
       </c>
       <c r="G336" s="2">
         <v>45626</v>
       </c>
       <c r="H336" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I336" t="s">
         <v>47</v>
       </c>
       <c r="J336" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="337" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="337" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A337" s="2">
         <v>45589</v>
       </c>
       <c r="B337" t="s">
         <v>196</v>
       </c>
       <c r="C337" t="s">
         <v>111</v>
       </c>
       <c r="D337" t="s">
         <v>112</v>
       </c>
       <c r="E337" s="2">
         <v>45636</v>
       </c>
       <c r="F337" s="1">
         <v>0.625</v>
       </c>
       <c r="G337" s="2">
         <v>45640</v>
       </c>
       <c r="H337" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I337" t="s">
         <v>549</v>
       </c>
       <c r="J337" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="338" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="338" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A338" s="2">
         <v>45590</v>
       </c>
       <c r="B338" t="s">
         <v>196</v>
       </c>
       <c r="C338" t="s">
         <v>93</v>
       </c>
       <c r="D338" t="s">
         <v>550</v>
       </c>
       <c r="E338" s="2">
         <v>45622</v>
       </c>
       <c r="F338" s="1">
         <v>0.75</v>
       </c>
       <c r="G338" s="2">
         <v>45622</v>
       </c>
       <c r="H338" s="1">
         <v>0.89583333333333337</v>
       </c>
       <c r="I338" t="s">
         <v>47</v>
       </c>
       <c r="J338" t="s">
         <v>526</v>
       </c>
     </row>
-    <row r="339" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="339" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A339" s="2">
         <v>45590</v>
       </c>
       <c r="B339" t="s">
         <v>196</v>
       </c>
       <c r="C339" t="s">
         <v>159</v>
       </c>
       <c r="D339" t="s">
         <v>348</v>
       </c>
       <c r="E339" s="2">
         <v>45633</v>
       </c>
       <c r="F339" s="1">
         <v>0.54166666666666663</v>
       </c>
       <c r="G339" s="2">
         <v>45633</v>
       </c>
       <c r="H339" s="1">
         <v>0.75</v>
       </c>
       <c r="I339" t="s">
         <v>29</v>
       </c>
       <c r="J339" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="340" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="340" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A340" s="2">
         <v>45595</v>
       </c>
       <c r="B340" t="s">
         <v>196</v>
       </c>
       <c r="C340" t="s">
         <v>551</v>
       </c>
       <c r="D340" t="s">
         <v>552</v>
       </c>
       <c r="E340" s="2">
         <v>45626</v>
       </c>
       <c r="F340" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G340" s="2">
         <v>45626</v>
       </c>
       <c r="H340" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I340" t="s">
         <v>29</v>
       </c>
       <c r="J340" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="341" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="341" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A341" s="2">
         <v>45594</v>
       </c>
       <c r="B341" t="s">
         <v>196</v>
       </c>
       <c r="C341" t="s">
         <v>553</v>
       </c>
       <c r="D341" t="s">
         <v>554</v>
       </c>
       <c r="E341" s="2">
         <v>45646</v>
       </c>
       <c r="F341" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="G341" s="2">
         <v>45646</v>
       </c>
       <c r="H341" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I341" t="s">
         <v>414</v>
       </c>
       <c r="J341" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="342" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="342" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A342" s="2">
         <v>45594</v>
       </c>
       <c r="B342" t="s">
         <v>196</v>
       </c>
       <c r="C342" t="s">
         <v>553</v>
       </c>
       <c r="D342" t="s">
         <v>554</v>
       </c>
       <c r="E342" s="2">
         <v>45649</v>
       </c>
       <c r="F342" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="G342" s="2">
         <v>45650</v>
       </c>
       <c r="H342" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I342" t="s">
         <v>414</v>
       </c>
       <c r="J342" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="343" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="343" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A343" s="2">
         <v>45594</v>
       </c>
       <c r="B343" t="s">
         <v>196</v>
       </c>
       <c r="C343" t="s">
         <v>553</v>
       </c>
       <c r="D343" t="s">
         <v>554</v>
       </c>
       <c r="E343" s="2">
         <v>45656</v>
       </c>
       <c r="F343" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="G343" s="2">
         <v>45657</v>
       </c>
       <c r="H343" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I343" t="s">
         <v>414</v>
       </c>
       <c r="J343" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="344" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="344" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A344" s="2">
         <v>45594</v>
       </c>
       <c r="B344" t="s">
         <v>235</v>
       </c>
       <c r="C344" t="s">
         <v>39</v>
       </c>
       <c r="D344" t="s">
         <v>323</v>
       </c>
       <c r="E344" s="2">
         <v>45613</v>
       </c>
       <c r="F344" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G344" s="2">
         <v>45613</v>
       </c>
       <c r="H344" s="1">
         <v>0.625</v>
       </c>
       <c r="I344" t="s">
         <v>435</v>
       </c>
       <c r="J344" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="345" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="345" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A345" s="2">
         <v>45593</v>
       </c>
       <c r="B345" t="s">
         <v>235</v>
       </c>
       <c r="C345" t="s">
         <v>555</v>
       </c>
       <c r="D345" t="s">
         <v>556</v>
       </c>
       <c r="E345" s="2">
         <v>45640</v>
       </c>
       <c r="F345" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G345" s="2">
         <v>45641</v>
       </c>
       <c r="H345" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I345" t="s">
         <v>458</v>
       </c>
       <c r="J345" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="346" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="346" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A346" s="2">
         <v>45594</v>
       </c>
       <c r="B346" t="s">
         <v>235</v>
       </c>
       <c r="C346" t="s">
         <v>557</v>
       </c>
       <c r="D346" t="s">
         <v>558</v>
       </c>
       <c r="E346" s="2">
         <v>45644</v>
       </c>
       <c r="F346" s="1">
         <v>0.25</v>
       </c>
       <c r="G346" s="2">
         <v>45650</v>
       </c>
       <c r="H346" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I346" t="s">
         <v>380</v>
       </c>
       <c r="J346" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="347" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="347" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A347" s="2">
         <v>45594</v>
       </c>
       <c r="B347" t="s">
         <v>193</v>
       </c>
       <c r="C347" t="s">
         <v>559</v>
       </c>
       <c r="D347" t="s">
         <v>560</v>
       </c>
       <c r="E347" s="2">
         <v>45604</v>
       </c>
       <c r="F347" s="1">
         <v>0.75</v>
       </c>
       <c r="G347" s="2">
         <v>45604</v>
       </c>
       <c r="H347" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I347" t="s">
         <v>29</v>
       </c>
       <c r="J347" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="348" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="348" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A348" s="2">
         <v>45594</v>
       </c>
       <c r="B348" t="s">
         <v>193</v>
       </c>
       <c r="C348" t="s">
         <v>561</v>
       </c>
       <c r="D348" t="s">
         <v>562</v>
       </c>
       <c r="E348" s="2">
         <v>45603</v>
       </c>
       <c r="F348" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G348" s="2">
         <v>45603</v>
       </c>
       <c r="H348" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="I348" t="s">
         <v>549</v>
       </c>
       <c r="J348" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="349" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="349" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A349" s="2">
         <v>45595</v>
       </c>
       <c r="B349" t="s">
         <v>193</v>
       </c>
       <c r="C349" t="s">
         <v>563</v>
       </c>
       <c r="D349" t="s">
         <v>564</v>
       </c>
       <c r="E349" s="2">
         <v>45603</v>
       </c>
       <c r="F349" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G349" s="2">
         <v>45604</v>
       </c>
       <c r="H349" s="1">
         <v>6.25E-2</v>
       </c>
       <c r="I349" t="s">
         <v>549</v>
       </c>
       <c r="J349" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="350" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="350" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A350" s="2">
         <v>45595</v>
       </c>
       <c r="B350" t="s">
         <v>193</v>
       </c>
       <c r="C350" t="s">
         <v>561</v>
       </c>
       <c r="D350" t="s">
         <v>562</v>
       </c>
       <c r="E350" s="2">
         <v>45605</v>
       </c>
       <c r="F350" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G350" s="2">
         <v>45605</v>
       </c>
       <c r="H350" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="I350" t="s">
         <v>549</v>
       </c>
       <c r="J350" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="351" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="351" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A351" s="2">
         <v>45595</v>
       </c>
       <c r="B351" t="s">
         <v>235</v>
       </c>
       <c r="C351" t="s">
         <v>565</v>
       </c>
       <c r="D351" t="s">
         <v>566</v>
       </c>
       <c r="E351" s="2">
         <v>45619</v>
       </c>
       <c r="F351" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G351" s="2">
         <v>45619</v>
       </c>
       <c r="H351" s="1">
         <v>0.85416666666666663</v>
       </c>
       <c r="I351" t="s">
         <v>109</v>
       </c>
       <c r="J351" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="352" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="352" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A352" s="2">
         <v>45595</v>
       </c>
       <c r="B352" t="s">
         <v>235</v>
       </c>
       <c r="C352" t="s">
         <v>535</v>
       </c>
       <c r="D352" t="s">
         <v>567</v>
       </c>
       <c r="E352" s="2">
         <v>45648</v>
       </c>
       <c r="F352" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G352" s="2">
         <v>45648</v>
       </c>
       <c r="H352" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I352" t="s">
         <v>435</v>
       </c>
       <c r="J352" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="353" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="353" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A353" s="2">
         <v>45595</v>
       </c>
       <c r="B353" t="s">
         <v>235</v>
       </c>
       <c r="C353" t="s">
         <v>535</v>
       </c>
       <c r="D353" t="s">
         <v>567</v>
       </c>
       <c r="E353" s="2">
         <v>45655</v>
       </c>
       <c r="F353" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G353" s="2">
         <v>45655</v>
       </c>
       <c r="H353" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I353" t="s">
         <v>435</v>
       </c>
       <c r="J353" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="354" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="354" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A354" s="2">
         <v>45597</v>
       </c>
       <c r="B354" t="s">
         <v>196</v>
       </c>
       <c r="C354" t="s">
         <v>568</v>
       </c>
       <c r="D354" t="s">
         <v>569</v>
       </c>
       <c r="E354" s="2">
         <v>45615</v>
       </c>
       <c r="F354" s="1">
         <v>0.6875</v>
       </c>
       <c r="G354" s="2">
         <v>45615</v>
       </c>
       <c r="H354" s="1">
         <v>0.72916666666666663</v>
       </c>
       <c r="I354" t="s">
         <v>109</v>
       </c>
       <c r="J354" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="355" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="355" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A355" s="2">
         <v>45597</v>
       </c>
       <c r="B355" t="s">
         <v>196</v>
       </c>
       <c r="C355" t="s">
         <v>570</v>
       </c>
       <c r="D355" t="s">
         <v>571</v>
       </c>
       <c r="E355" s="2">
         <v>45618</v>
       </c>
       <c r="F355" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G355" s="2">
         <v>45619</v>
       </c>
       <c r="H355" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I355" t="s">
         <v>187</v>
       </c>
       <c r="J355" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="356" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="356" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A356" s="2">
         <v>45597</v>
       </c>
       <c r="B356" t="s">
         <v>196</v>
       </c>
       <c r="C356" t="s">
         <v>572</v>
       </c>
       <c r="D356" t="s">
         <v>573</v>
       </c>
       <c r="E356" s="2">
         <v>45657</v>
       </c>
       <c r="F356" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G356" s="2">
         <v>45658</v>
       </c>
       <c r="H356" s="1">
         <v>0.16666666666666666</v>
       </c>
       <c r="I356" t="s">
         <v>22</v>
       </c>
       <c r="J356" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="357" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="357" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A357" s="2">
         <v>45600</v>
       </c>
       <c r="B357" t="s">
         <v>211</v>
       </c>
       <c r="C357" t="s">
         <v>574</v>
       </c>
       <c r="D357" t="s">
         <v>575</v>
       </c>
       <c r="E357" s="2">
         <v>45616</v>
       </c>
       <c r="F357" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G357" s="2">
         <v>45616</v>
       </c>
       <c r="H357" s="1">
         <v>0.625</v>
       </c>
       <c r="I357" t="s">
         <v>576</v>
       </c>
       <c r="J357" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="358" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="358" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A358" s="2">
         <v>45600</v>
       </c>
       <c r="B358" t="s">
         <v>235</v>
       </c>
       <c r="C358" t="s">
         <v>577</v>
       </c>
       <c r="D358" t="s">
         <v>578</v>
       </c>
       <c r="E358" s="2">
         <v>45619</v>
       </c>
       <c r="F358" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G358" s="2">
         <v>45619</v>
       </c>
       <c r="H358" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I358" t="s">
         <v>579</v>
       </c>
       <c r="J358" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="359" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="359" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A359" s="2">
         <v>45602</v>
       </c>
       <c r="B359" t="s">
         <v>235</v>
       </c>
       <c r="C359" t="s">
         <v>580</v>
       </c>
       <c r="D359" t="s">
         <v>145</v>
       </c>
       <c r="E359" s="2">
         <v>52219</v>
       </c>
       <c r="F359" s="1">
         <v>0.29166666666666669</v>
       </c>
       <c r="G359" s="2">
         <v>45650</v>
       </c>
       <c r="H359" s="1">
         <v>0.33333333333333331</v>
       </c>
       <c r="I359" t="s">
         <v>380</v>
       </c>
       <c r="J359" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="360" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="360" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A360" s="2">
         <v>45603</v>
       </c>
       <c r="B360" t="s">
         <v>235</v>
       </c>
       <c r="C360" t="s">
         <v>581</v>
       </c>
       <c r="D360" t="s">
         <v>582</v>
       </c>
       <c r="E360" s="2">
         <v>45640</v>
       </c>
       <c r="F360" s="1">
         <v>0.60416666666666663</v>
       </c>
       <c r="G360" s="2">
         <v>45640</v>
       </c>
       <c r="H360" s="1">
         <v>0.625</v>
       </c>
       <c r="I360" t="s">
         <v>22</v>
       </c>
       <c r="J360" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="361" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="361" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A361" s="2">
         <v>45603</v>
       </c>
       <c r="B361" t="s">
         <v>235</v>
       </c>
       <c r="C361" t="s">
         <v>330</v>
       </c>
       <c r="D361" t="s">
         <v>331</v>
       </c>
       <c r="E361" s="2">
         <v>45639</v>
       </c>
       <c r="F361" s="1">
         <v>0.625</v>
       </c>
       <c r="G361" s="2">
         <v>45639</v>
       </c>
       <c r="H361" s="1">
         <v>0.75</v>
       </c>
       <c r="I361" t="s">
         <v>29</v>
       </c>
       <c r="J361" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="362" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="362" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A362" s="2">
         <v>45603</v>
       </c>
       <c r="B362" t="s">
         <v>316</v>
       </c>
       <c r="C362" t="s">
         <v>583</v>
       </c>
       <c r="D362" t="s">
         <v>584</v>
       </c>
       <c r="E362" s="2">
         <v>45620</v>
       </c>
       <c r="F362" s="1">
         <v>0.375</v>
       </c>
       <c r="G362" s="2">
         <v>45620</v>
       </c>
       <c r="H362" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I362" t="s">
         <v>41</v>
       </c>
       <c r="J362" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="363" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="363" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A363" s="2">
         <v>45603</v>
       </c>
       <c r="B363" t="s">
         <v>316</v>
       </c>
       <c r="C363" t="s">
         <v>585</v>
       </c>
       <c r="D363" t="s">
         <v>384</v>
       </c>
       <c r="E363" s="2">
         <v>45618</v>
       </c>
       <c r="F363" s="1">
         <v>0.625</v>
       </c>
       <c r="G363" s="2">
         <v>45618</v>
       </c>
       <c r="H363" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I363" t="s">
         <v>29</v>
       </c>
       <c r="J363" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="364" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="364" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A364" s="2">
         <v>45604</v>
       </c>
       <c r="B364" t="s">
         <v>235</v>
       </c>
       <c r="C364" t="s">
         <v>403</v>
       </c>
       <c r="D364" t="s">
         <v>523</v>
       </c>
       <c r="E364" s="2">
         <v>45619</v>
       </c>
       <c r="F364" s="1">
         <v>0</v>
       </c>
       <c r="G364" s="2">
         <v>45620</v>
       </c>
       <c r="H364" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I364" t="s">
         <v>586</v>
       </c>
       <c r="J364" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="365" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="365" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A365" s="2">
         <v>45605</v>
       </c>
       <c r="B365" t="s">
         <v>235</v>
       </c>
       <c r="C365" t="s">
         <v>587</v>
       </c>
       <c r="D365" t="s">
         <v>493</v>
       </c>
       <c r="E365" s="2">
         <v>45619</v>
       </c>
       <c r="F365" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G365" s="2">
         <v>45619</v>
       </c>
       <c r="H365" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I365" t="s">
         <v>29</v>
       </c>
       <c r="J365" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="366" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="366" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A366" s="2">
         <v>45605</v>
       </c>
       <c r="B366" t="s">
         <v>235</v>
       </c>
       <c r="C366" t="s">
         <v>129</v>
       </c>
       <c r="D366" t="s">
         <v>443</v>
       </c>
       <c r="E366" s="2">
         <v>45632</v>
       </c>
       <c r="F366" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G366" s="2">
         <v>45633</v>
       </c>
       <c r="H366" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I366" t="s">
         <v>16</v>
       </c>
       <c r="J366" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="367" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="367" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A367" s="2">
         <v>45607</v>
       </c>
       <c r="B367" t="s">
         <v>196</v>
       </c>
       <c r="C367" t="s">
         <v>588</v>
       </c>
       <c r="D367" t="s">
         <v>589</v>
       </c>
       <c r="E367" s="2">
         <v>45626</v>
       </c>
       <c r="F367" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G367" s="2">
         <v>45626</v>
       </c>
       <c r="H367" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I367" t="s">
         <v>47</v>
       </c>
       <c r="J367" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="368" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="368" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A368" s="2">
         <v>45608</v>
       </c>
       <c r="B368" t="s">
         <v>317</v>
       </c>
       <c r="C368" t="s">
         <v>590</v>
       </c>
       <c r="D368" t="s">
         <v>407</v>
       </c>
       <c r="E368" s="2">
         <v>45618</v>
       </c>
       <c r="F368" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G368" s="2">
         <v>45618</v>
       </c>
       <c r="H368" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I368" t="s">
         <v>29</v>
       </c>
       <c r="J368" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="369" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="369" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A369" s="2">
         <v>45608</v>
       </c>
       <c r="B369" t="s">
         <v>317</v>
       </c>
       <c r="C369" t="s">
         <v>591</v>
       </c>
       <c r="D369" t="s">
         <v>342</v>
       </c>
       <c r="E369" s="2">
         <v>45624</v>
       </c>
       <c r="F369" s="1">
         <v>0.69791666666666663</v>
       </c>
       <c r="G369" s="2">
         <v>45624</v>
       </c>
       <c r="H369" s="1">
         <v>0.8125</v>
       </c>
       <c r="I369" t="s">
         <v>29</v>
       </c>
       <c r="J369" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="370" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="370" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A370" s="2">
         <v>45609</v>
       </c>
       <c r="B370" t="s">
         <v>235</v>
       </c>
       <c r="C370" t="s">
         <v>592</v>
       </c>
       <c r="D370" t="s">
         <v>593</v>
       </c>
       <c r="E370" s="2">
         <v>45658</v>
       </c>
       <c r="F370" s="1">
         <v>6.25E-2</v>
       </c>
       <c r="G370" s="2">
         <v>45658</v>
       </c>
       <c r="H370" s="1">
         <v>0.625</v>
       </c>
       <c r="I370" t="s">
         <v>16</v>
       </c>
       <c r="J370" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="371" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="371" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A371" s="2">
         <v>45610</v>
       </c>
       <c r="B371" t="s">
         <v>196</v>
       </c>
       <c r="C371" t="s">
         <v>294</v>
       </c>
       <c r="D371" t="s">
         <v>295</v>
       </c>
       <c r="E371" s="2">
         <v>45632</v>
       </c>
       <c r="F371" s="1">
         <v>0.72916666666666663</v>
       </c>
       <c r="G371" s="2">
         <v>45632</v>
       </c>
       <c r="H371" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="I371" t="s">
         <v>16</v>
       </c>
       <c r="J371" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="372" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="372" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A372" s="2">
         <v>45611</v>
       </c>
       <c r="B372" t="s">
         <v>235</v>
       </c>
       <c r="C372" t="s">
         <v>594</v>
       </c>
       <c r="D372" t="s">
         <v>595</v>
       </c>
       <c r="E372" s="2">
         <v>45658</v>
       </c>
       <c r="F372" s="1">
         <v>6.9444444444444447E-4</v>
       </c>
       <c r="G372" s="2">
         <v>45658</v>
       </c>
       <c r="H372" s="1">
         <v>0.20833333333333334</v>
       </c>
       <c r="I372" t="s">
         <v>596</v>
       </c>
       <c r="J372" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="373" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="373" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A373" s="2">
         <v>45611</v>
       </c>
       <c r="B373" t="s">
         <v>235</v>
       </c>
       <c r="C373" t="s">
         <v>597</v>
       </c>
       <c r="D373" t="s">
         <v>523</v>
       </c>
       <c r="E373" s="2">
         <v>45626</v>
       </c>
       <c r="F373" s="1">
         <v>0</v>
       </c>
       <c r="G373" s="2">
         <v>45627</v>
       </c>
       <c r="H373" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I373" t="s">
         <v>586</v>
       </c>
       <c r="J373" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="374" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="374" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A374" s="2">
         <v>45611</v>
       </c>
       <c r="B374" t="s">
         <v>196</v>
       </c>
       <c r="C374" t="s">
         <v>598</v>
       </c>
       <c r="D374" t="s">
         <v>599</v>
       </c>
       <c r="E374" s="2">
         <v>45634</v>
       </c>
       <c r="F374" s="1">
         <v>0.5</v>
       </c>
       <c r="G374" s="2">
         <v>45634</v>
       </c>
       <c r="H374" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I374" t="s">
         <v>41</v>
       </c>
       <c r="J374" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="375" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="375" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A375" s="2">
         <v>45616</v>
       </c>
       <c r="B375" t="s">
         <v>196</v>
       </c>
       <c r="C375" t="s">
         <v>77</v>
       </c>
       <c r="D375" t="s">
         <v>600</v>
       </c>
       <c r="E375" s="2">
         <v>45630</v>
       </c>
       <c r="F375" s="1">
         <v>0.75</v>
       </c>
       <c r="G375" s="2">
         <v>45630</v>
       </c>
       <c r="H375" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I375" t="s">
         <v>216</v>
       </c>
       <c r="J375" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="376" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="376" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A376" s="2">
         <v>45614</v>
       </c>
       <c r="B376" t="s">
         <v>235</v>
       </c>
       <c r="C376" t="s">
         <v>276</v>
       </c>
       <c r="D376" t="s">
         <v>509</v>
       </c>
       <c r="E376" s="2">
         <v>45633</v>
       </c>
       <c r="F376" s="1">
         <v>0.44791666666666669</v>
       </c>
       <c r="G376" s="2">
         <v>45633</v>
       </c>
       <c r="H376" s="1">
         <v>0.64583333333333337</v>
       </c>
       <c r="I376" t="s">
         <v>79</v>
       </c>
       <c r="J376" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="377" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="377" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A377" s="2">
         <v>45614</v>
       </c>
       <c r="B377" t="s">
         <v>196</v>
       </c>
       <c r="C377" t="s">
         <v>601</v>
       </c>
       <c r="D377" t="s">
         <v>602</v>
       </c>
       <c r="E377" s="2">
         <v>45647</v>
       </c>
       <c r="F377" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G377" s="2">
         <v>45647</v>
       </c>
       <c r="H377" s="1">
         <v>0.625</v>
       </c>
       <c r="I377" t="s">
         <v>79</v>
       </c>
       <c r="J377" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="378" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="378" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A378" s="2">
         <v>45615</v>
       </c>
       <c r="B378" t="s">
         <v>196</v>
       </c>
       <c r="C378" t="s">
         <v>10</v>
       </c>
       <c r="D378" t="s">
         <v>603</v>
       </c>
       <c r="E378" s="2">
         <v>45645</v>
       </c>
       <c r="F378" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G378" s="2">
         <v>45645</v>
       </c>
       <c r="H378" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I378" t="s">
         <v>29</v>
       </c>
       <c r="J378" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="379" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="379" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A379" s="2">
         <v>45616</v>
       </c>
       <c r="B379" t="s">
         <v>317</v>
       </c>
       <c r="C379" t="s">
         <v>604</v>
       </c>
       <c r="D379" t="s">
         <v>605</v>
       </c>
       <c r="E379" s="2">
         <v>45626</v>
       </c>
       <c r="F379" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G379" s="2">
         <v>45627</v>
       </c>
       <c r="H379" s="1">
         <v>0.10416666666666667</v>
       </c>
       <c r="I379" t="s">
         <v>16</v>
       </c>
       <c r="J379" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="380" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="380" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A380" s="2">
         <v>45618</v>
       </c>
       <c r="B380" t="s">
         <v>196</v>
       </c>
       <c r="C380" t="s">
         <v>606</v>
       </c>
       <c r="D380" t="s">
         <v>607</v>
       </c>
       <c r="E380" s="2">
         <v>45651</v>
       </c>
       <c r="F380" s="1">
         <v>0.33333333333333331</v>
       </c>
       <c r="G380" s="2">
         <v>45621</v>
       </c>
       <c r="H380" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I380" t="s">
         <v>356</v>
       </c>
       <c r="J380" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="381" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="381" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A381" s="2">
         <v>45619</v>
       </c>
       <c r="B381" t="s">
         <v>316</v>
       </c>
       <c r="C381" t="s">
         <v>395</v>
       </c>
       <c r="D381" t="s">
         <v>396</v>
       </c>
       <c r="E381" s="2">
         <v>45639</v>
       </c>
       <c r="F381" s="1">
         <v>0.875</v>
       </c>
       <c r="G381" s="2">
         <v>45640</v>
       </c>
       <c r="H381" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I381" t="s">
         <v>275</v>
       </c>
       <c r="J381" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="382" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="382" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A382" s="2">
         <v>45618</v>
       </c>
       <c r="B382" t="s">
         <v>211</v>
       </c>
       <c r="C382" t="s">
         <v>608</v>
       </c>
       <c r="D382" t="s">
         <v>609</v>
       </c>
       <c r="E382" s="2">
         <v>45657</v>
       </c>
       <c r="F382" s="1">
         <v>0.8125</v>
       </c>
       <c r="G382" s="2">
         <v>45658</v>
       </c>
       <c r="H382" s="1">
         <v>6.25E-2</v>
       </c>
       <c r="I382" t="s">
         <v>610</v>
       </c>
       <c r="J382" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="383" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="383" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A383" s="2">
         <v>45621</v>
       </c>
       <c r="B383" t="s">
         <v>196</v>
       </c>
       <c r="C383" t="s">
         <v>39</v>
       </c>
       <c r="D383" t="s">
         <v>323</v>
       </c>
       <c r="E383" s="2">
         <v>45641</v>
       </c>
       <c r="F383" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G383" s="2">
         <v>45641</v>
       </c>
       <c r="H383" s="1">
         <v>0.625</v>
       </c>
       <c r="I383" t="s">
         <v>187</v>
       </c>
       <c r="J383" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="384" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="384" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A384" s="2">
         <v>45622</v>
       </c>
       <c r="B384" t="s">
         <v>196</v>
       </c>
       <c r="C384" t="s">
         <v>59</v>
       </c>
       <c r="D384" t="s">
         <v>56</v>
       </c>
       <c r="E384" s="2">
         <v>45634</v>
       </c>
       <c r="F384" s="1">
         <v>0</v>
       </c>
       <c r="G384" s="2">
         <v>45634</v>
       </c>
       <c r="H384" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I384" t="s">
         <v>54</v>
       </c>
       <c r="J384" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="385" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="385" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A385" s="2">
         <v>45622</v>
       </c>
       <c r="B385" t="s">
         <v>196</v>
       </c>
       <c r="C385" t="s">
         <v>611</v>
       </c>
       <c r="D385" t="s">
         <v>612</v>
       </c>
       <c r="E385" s="2">
         <v>45647</v>
       </c>
       <c r="F385" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G385" s="2">
         <v>45648</v>
       </c>
       <c r="H385" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I385" t="s">
         <v>613</v>
       </c>
       <c r="J385" t="s">
         <v>614</v>
       </c>
     </row>
-    <row r="386" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="386" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A386" s="2">
         <v>45622</v>
       </c>
       <c r="B386" t="s">
         <v>196</v>
       </c>
       <c r="C386" t="s">
         <v>203</v>
       </c>
       <c r="D386" t="s">
         <v>615</v>
       </c>
       <c r="E386" s="2">
         <v>45641</v>
       </c>
       <c r="F386" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G386" s="2">
         <v>45641</v>
       </c>
       <c r="H386" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I386" t="s">
         <v>54</v>
       </c>
       <c r="J386" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="387" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="387" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A387" s="2">
         <v>45623</v>
       </c>
       <c r="B387" t="s">
         <v>317</v>
       </c>
       <c r="C387" t="s">
         <v>616</v>
       </c>
       <c r="D387" t="s">
         <v>617</v>
       </c>
       <c r="E387" s="2">
         <v>45632</v>
       </c>
       <c r="F387" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G387" s="2">
         <v>45637</v>
       </c>
       <c r="H387" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I387" t="s">
         <v>54</v>
       </c>
       <c r="J387" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="388" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="388" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A388" s="2">
         <v>45623</v>
       </c>
       <c r="B388" t="s">
         <v>196</v>
       </c>
       <c r="C388" t="s">
         <v>616</v>
       </c>
       <c r="D388" t="s">
         <v>617</v>
       </c>
       <c r="E388" s="2">
         <v>45639</v>
       </c>
       <c r="F388" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G388" s="2">
         <v>45641</v>
       </c>
       <c r="H388" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I388" t="s">
         <v>54</v>
       </c>
       <c r="J388" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="389" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="389" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A389" s="2">
         <v>45621</v>
       </c>
       <c r="B389" t="s">
         <v>235</v>
       </c>
       <c r="C389" t="s">
         <v>544</v>
       </c>
       <c r="D389" t="s">
         <v>618</v>
       </c>
       <c r="E389" s="2">
         <v>45657</v>
       </c>
       <c r="F389" s="1">
         <v>0.75</v>
       </c>
       <c r="G389" s="2">
         <v>45658</v>
       </c>
       <c r="H389" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I389" t="s">
         <v>205</v>
       </c>
       <c r="J389" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="390" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="390" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A390" s="2">
         <v>45624</v>
       </c>
       <c r="B390" t="s">
         <v>196</v>
       </c>
       <c r="C390" s="3" t="s">
         <v>619</v>
       </c>
       <c r="D390" t="s">
         <v>620</v>
       </c>
       <c r="E390" s="2">
         <v>45657</v>
       </c>
       <c r="F390" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G390" s="2">
         <v>45658</v>
       </c>
       <c r="H390" s="1">
         <v>0.20833333333333334</v>
       </c>
       <c r="I390" t="s">
         <v>621</v>
       </c>
       <c r="J390" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="391" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="391" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A391" s="2">
         <v>45625</v>
       </c>
       <c r="B391" t="s">
         <v>196</v>
       </c>
       <c r="C391" t="s">
         <v>622</v>
       </c>
       <c r="D391" t="s">
         <v>623</v>
       </c>
       <c r="E391" s="2">
         <v>45643</v>
       </c>
       <c r="F391" s="1">
         <v>0.75</v>
       </c>
       <c r="G391" s="2">
         <v>45643</v>
       </c>
       <c r="H391" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I391" t="s">
         <v>356</v>
       </c>
       <c r="J391" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="392" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="392" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A392" s="2">
         <v>45626</v>
       </c>
       <c r="B392" t="s">
         <v>235</v>
       </c>
       <c r="C392" t="s">
         <v>403</v>
       </c>
       <c r="D392" t="s">
         <v>523</v>
       </c>
       <c r="E392" s="2">
         <v>45640</v>
       </c>
       <c r="F392" s="1">
         <v>0</v>
       </c>
       <c r="G392" s="2">
         <v>45641</v>
       </c>
       <c r="H392" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I392" t="s">
         <v>54</v>
       </c>
       <c r="J392" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="393" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="393" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A393" s="2">
         <v>45626</v>
       </c>
       <c r="B393" t="s">
         <v>196</v>
       </c>
       <c r="C393" t="s">
         <v>624</v>
       </c>
       <c r="D393" t="s">
         <v>625</v>
       </c>
       <c r="E393" s="2">
         <v>45651</v>
       </c>
       <c r="F393" s="1">
         <v>0.375</v>
       </c>
       <c r="G393" s="2">
         <v>45651</v>
       </c>
       <c r="H393" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I393" t="s">
         <v>356</v>
       </c>
       <c r="J393" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="394" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="394" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A394" s="2">
         <v>45628</v>
       </c>
       <c r="B394" t="s">
         <v>317</v>
       </c>
       <c r="C394" t="s">
         <v>626</v>
       </c>
       <c r="D394" t="s">
         <v>627</v>
       </c>
       <c r="E394" s="2">
         <v>45641</v>
       </c>
       <c r="F394" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G394" s="2">
         <v>45641</v>
       </c>
       <c r="H394" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I394" t="s">
         <v>628</v>
       </c>
       <c r="J394" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="395" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="395" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A395" s="2">
         <v>45628</v>
       </c>
       <c r="B395" t="s">
         <v>316</v>
       </c>
       <c r="C395" t="s">
         <v>629</v>
       </c>
       <c r="D395" t="s">
         <v>630</v>
       </c>
       <c r="E395" s="2">
         <v>45646</v>
       </c>
       <c r="F395" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G395" s="2">
         <v>45646</v>
       </c>
       <c r="H395" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I395" t="s">
         <v>631</v>
       </c>
       <c r="J395" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="396" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="396" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A396" s="2">
         <v>45629</v>
       </c>
       <c r="B396" t="s">
         <v>211</v>
       </c>
       <c r="C396" t="s">
         <v>632</v>
       </c>
       <c r="D396" t="s">
         <v>633</v>
       </c>
       <c r="E396" s="2">
         <v>45657</v>
       </c>
       <c r="F396" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G396" s="2">
         <v>45658</v>
       </c>
       <c r="H396" s="1">
         <v>0.10416666666666667</v>
       </c>
       <c r="I396" t="s">
         <v>634</v>
       </c>
       <c r="J396" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="397" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="397" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A397" s="2">
         <v>45630</v>
       </c>
       <c r="B397" t="s">
         <v>196</v>
       </c>
       <c r="C397" t="s">
         <v>635</v>
       </c>
       <c r="D397" t="s">
         <v>636</v>
       </c>
       <c r="E397" s="2">
         <v>45647</v>
       </c>
       <c r="F397" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G397" s="2">
         <v>45648</v>
       </c>
       <c r="H397" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I397" t="s">
         <v>637</v>
       </c>
       <c r="J397" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="398" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="398" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A398" s="2">
         <v>45629</v>
       </c>
       <c r="B398" t="s">
         <v>196</v>
       </c>
       <c r="C398" t="s">
         <v>638</v>
       </c>
       <c r="D398" t="s">
         <v>639</v>
       </c>
       <c r="E398" s="2">
         <v>45648</v>
       </c>
       <c r="F398" s="1">
         <v>0.375</v>
       </c>
       <c r="G398" s="2">
         <v>45648</v>
       </c>
       <c r="H398" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I398" t="s">
         <v>640</v>
       </c>
       <c r="J398" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="399" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="399" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A399" s="2">
         <v>45629</v>
       </c>
       <c r="B399" t="s">
         <v>196</v>
       </c>
       <c r="C399" t="s">
         <v>641</v>
       </c>
       <c r="D399" t="s">
         <v>642</v>
       </c>
       <c r="E399" s="2">
         <v>45655</v>
       </c>
       <c r="F399" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G399" s="2">
         <v>45659</v>
       </c>
       <c r="H399" s="1">
         <v>0.20833333333333334</v>
       </c>
       <c r="I399" t="s">
         <v>643</v>
       </c>
       <c r="J399" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="400" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="400" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A400" s="2">
         <v>45634</v>
       </c>
       <c r="B400" t="s">
         <v>317</v>
       </c>
       <c r="C400" t="s">
         <v>395</v>
       </c>
       <c r="D400" t="s">
         <v>396</v>
       </c>
       <c r="E400" s="2">
         <v>45646</v>
       </c>
       <c r="F400" s="1">
         <v>0.875</v>
       </c>
       <c r="G400" s="2">
         <v>45647</v>
       </c>
       <c r="H400" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I400" t="s">
         <v>644</v>
       </c>
       <c r="J400" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="401" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="401" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A401" s="2">
         <v>45631</v>
       </c>
       <c r="B401" t="s">
         <v>317</v>
       </c>
       <c r="C401" t="s">
         <v>645</v>
       </c>
       <c r="D401" t="s">
         <v>646</v>
       </c>
       <c r="E401" s="2">
         <v>45640</v>
       </c>
       <c r="F401" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G401" s="2">
         <v>45641</v>
       </c>
       <c r="H401" s="1">
         <v>0.125</v>
       </c>
       <c r="I401" t="s">
         <v>643</v>
       </c>
       <c r="J401" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="402" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="402" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A402" s="2">
         <v>45621</v>
       </c>
       <c r="B402" t="s">
         <v>196</v>
       </c>
       <c r="C402" t="s">
         <v>647</v>
       </c>
       <c r="D402" t="s">
         <v>335</v>
       </c>
       <c r="E402" s="2">
         <v>45657</v>
       </c>
       <c r="F402" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G402" s="2">
         <v>45658</v>
       </c>
       <c r="H402" s="1">
         <v>0.125</v>
       </c>
       <c r="I402" t="s">
         <v>634</v>
       </c>
       <c r="J402" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="403" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="403" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A403" s="2">
         <v>45631</v>
       </c>
       <c r="B403" t="s">
         <v>196</v>
       </c>
       <c r="C403" t="s">
         <v>339</v>
       </c>
       <c r="D403" t="s">
         <v>340</v>
       </c>
       <c r="E403" s="2">
         <v>45641</v>
       </c>
       <c r="F403" s="1">
         <v>0.52083333333333337</v>
       </c>
       <c r="G403" s="2">
         <v>45641</v>
       </c>
       <c r="H403" s="1">
         <v>0.75</v>
       </c>
       <c r="I403" t="s">
         <v>644</v>
       </c>
       <c r="J403" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="404" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="404" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A404" s="2">
         <v>45635</v>
       </c>
       <c r="B404" t="s">
         <v>196</v>
       </c>
       <c r="C404" t="s">
         <v>648</v>
       </c>
       <c r="D404" t="s">
         <v>649</v>
       </c>
       <c r="E404" s="2">
         <v>45651</v>
       </c>
       <c r="F404" s="1">
         <v>0.33333333333333331</v>
       </c>
       <c r="G404" s="2">
         <v>45651</v>
       </c>
       <c r="H404" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I404" t="s">
         <v>146</v>
       </c>
       <c r="J404" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="405" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="405" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A405" s="2">
         <v>45635</v>
       </c>
       <c r="B405" t="s">
         <v>196</v>
       </c>
       <c r="C405" t="s">
         <v>85</v>
       </c>
       <c r="D405" t="s">
         <v>650</v>
       </c>
       <c r="E405" s="2">
         <v>45650</v>
       </c>
       <c r="F405" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G405" s="2">
         <v>45651</v>
       </c>
       <c r="H405" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I405" t="s">
         <v>651</v>
       </c>
       <c r="J405" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="406" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="406" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A406" s="2">
         <v>45635</v>
       </c>
       <c r="B406" t="s">
         <v>196</v>
       </c>
       <c r="C406" t="s">
         <v>85</v>
       </c>
       <c r="D406" t="s">
         <v>650</v>
       </c>
       <c r="E406" s="2">
         <v>45657</v>
       </c>
       <c r="F406" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G406" s="2">
         <v>45658</v>
       </c>
       <c r="H406" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I406" t="s">
         <v>651</v>
       </c>
       <c r="J406" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="407" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="407" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A407" s="2">
         <v>45632</v>
       </c>
       <c r="B407" t="s">
         <v>196</v>
       </c>
       <c r="C407" t="s">
         <v>652</v>
       </c>
       <c r="D407" t="s">
         <v>653</v>
       </c>
       <c r="E407" s="2">
         <v>45657</v>
       </c>
       <c r="F407" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="G407" s="2">
         <v>45658</v>
       </c>
       <c r="H407" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I407" t="s">
         <v>275</v>
       </c>
       <c r="J407" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="408" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="408" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A408" s="2">
         <v>45636</v>
       </c>
       <c r="B408" t="s">
         <v>196</v>
       </c>
       <c r="C408" t="s">
         <v>654</v>
       </c>
       <c r="D408" t="s">
         <v>655</v>
       </c>
       <c r="E408" s="2">
         <v>45651</v>
       </c>
       <c r="F408" s="1">
         <v>0.29166666666666669</v>
       </c>
       <c r="G408" s="2">
         <v>45657</v>
       </c>
       <c r="H408" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I408" t="s">
         <v>656</v>
       </c>
       <c r="J408" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="409" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="409" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A409" s="2">
         <v>45636</v>
       </c>
       <c r="B409" t="s">
         <v>196</v>
       </c>
       <c r="C409" t="s">
         <v>657</v>
       </c>
       <c r="D409" t="s">
         <v>658</v>
       </c>
       <c r="E409" s="2">
         <v>45653</v>
       </c>
       <c r="F409" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G409" s="2">
         <v>45659</v>
       </c>
       <c r="H409" s="1">
         <v>0.125</v>
       </c>
       <c r="I409" t="s">
         <v>656</v>
       </c>
       <c r="J409" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="410" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="410" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A410" s="2">
         <v>45637</v>
       </c>
       <c r="B410" t="s">
         <v>196</v>
       </c>
       <c r="C410" t="s">
         <v>659</v>
       </c>
       <c r="D410" t="s">
         <v>660</v>
       </c>
       <c r="E410" s="2">
         <v>45650</v>
       </c>
       <c r="F410" s="1">
         <v>0.94791666666666663</v>
       </c>
       <c r="G410" s="2">
         <v>45651</v>
       </c>
       <c r="H410" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I410" t="s">
         <v>661</v>
       </c>
       <c r="J410" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="411" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="411" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A411" s="2">
         <v>45637</v>
       </c>
       <c r="B411" t="s">
         <v>196</v>
       </c>
       <c r="C411" t="s">
         <v>662</v>
       </c>
       <c r="D411" t="s">
         <v>663</v>
       </c>
       <c r="E411" s="2">
         <v>45651</v>
       </c>
       <c r="F411" s="1">
         <v>0.29166666666666669</v>
       </c>
       <c r="G411" s="2">
         <v>45657</v>
       </c>
       <c r="H411" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I411" t="s">
         <v>656</v>
       </c>
       <c r="J411" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="412" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="412" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A412" s="2">
         <v>45641</v>
       </c>
       <c r="B412" t="s">
         <v>317</v>
       </c>
       <c r="C412" t="s">
         <v>664</v>
       </c>
       <c r="D412" t="s">
         <v>665</v>
       </c>
       <c r="E412" s="2">
         <v>45651</v>
       </c>
       <c r="F412" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G412" s="2">
         <v>45651</v>
       </c>
       <c r="H412" s="1">
         <v>0.9375</v>
       </c>
       <c r="I412" t="s">
         <v>656</v>
       </c>
       <c r="J412" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="413" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="413" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A413" s="2">
         <v>45642</v>
       </c>
       <c r="B413" t="s">
         <v>196</v>
       </c>
       <c r="C413" t="s">
         <v>635</v>
       </c>
       <c r="D413" t="s">
         <v>636</v>
       </c>
       <c r="E413" s="2">
         <v>45652</v>
       </c>
       <c r="F413" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G413" s="2">
         <v>45658</v>
       </c>
       <c r="H413" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I413" t="s">
         <v>666</v>
       </c>
       <c r="J413" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="414" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="414" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A414" s="2">
         <v>45642</v>
       </c>
       <c r="B414" t="s">
         <v>317</v>
       </c>
       <c r="C414" t="s">
         <v>635</v>
       </c>
       <c r="D414" t="s">
         <v>636</v>
       </c>
       <c r="E414" s="2">
         <v>45660</v>
       </c>
       <c r="F414" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G414" s="2">
         <v>45662</v>
       </c>
       <c r="H414" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I414" t="s">
         <v>666</v>
       </c>
       <c r="J414" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="415" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="415" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A415" s="2">
         <v>45642</v>
       </c>
       <c r="B415" t="s">
         <v>317</v>
       </c>
       <c r="C415" t="s">
         <v>667</v>
       </c>
       <c r="D415" t="s">
         <v>636</v>
       </c>
       <c r="E415" s="2">
         <v>45655</v>
       </c>
       <c r="F415" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G415" s="2">
         <v>45658</v>
       </c>
       <c r="H415" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I415" t="s">
         <v>634</v>
       </c>
       <c r="J415" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="416" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="416" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A416" s="2">
         <v>45642</v>
       </c>
       <c r="B416" t="s">
         <v>317</v>
       </c>
       <c r="C416" t="s">
         <v>668</v>
       </c>
       <c r="D416" t="s">
         <v>636</v>
       </c>
       <c r="E416" s="2">
         <v>45655</v>
       </c>
       <c r="F416" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G416" s="2">
         <v>45658</v>
       </c>
       <c r="H416" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I416" t="s">
         <v>643</v>
       </c>
       <c r="J416" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="417" spans="1:11" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="417" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A417" s="2">
         <v>1</v>
       </c>
       <c r="B417" t="s">
         <v>196</v>
       </c>
       <c r="C417" t="s">
         <v>669</v>
       </c>
       <c r="D417" t="s">
         <v>670</v>
       </c>
       <c r="E417" s="2">
         <v>45654</v>
       </c>
       <c r="F417" s="1">
         <v>0.75</v>
       </c>
       <c r="G417" s="2">
         <v>45655</v>
       </c>
       <c r="H417" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I417" t="s">
         <v>643</v>
       </c>
       <c r="J417" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="418" spans="1:11" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="418" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A418" s="2">
         <v>45642</v>
       </c>
       <c r="B418" t="s">
         <v>317</v>
       </c>
       <c r="C418" t="s">
         <v>671</v>
       </c>
       <c r="D418" t="s">
         <v>672</v>
       </c>
       <c r="E418" s="2">
         <v>45650</v>
       </c>
       <c r="F418" s="1">
         <v>0.54166666666666663</v>
       </c>
       <c r="G418" s="2">
         <v>45650</v>
       </c>
       <c r="H418" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I418" t="s">
         <v>275</v>
       </c>
       <c r="J418" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="419" spans="1:11" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="419" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A419" s="2">
         <v>45642</v>
       </c>
       <c r="B419" t="s">
         <v>317</v>
       </c>
       <c r="C419" t="s">
         <v>673</v>
       </c>
       <c r="D419" t="s">
         <v>674</v>
       </c>
       <c r="E419" s="2">
         <v>45657</v>
       </c>
       <c r="F419" s="1">
         <v>0</v>
       </c>
       <c r="G419" s="2">
         <v>45658</v>
       </c>
       <c r="H419" s="1">
         <v>0.125</v>
       </c>
       <c r="I419" t="s">
         <v>634</v>
       </c>
       <c r="J419" t="s">
         <v>675</v>
       </c>
     </row>
-    <row r="420" spans="1:11" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="420" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A420" s="2">
         <v>45642</v>
       </c>
       <c r="B420" t="s">
         <v>317</v>
       </c>
       <c r="C420" t="s">
         <v>403</v>
       </c>
       <c r="D420" t="s">
         <v>430</v>
       </c>
       <c r="E420" s="2">
         <v>45657</v>
       </c>
       <c r="F420" s="1">
         <v>0</v>
       </c>
       <c r="G420" s="2">
         <v>45658</v>
       </c>
       <c r="H420" s="1">
         <v>0.125</v>
       </c>
       <c r="I420" t="s">
         <v>54</v>
       </c>
       <c r="J420" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="421" spans="1:11" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="421" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A421" s="2">
         <v>45642</v>
       </c>
       <c r="B421" t="s">
         <v>317</v>
       </c>
       <c r="C421" t="s">
         <v>676</v>
       </c>
       <c r="D421" t="s">
         <v>677</v>
       </c>
       <c r="E421" s="2">
         <v>45650</v>
       </c>
       <c r="F421" s="1">
         <v>0.75</v>
       </c>
       <c r="G421" s="2">
         <v>45651</v>
       </c>
       <c r="H421" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I421" t="s">
         <v>666</v>
       </c>
       <c r="J421" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="422" spans="1:11" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="422" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A422" s="2">
         <v>45643</v>
       </c>
       <c r="B422" t="s">
         <v>196</v>
       </c>
       <c r="C422" t="s">
         <v>616</v>
       </c>
       <c r="D422" t="s">
         <v>617</v>
       </c>
       <c r="E422" s="2">
         <v>45688</v>
       </c>
       <c r="F422" s="1">
         <v>0.75</v>
       </c>
       <c r="G422" s="2">
         <v>45689</v>
       </c>
       <c r="H422" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I422" t="s">
         <v>666</v>
       </c>
       <c r="J422" t="s">
         <v>68</v>
       </c>
       <c r="K422" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="423" spans="1:11" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="423" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A423" s="2">
         <v>45644</v>
       </c>
       <c r="B423" t="s">
         <v>317</v>
       </c>
       <c r="C423" t="s">
         <v>678</v>
       </c>
       <c r="D423" t="s">
         <v>679</v>
       </c>
       <c r="E423" s="2">
         <v>45657</v>
       </c>
       <c r="F423" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G423" s="2">
         <v>45658</v>
       </c>
       <c r="H423" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I423" t="s">
         <v>666</v>
       </c>
       <c r="J423" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="424" spans="1:11" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="424" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A424" s="2">
         <v>45645</v>
       </c>
       <c r="B424" t="s">
         <v>317</v>
       </c>
       <c r="C424" t="s">
         <v>611</v>
       </c>
       <c r="D424" t="s">
         <v>612</v>
       </c>
       <c r="E424" s="2">
         <v>45657</v>
       </c>
       <c r="F424" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G424" s="2">
         <v>45658</v>
       </c>
       <c r="H424" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I424" t="s">
         <v>680</v>
       </c>
       <c r="J424" t="s">
         <v>681</v>
       </c>
     </row>
-    <row r="425" spans="1:11" ht="15.75" x14ac:dyDescent="0.5">
+    <row r="425" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A425" s="2">
         <v>45650</v>
       </c>
       <c r="B425" t="s">
         <v>317</v>
       </c>
       <c r="C425" s="10" t="s">
         <v>483</v>
       </c>
       <c r="D425" s="10" t="s">
         <v>484</v>
       </c>
       <c r="E425" s="2">
         <v>45661</v>
       </c>
       <c r="F425" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G425" s="2">
         <v>45661</v>
       </c>
       <c r="H425" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I425" t="s">
         <v>22</v>
       </c>
       <c r="J425" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="426" spans="1:11" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="426" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A426" s="2">
         <v>45659</v>
       </c>
       <c r="B426" t="s">
         <v>235</v>
       </c>
       <c r="C426" t="s">
         <v>534</v>
       </c>
       <c r="D426" t="s">
         <v>399</v>
       </c>
       <c r="E426" s="2">
         <v>45681</v>
       </c>
       <c r="F426" s="1">
         <v>0.75</v>
       </c>
       <c r="G426" s="2">
         <v>45681</v>
       </c>
       <c r="H426" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I426" t="s">
         <v>29</v>
       </c>
       <c r="J426" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="427" spans="1:11" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="427" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A427" s="2">
         <v>45294</v>
       </c>
       <c r="B427" t="s">
         <v>196</v>
       </c>
       <c r="C427" t="s">
         <v>39</v>
       </c>
       <c r="D427" t="s">
         <v>323</v>
       </c>
       <c r="E427" s="2">
         <v>45676</v>
       </c>
       <c r="F427" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G427" s="2">
         <v>45676</v>
       </c>
       <c r="H427" s="1">
         <v>0.625</v>
       </c>
       <c r="I427" t="s">
         <v>187</v>
       </c>
       <c r="J427" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="428" spans="1:11" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="428" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A428" s="2">
         <v>45660</v>
       </c>
       <c r="B428" t="s">
         <v>235</v>
       </c>
       <c r="C428" t="s">
         <v>682</v>
       </c>
       <c r="D428" t="s">
         <v>683</v>
       </c>
       <c r="E428" s="2">
         <v>45689</v>
       </c>
       <c r="F428" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G428" s="2">
         <v>45689</v>
       </c>
       <c r="H428" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I428" t="s">
         <v>54</v>
       </c>
       <c r="J428" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="429" spans="1:11" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="429" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A429" s="2">
         <v>45704</v>
       </c>
       <c r="B429" t="s">
         <v>235</v>
       </c>
       <c r="C429" t="s">
         <v>230</v>
       </c>
       <c r="D429" t="s">
         <v>684</v>
       </c>
       <c r="E429" s="2">
         <v>45694</v>
       </c>
       <c r="F429" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G429" s="2">
         <v>45694</v>
       </c>
       <c r="H429" s="1">
         <v>0.9375</v>
       </c>
       <c r="I429" t="s">
         <v>54</v>
       </c>
       <c r="J429" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="430" spans="1:11" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="430" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A430" s="2">
         <v>45663</v>
       </c>
       <c r="B430" t="s">
         <v>235</v>
       </c>
       <c r="C430" t="s">
         <v>685</v>
       </c>
       <c r="D430" t="s">
         <v>686</v>
       </c>
       <c r="E430" s="2">
         <v>45683</v>
       </c>
       <c r="F430" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G430" s="2">
         <v>45683</v>
       </c>
       <c r="H430" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I430" t="s">
         <v>687</v>
       </c>
       <c r="J430" t="s">
         <v>688</v>
       </c>
     </row>
-    <row r="431" spans="1:11" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="431" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A431" s="2">
         <v>45670</v>
       </c>
       <c r="B431" t="s">
         <v>316</v>
       </c>
       <c r="C431" t="s">
         <v>685</v>
       </c>
       <c r="D431" t="s">
         <v>689</v>
       </c>
       <c r="E431" s="2">
         <v>45683</v>
       </c>
       <c r="F431" s="1">
         <v>0.375</v>
       </c>
       <c r="G431" s="2">
         <v>45683</v>
       </c>
       <c r="H431" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I431" t="s">
         <v>687</v>
       </c>
       <c r="J431" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="432" spans="1:11" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="432" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A432" s="2">
         <v>45663</v>
       </c>
       <c r="B432" t="s">
         <v>196</v>
       </c>
       <c r="C432" t="s">
         <v>690</v>
       </c>
       <c r="D432" t="s">
         <v>691</v>
       </c>
       <c r="E432" s="2">
         <v>45673</v>
       </c>
       <c r="F432" s="1">
         <v>0.5</v>
       </c>
       <c r="G432" s="2">
         <v>45673</v>
       </c>
       <c r="H432" s="1">
         <v>0.75</v>
       </c>
       <c r="I432" t="s">
         <v>216</v>
       </c>
       <c r="J432" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="433" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="433" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A433" s="2">
         <v>45663</v>
       </c>
       <c r="B433" t="s">
         <v>211</v>
       </c>
       <c r="C433" t="s">
         <v>692</v>
       </c>
       <c r="D433" t="s">
         <v>693</v>
       </c>
       <c r="E433" s="2">
         <v>45697</v>
       </c>
       <c r="F433" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G433" s="2">
         <v>45698</v>
       </c>
       <c r="H433" s="1">
         <v>0.20833333333333334</v>
       </c>
       <c r="I433" t="s">
         <v>694</v>
       </c>
       <c r="J433" t="s">
         <v>695</v>
       </c>
     </row>
-    <row r="434" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="434" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A434" s="2">
         <v>45668</v>
       </c>
       <c r="B434" t="s">
         <v>211</v>
       </c>
       <c r="C434" t="s">
         <v>696</v>
       </c>
       <c r="D434" t="s">
         <v>404</v>
       </c>
       <c r="E434" s="2">
         <v>45682</v>
       </c>
       <c r="F434" s="1">
         <v>0</v>
       </c>
       <c r="G434" s="2">
         <v>45683</v>
       </c>
       <c r="H434" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I434" t="s">
         <v>697</v>
       </c>
       <c r="J434" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="435" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="435" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A435" s="2">
         <v>45669</v>
       </c>
       <c r="B435" t="s">
         <v>211</v>
       </c>
       <c r="C435" t="s">
         <v>698</v>
       </c>
       <c r="D435" t="s">
         <v>699</v>
       </c>
       <c r="E435" s="2">
         <v>45752</v>
       </c>
       <c r="F435" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G435" s="2">
         <v>45752</v>
       </c>
       <c r="H435" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I435" t="s">
         <v>275</v>
       </c>
     </row>
-    <row r="436" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="436" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A436" s="2">
         <v>45671</v>
       </c>
       <c r="B436" t="s">
         <v>211</v>
       </c>
       <c r="C436" t="s">
         <v>75</v>
       </c>
       <c r="D436" t="s">
         <v>700</v>
       </c>
       <c r="E436" s="2">
         <v>45702</v>
       </c>
       <c r="F436" s="1">
         <v>0.875</v>
       </c>
       <c r="G436" s="2">
         <v>45703</v>
       </c>
       <c r="H436" s="1">
         <v>0.20833333333333334</v>
       </c>
       <c r="I436" t="s">
         <v>701</v>
       </c>
       <c r="J436" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="437" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="437" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A437" s="2">
         <v>45673</v>
       </c>
       <c r="B437" t="s">
         <v>317</v>
       </c>
       <c r="C437" t="s">
         <v>702</v>
       </c>
       <c r="D437" t="s">
         <v>636</v>
       </c>
       <c r="E437" s="2">
         <v>45681</v>
       </c>
       <c r="F437" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G437" s="2">
         <v>45684</v>
       </c>
       <c r="H437" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I437" t="s">
         <v>701</v>
       </c>
       <c r="J437" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="438" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="438" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A438" s="2">
         <v>45673</v>
       </c>
       <c r="B438" t="s">
         <v>317</v>
       </c>
       <c r="C438" t="s">
         <v>703</v>
       </c>
       <c r="D438" t="s">
         <v>704</v>
       </c>
       <c r="E438" s="2">
         <v>45682</v>
       </c>
       <c r="F438" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G438" s="2">
         <v>45683</v>
       </c>
       <c r="H438" s="1">
         <v>0.14583333333333334</v>
       </c>
       <c r="I438" t="s">
         <v>705</v>
       </c>
       <c r="J438" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="439" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="439" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A439" s="2">
         <v>45678</v>
       </c>
       <c r="B439" t="s">
         <v>211</v>
       </c>
       <c r="C439" t="s">
         <v>159</v>
       </c>
       <c r="D439" t="s">
         <v>348</v>
       </c>
       <c r="E439" s="2">
         <v>45722</v>
       </c>
       <c r="F439" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G439" s="2">
         <v>45722</v>
       </c>
       <c r="H439" s="1">
         <v>0.9375</v>
       </c>
       <c r="I439" t="s">
         <v>29</v>
       </c>
       <c r="J439" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="440" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="440" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A440" s="2">
         <v>45678</v>
       </c>
       <c r="B440" t="s">
         <v>211</v>
       </c>
       <c r="C440" t="s">
         <v>159</v>
       </c>
       <c r="D440" t="s">
         <v>348</v>
       </c>
       <c r="E440" s="2">
         <v>45713</v>
       </c>
       <c r="F440" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G440" s="2">
         <v>45713</v>
       </c>
       <c r="H440" s="1">
         <v>0.89583333333333337</v>
       </c>
       <c r="I440" t="s">
         <v>706</v>
       </c>
       <c r="J440" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="441" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="441" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A441" s="2">
         <v>45673</v>
       </c>
       <c r="B441" t="s">
         <v>317</v>
       </c>
       <c r="C441" t="s">
         <v>159</v>
       </c>
       <c r="D441" t="s">
         <v>348</v>
       </c>
       <c r="E441" s="2">
         <v>45685</v>
       </c>
       <c r="F441" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G441" s="2">
         <v>45685</v>
       </c>
       <c r="H441" s="1">
         <v>0.89583333333333337</v>
       </c>
       <c r="I441" t="s">
         <v>697</v>
       </c>
       <c r="J441" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="442" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="442" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A442" s="2">
         <v>45679</v>
       </c>
       <c r="B442" t="s">
         <v>317</v>
       </c>
       <c r="C442" t="s">
         <v>707</v>
       </c>
       <c r="D442" t="s">
         <v>708</v>
       </c>
       <c r="E442" s="2">
         <v>45689</v>
       </c>
       <c r="F442" s="1">
         <v>0</v>
       </c>
       <c r="G442" s="2">
         <v>45689</v>
       </c>
       <c r="H442" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I442" t="s">
         <v>705</v>
       </c>
       <c r="J442" t="s">
         <v>709</v>
       </c>
     </row>
-    <row r="443" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="443" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A443" s="2">
         <v>45680</v>
       </c>
       <c r="B443" t="s">
         <v>211</v>
       </c>
       <c r="C443" t="s">
         <v>710</v>
       </c>
       <c r="D443" t="s">
         <v>711</v>
       </c>
       <c r="E443" s="2">
         <v>45697</v>
       </c>
       <c r="F443" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="G443" s="2">
         <v>45698</v>
       </c>
       <c r="H443" s="1">
         <v>0.1875</v>
       </c>
       <c r="I443" t="s">
         <v>44</v>
       </c>
       <c r="J443" t="s">
         <v>709</v>
       </c>
     </row>
-    <row r="444" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="444" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A444" s="2">
         <v>45680</v>
       </c>
       <c r="B444" t="s">
         <v>211</v>
       </c>
       <c r="C444" t="s">
         <v>712</v>
       </c>
       <c r="D444" t="s">
         <v>81</v>
       </c>
       <c r="E444" s="2">
         <v>45703</v>
       </c>
       <c r="F444" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G444" s="2">
         <v>45704</v>
       </c>
       <c r="H444" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I444" t="s">
         <v>713</v>
       </c>
       <c r="J444" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="445" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="445" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A445" s="2">
         <v>45682</v>
       </c>
       <c r="B445" t="s">
         <v>211</v>
       </c>
       <c r="C445" t="s">
         <v>30</v>
       </c>
       <c r="D445" t="s">
         <v>459</v>
       </c>
       <c r="E445" s="2">
         <v>45710</v>
       </c>
       <c r="F445" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G445" s="2">
         <v>45710</v>
       </c>
       <c r="H445" s="1">
         <v>0</v>
       </c>
       <c r="I445" t="s">
         <v>697</v>
       </c>
       <c r="J445" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="446" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="446" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A446" s="2">
         <v>45684</v>
       </c>
       <c r="B446" t="s">
         <v>317</v>
       </c>
       <c r="C446" t="s">
         <v>714</v>
       </c>
       <c r="D446" t="s">
         <v>715</v>
       </c>
       <c r="E446" s="2">
         <v>45689</v>
       </c>
       <c r="F446" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G446" s="2">
         <v>45689</v>
       </c>
       <c r="H446" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I446" t="s">
         <v>697</v>
       </c>
       <c r="J446" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="447" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="447" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A447" s="2">
         <v>45683</v>
       </c>
       <c r="B447" t="s">
         <v>196</v>
       </c>
       <c r="C447" t="s">
         <v>716</v>
       </c>
       <c r="D447" t="s">
         <v>717</v>
       </c>
       <c r="E447" s="2">
         <v>45698</v>
       </c>
       <c r="F447" s="1">
         <v>6.9444444444444447E-4</v>
       </c>
       <c r="G447" s="2">
         <v>45698</v>
       </c>
       <c r="H447" s="1">
         <v>0.20833333333333334</v>
       </c>
       <c r="I447" t="s">
         <v>718</v>
       </c>
       <c r="J447" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="448" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="448" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A448" s="2">
         <v>45688</v>
       </c>
       <c r="B448" t="s">
         <v>196</v>
       </c>
       <c r="C448" t="s">
         <v>719</v>
       </c>
       <c r="D448" t="s">
         <v>720</v>
       </c>
       <c r="E448" s="2">
         <v>45704</v>
       </c>
       <c r="F448" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G448" s="2">
         <v>45704</v>
       </c>
       <c r="H448" s="1">
         <v>0.625</v>
       </c>
       <c r="I448" t="s">
         <v>41</v>
       </c>
       <c r="J448" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="449" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="449" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A449" s="2">
         <v>45692</v>
       </c>
       <c r="B449" t="s">
         <v>317</v>
       </c>
       <c r="C449" t="s">
         <v>721</v>
       </c>
       <c r="D449" t="s">
         <v>722</v>
       </c>
       <c r="E449" s="2">
         <v>45702</v>
       </c>
       <c r="F449" s="1">
         <v>0.875</v>
       </c>
       <c r="G449" s="2">
         <v>45703</v>
       </c>
       <c r="H449" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I449" t="s">
         <v>109</v>
       </c>
       <c r="J449" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="450" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="450" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A450" s="2">
         <v>45326</v>
       </c>
       <c r="B450" t="s">
         <v>316</v>
       </c>
       <c r="C450" t="s">
         <v>30</v>
       </c>
       <c r="D450" t="s">
         <v>409</v>
       </c>
       <c r="E450" s="2">
         <v>45710</v>
       </c>
       <c r="F450" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G450" s="2">
         <v>45711</v>
       </c>
       <c r="H450" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I450" t="s">
         <v>697</v>
       </c>
       <c r="J450" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="451" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="451" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A451" s="2">
         <v>45692</v>
       </c>
       <c r="B451" t="s">
         <v>317</v>
       </c>
       <c r="C451" t="s">
         <v>604</v>
       </c>
       <c r="D451" t="s">
         <v>723</v>
       </c>
       <c r="E451" s="2">
         <v>45703</v>
       </c>
       <c r="F451" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G451" s="2">
         <v>45704</v>
       </c>
       <c r="H451" s="1">
         <v>0.125</v>
       </c>
       <c r="I451" t="s">
         <v>701</v>
       </c>
       <c r="J451" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="452" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="452" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A452" s="2">
         <v>45693</v>
       </c>
       <c r="B452" t="s">
         <v>196</v>
       </c>
       <c r="C452" t="s">
         <v>724</v>
       </c>
       <c r="D452" t="s">
         <v>392</v>
       </c>
       <c r="E452" s="2">
         <v>45842</v>
       </c>
       <c r="F452" s="1">
         <v>0.375</v>
       </c>
       <c r="G452" s="2">
         <v>45842</v>
       </c>
       <c r="H452" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I452" t="s">
         <v>725</v>
       </c>
       <c r="J452" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="453" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="453" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A453" s="2">
         <v>45693</v>
       </c>
       <c r="B453" t="s">
         <v>196</v>
       </c>
       <c r="C453" t="s">
         <v>726</v>
       </c>
       <c r="D453" t="s">
         <v>727</v>
       </c>
       <c r="E453" s="2">
         <v>45711</v>
       </c>
       <c r="F453" s="1">
         <v>0.375</v>
       </c>
       <c r="G453" s="2">
         <v>45711</v>
       </c>
       <c r="H453" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I453" t="s">
         <v>414</v>
       </c>
       <c r="J453" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="454" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="454" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A454" s="2">
         <v>45695</v>
       </c>
       <c r="B454" t="s">
         <v>317</v>
       </c>
       <c r="C454" t="s">
         <v>635</v>
       </c>
       <c r="D454" t="s">
         <v>636</v>
       </c>
       <c r="E454" s="2">
         <v>45703</v>
       </c>
       <c r="F454" s="1">
         <v>0.75</v>
       </c>
       <c r="G454" s="2">
         <v>45705</v>
       </c>
       <c r="H454" s="1">
         <v>0.125</v>
       </c>
       <c r="I454" t="s">
         <v>701</v>
       </c>
       <c r="J454" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="455" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="455" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A455" s="2">
         <v>45695</v>
       </c>
       <c r="B455" t="s">
         <v>728</v>
       </c>
       <c r="C455" t="s">
         <v>729</v>
       </c>
       <c r="D455" t="s">
         <v>730</v>
       </c>
       <c r="E455" s="2">
         <v>45717</v>
       </c>
       <c r="F455" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G455" s="2">
         <v>45717</v>
       </c>
       <c r="H455" s="1">
         <v>6.25E-2</v>
       </c>
       <c r="I455" t="s">
         <v>731</v>
       </c>
       <c r="J455" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="456" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="456" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A456" s="2">
         <v>45695</v>
       </c>
       <c r="B456" t="s">
         <v>196</v>
       </c>
       <c r="C456" t="s">
         <v>408</v>
       </c>
       <c r="D456" t="s">
         <v>732</v>
       </c>
       <c r="E456" s="2">
         <v>45717</v>
       </c>
       <c r="F456" s="1">
         <v>0.875</v>
       </c>
       <c r="G456" s="2">
         <v>45718</v>
       </c>
       <c r="H456" s="1">
         <v>0.14583333333333334</v>
       </c>
       <c r="I456" t="s">
         <v>701</v>
       </c>
       <c r="J456" t="s">
         <v>733</v>
       </c>
     </row>
-    <row r="457" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="457" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A457" s="2">
         <v>45697</v>
       </c>
       <c r="B457" t="s">
         <v>196</v>
       </c>
       <c r="C457" t="s">
         <v>30</v>
       </c>
       <c r="D457" t="s">
         <v>409</v>
       </c>
       <c r="E457" s="2">
         <v>45731</v>
       </c>
       <c r="F457" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G457" s="2">
         <v>45731</v>
       </c>
       <c r="H457" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I457" t="s">
         <v>216</v>
       </c>
       <c r="J457" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="458" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="458" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A458" s="2">
         <v>45696</v>
       </c>
       <c r="B458" t="s">
         <v>196</v>
       </c>
       <c r="C458" t="s">
         <v>734</v>
       </c>
       <c r="D458" t="s">
         <v>735</v>
       </c>
       <c r="E458" s="2">
         <v>45711</v>
       </c>
       <c r="F458" s="1">
         <v>0.54166666666666663</v>
       </c>
       <c r="G458" s="2">
         <v>45711</v>
       </c>
       <c r="H458" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I458" t="s">
         <v>29</v>
       </c>
       <c r="J458" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="459" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="459" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A459" s="2">
         <v>45698</v>
       </c>
       <c r="B459" t="s">
         <v>235</v>
       </c>
       <c r="C459" t="s">
         <v>107</v>
       </c>
       <c r="D459" t="s">
         <v>736</v>
       </c>
       <c r="E459" s="2">
         <v>45738</v>
       </c>
       <c r="F459" s="1">
         <v>0.75</v>
       </c>
       <c r="G459" s="2">
         <v>45738</v>
       </c>
       <c r="H459" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I459" t="s">
         <v>54</v>
       </c>
       <c r="J459" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="460" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="460" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A460" s="2">
         <v>45697</v>
       </c>
       <c r="B460" t="s">
         <v>196</v>
       </c>
       <c r="C460" t="s">
         <v>737</v>
       </c>
       <c r="D460" t="s">
         <v>738</v>
       </c>
       <c r="E460" s="2">
         <v>45731</v>
       </c>
       <c r="F460" s="1">
         <v>0.8125</v>
       </c>
       <c r="G460" s="2">
         <v>45731</v>
       </c>
       <c r="H460" s="1">
         <v>0</v>
       </c>
       <c r="I460" t="s">
         <v>54</v>
       </c>
       <c r="J460" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="461" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="461" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A461" s="2">
         <v>45700</v>
       </c>
       <c r="B461" t="s">
         <v>235</v>
       </c>
       <c r="C461" t="s">
         <v>574</v>
       </c>
       <c r="D461" t="s">
         <v>575</v>
       </c>
       <c r="E461" s="2">
         <v>45744</v>
       </c>
       <c r="F461" s="1">
         <v>0.54166666666666663</v>
       </c>
       <c r="G461" s="2">
         <v>45744</v>
       </c>
       <c r="H461" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I461" t="s">
         <v>146</v>
       </c>
       <c r="J461" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="462" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="462" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A462" s="2">
         <v>45700</v>
       </c>
       <c r="B462" t="s">
         <v>235</v>
       </c>
       <c r="C462" t="s">
         <v>739</v>
       </c>
       <c r="D462" t="s">
         <v>313</v>
       </c>
       <c r="E462" s="2">
         <v>45899</v>
       </c>
       <c r="F462" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G462" s="2">
         <v>45900</v>
       </c>
       <c r="H462" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I462" t="s">
         <v>275</v>
       </c>
       <c r="J462" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="463" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="463" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A463" s="2">
         <v>45701</v>
       </c>
       <c r="B463" t="s">
         <v>235</v>
       </c>
       <c r="C463" t="s">
         <v>508</v>
       </c>
       <c r="D463" t="s">
         <v>509</v>
       </c>
       <c r="E463" s="2">
         <v>45723</v>
       </c>
       <c r="F463" s="1">
         <v>0.47916666666666669</v>
       </c>
       <c r="G463" s="2">
         <v>45724</v>
       </c>
       <c r="H463" s="1">
         <v>0.9375</v>
       </c>
       <c r="I463" t="s">
         <v>338</v>
       </c>
       <c r="J463" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="464" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="464" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A464" s="2">
         <v>45704</v>
       </c>
       <c r="B464" t="s">
         <v>211</v>
       </c>
       <c r="C464" t="s">
         <v>129</v>
       </c>
       <c r="D464" t="s">
         <v>443</v>
       </c>
       <c r="E464" s="2">
         <v>45734</v>
       </c>
       <c r="F464" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G464" s="2">
         <v>45738</v>
       </c>
       <c r="H464" s="6">
         <v>0</v>
       </c>
       <c r="I464" t="s">
         <v>701</v>
       </c>
       <c r="J464" t="s">
         <v>740</v>
       </c>
     </row>
-    <row r="465" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="465" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A465" s="2">
         <v>45704</v>
       </c>
       <c r="B465" t="s">
         <v>235</v>
       </c>
       <c r="C465" t="s">
         <v>741</v>
       </c>
       <c r="D465" t="s">
         <v>372</v>
       </c>
       <c r="E465" s="2">
         <v>45717</v>
       </c>
       <c r="F465" s="1">
         <v>0.4375</v>
       </c>
       <c r="G465" s="2">
         <v>45717</v>
       </c>
       <c r="H465" s="1">
         <v>0.60416666666666663</v>
       </c>
       <c r="I465" t="s">
         <v>742</v>
       </c>
       <c r="J465" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="466" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="466" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A466" s="2">
         <v>45705</v>
       </c>
       <c r="B466" t="s">
         <v>235</v>
       </c>
       <c r="C466" t="s">
         <v>75</v>
       </c>
       <c r="D466" t="s">
         <v>76</v>
       </c>
       <c r="E466" s="2">
         <v>45732</v>
       </c>
       <c r="F466" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G466" s="2">
         <v>45732</v>
       </c>
       <c r="H466" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I466" t="s">
         <v>54</v>
       </c>
       <c r="J466" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="467" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="467" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A467" s="2">
         <v>45706</v>
       </c>
       <c r="B467" t="s">
         <v>317</v>
       </c>
       <c r="C467" t="s">
         <v>30</v>
       </c>
       <c r="D467" t="s">
         <v>409</v>
       </c>
       <c r="E467" s="2">
         <v>45717</v>
       </c>
       <c r="F467" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G467" s="2">
         <v>45718</v>
       </c>
       <c r="H467" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I467" t="s">
         <v>54</v>
       </c>
       <c r="J467" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="468" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="468" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A468" s="2">
         <v>45701</v>
       </c>
       <c r="B468" t="s">
         <v>235</v>
       </c>
       <c r="C468" t="s">
         <v>667</v>
       </c>
       <c r="D468" t="s">
         <v>636</v>
       </c>
       <c r="E468" s="2">
         <v>45731</v>
       </c>
       <c r="F468" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G468" s="2">
         <v>45732</v>
       </c>
       <c r="H468" s="1">
         <v>0.125</v>
       </c>
       <c r="I468" t="s">
         <v>743</v>
       </c>
       <c r="J468" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="469" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="469" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A469" s="2">
         <v>45712</v>
       </c>
       <c r="B469" t="s">
         <v>235</v>
       </c>
       <c r="C469" t="s">
         <v>668</v>
       </c>
       <c r="D469" t="s">
         <v>744</v>
       </c>
       <c r="E469" s="2">
         <v>45731</v>
       </c>
       <c r="F469" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G469" s="2">
         <v>45732</v>
       </c>
       <c r="H469" s="1">
         <v>0.125</v>
       </c>
       <c r="I469" t="s">
         <v>743</v>
       </c>
       <c r="J469" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="470" spans="1:10" ht="15.75" x14ac:dyDescent="0.5">
+    <row r="470" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A470" s="2">
         <v>45709</v>
       </c>
       <c r="B470" t="s">
         <v>235</v>
       </c>
       <c r="C470" s="10" t="s">
         <v>483</v>
       </c>
       <c r="D470" s="10" t="s">
         <v>484</v>
       </c>
       <c r="E470" s="2">
         <v>45724</v>
       </c>
       <c r="F470" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G470" s="2">
         <v>45724</v>
       </c>
       <c r="H470" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I470" t="s">
         <v>216</v>
       </c>
       <c r="J470" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="471" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="471" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A471" s="2">
         <v>45711</v>
       </c>
       <c r="B471" t="s">
         <v>196</v>
       </c>
       <c r="C471" t="s">
         <v>201</v>
       </c>
       <c r="D471" t="s">
         <v>745</v>
       </c>
       <c r="E471" s="2">
         <v>45836</v>
       </c>
       <c r="F471" s="1">
         <v>0.54166666666666663</v>
       </c>
       <c r="G471" s="2">
         <v>45836</v>
       </c>
       <c r="H471" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I471" t="s">
         <v>370</v>
       </c>
       <c r="J471" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="472" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="472" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A472" s="2">
         <v>45712</v>
       </c>
       <c r="B472" t="s">
         <v>317</v>
       </c>
       <c r="C472" t="s">
         <v>343</v>
       </c>
       <c r="D472" t="s">
         <v>746</v>
       </c>
       <c r="E472" s="2">
         <v>45723</v>
       </c>
       <c r="F472" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G472" s="2">
         <v>45725</v>
       </c>
       <c r="H472" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I472" t="s">
         <v>747</v>
       </c>
       <c r="J472" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="473" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="473" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A473" s="2">
         <v>45714</v>
       </c>
       <c r="B473" t="s">
         <v>196</v>
       </c>
       <c r="C473" t="s">
         <v>669</v>
       </c>
       <c r="D473" t="s">
         <v>670</v>
       </c>
       <c r="E473" s="2">
         <v>45738</v>
       </c>
       <c r="F473" s="1">
         <v>0.75</v>
       </c>
       <c r="G473" s="2">
         <v>45738</v>
       </c>
       <c r="H473" s="1">
         <v>0</v>
       </c>
       <c r="I473" t="s">
         <v>748</v>
       </c>
       <c r="J473" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="474" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="474" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A474" s="2">
         <v>45714</v>
       </c>
       <c r="B474" t="s">
         <v>196</v>
       </c>
       <c r="C474" t="s">
         <v>669</v>
       </c>
       <c r="D474" t="s">
         <v>670</v>
       </c>
       <c r="E474" s="2">
         <v>45751</v>
       </c>
       <c r="F474" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G474" s="2">
         <v>45752</v>
       </c>
       <c r="H474" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I474" t="s">
         <v>748</v>
       </c>
       <c r="J474" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="475" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="475" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A475" s="2">
         <v>45714</v>
       </c>
       <c r="B475" t="s">
         <v>196</v>
       </c>
       <c r="C475" t="s">
         <v>669</v>
       </c>
       <c r="D475" t="s">
         <v>670</v>
       </c>
       <c r="E475" s="2">
         <v>45781</v>
       </c>
       <c r="F475" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G475" s="2">
         <v>45417</v>
       </c>
       <c r="H475" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I475" t="s">
         <v>748</v>
       </c>
       <c r="J475" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="476" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="476" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A476" s="2">
         <v>45714</v>
       </c>
       <c r="B476" t="s">
         <v>196</v>
       </c>
       <c r="C476" t="s">
         <v>669</v>
       </c>
       <c r="D476" t="s">
         <v>670</v>
       </c>
       <c r="E476" s="2">
         <v>45836</v>
       </c>
       <c r="F476" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G476" s="2">
         <v>45837</v>
       </c>
       <c r="H476" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I476" t="s">
         <v>748</v>
       </c>
       <c r="J476" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="477" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="477" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A477" s="2">
         <v>45717</v>
       </c>
       <c r="B477" t="s">
         <v>316</v>
       </c>
       <c r="C477" t="s">
         <v>75</v>
       </c>
       <c r="D477" t="s">
         <v>76</v>
       </c>
       <c r="E477" s="2">
         <v>45808</v>
       </c>
       <c r="F477" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G477" s="2">
         <v>45808</v>
       </c>
       <c r="H477" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I477" t="s">
         <v>370</v>
       </c>
       <c r="J477" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="478" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="478" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A478" s="2">
         <v>45718</v>
       </c>
       <c r="B478" t="s">
         <v>316</v>
       </c>
       <c r="C478" t="s">
         <v>39</v>
       </c>
       <c r="D478" t="s">
         <v>323</v>
       </c>
       <c r="E478" s="2">
         <v>45732</v>
       </c>
       <c r="F478" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G478" s="2">
         <v>45732</v>
       </c>
       <c r="H478" s="1">
         <v>0.625</v>
       </c>
       <c r="I478" t="s">
         <v>41</v>
       </c>
       <c r="J478" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="479" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="479" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A479" s="2">
         <v>45720</v>
       </c>
       <c r="B479" t="s">
         <v>235</v>
       </c>
       <c r="C479" t="s">
         <v>749</v>
       </c>
       <c r="D479" t="s">
         <v>750</v>
       </c>
       <c r="E479" s="2">
         <v>45752</v>
       </c>
       <c r="F479" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="G479" s="2">
         <v>45753</v>
       </c>
       <c r="H479" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I479" t="s">
         <v>54</v>
       </c>
       <c r="J479" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="480" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="480" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A480" s="2">
         <v>45720</v>
       </c>
       <c r="B480" t="s">
         <v>196</v>
       </c>
       <c r="C480" t="s">
         <v>448</v>
       </c>
       <c r="D480" t="s">
         <v>751</v>
       </c>
       <c r="E480" s="2">
         <v>45760</v>
       </c>
       <c r="F480" s="1">
         <v>0.5</v>
       </c>
       <c r="G480" s="2">
         <v>45760</v>
       </c>
       <c r="H480" s="1">
         <v>0.75</v>
       </c>
       <c r="I480" t="s">
         <v>41</v>
       </c>
       <c r="J480" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="481" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="481" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A481" s="2">
         <v>45721</v>
       </c>
       <c r="B481" t="s">
         <v>196</v>
       </c>
       <c r="C481" t="s">
         <v>752</v>
       </c>
       <c r="D481" t="s">
         <v>753</v>
       </c>
       <c r="E481" s="2">
         <v>45401</v>
       </c>
       <c r="F481" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="G481" s="2">
         <v>45766</v>
       </c>
       <c r="H481" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I481" t="s">
         <v>754</v>
       </c>
       <c r="J481" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="482" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="482" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A482" s="2">
         <v>45720</v>
       </c>
       <c r="B482" t="s">
         <v>196</v>
       </c>
       <c r="C482" t="s">
         <v>476</v>
       </c>
       <c r="D482" t="s">
         <v>755</v>
       </c>
       <c r="E482" s="2">
         <v>45738</v>
       </c>
       <c r="F482" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G482" s="2">
         <v>45738</v>
       </c>
       <c r="H482" s="1">
         <v>0.9375</v>
       </c>
       <c r="I482" t="s">
         <v>756</v>
       </c>
       <c r="J482" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="483" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="483" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A483" s="2">
         <v>45721</v>
       </c>
       <c r="B483" t="s">
         <v>196</v>
       </c>
       <c r="C483" t="s">
         <v>159</v>
       </c>
       <c r="D483" t="s">
         <v>348</v>
       </c>
       <c r="E483" s="2">
         <v>45738</v>
       </c>
       <c r="F483" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G483" s="2">
         <v>45738</v>
       </c>
       <c r="H483" s="1">
         <v>0.875</v>
       </c>
       <c r="I483" t="s">
         <v>756</v>
       </c>
       <c r="J483" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="484" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="484" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A484" s="2">
         <v>45722</v>
       </c>
       <c r="B484" t="s">
         <v>196</v>
       </c>
       <c r="C484" t="s">
         <v>757</v>
       </c>
       <c r="D484" t="s">
         <v>758</v>
       </c>
       <c r="E484" s="2">
         <v>45738</v>
       </c>
       <c r="F484" s="1">
         <v>0.4375</v>
       </c>
       <c r="G484" s="2">
         <v>45739</v>
       </c>
       <c r="H484" s="1">
         <v>0.6875</v>
       </c>
       <c r="I484" t="s">
         <v>41</v>
       </c>
       <c r="J484" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="485" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="485" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A485" s="2">
         <v>45723</v>
       </c>
       <c r="B485" t="s">
         <v>193</v>
       </c>
       <c r="C485" t="s">
         <v>343</v>
       </c>
       <c r="D485" t="s">
         <v>759</v>
       </c>
       <c r="E485" s="2">
         <v>45730</v>
       </c>
       <c r="F485" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G485" s="2">
         <v>45731</v>
       </c>
       <c r="H485" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I485" t="s">
         <v>747</v>
       </c>
       <c r="J485" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="486" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="486" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A486" s="2">
         <v>45722</v>
       </c>
       <c r="B486" t="s">
         <v>196</v>
       </c>
       <c r="C486" t="s">
         <v>276</v>
       </c>
       <c r="D486" t="s">
         <v>509</v>
       </c>
       <c r="E486" s="2">
         <v>45737</v>
       </c>
       <c r="F486" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G486" s="2">
         <v>45737</v>
       </c>
       <c r="H486" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I486" t="s">
         <v>216</v>
       </c>
       <c r="J486" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="487" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="487" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A487" s="2">
         <v>45726</v>
       </c>
       <c r="B487" t="s">
         <v>196</v>
       </c>
       <c r="C487" t="s">
         <v>760</v>
       </c>
       <c r="D487" t="s">
         <v>761</v>
       </c>
       <c r="E487" s="2">
         <v>45805</v>
       </c>
       <c r="F487" s="1">
         <v>0.48958333333333331</v>
       </c>
       <c r="G487" s="2">
         <v>45805</v>
       </c>
       <c r="H487" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I487" t="s">
         <v>762</v>
       </c>
       <c r="J487" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="488" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="488" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A488" s="2">
         <v>45726</v>
       </c>
       <c r="B488" t="s">
         <v>196</v>
       </c>
       <c r="C488" t="s">
         <v>703</v>
       </c>
       <c r="D488" t="s">
         <v>704</v>
       </c>
       <c r="E488" s="2">
         <v>45773</v>
       </c>
       <c r="F488" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G488" s="2">
         <v>45774</v>
       </c>
       <c r="H488" s="1">
         <v>0.14583333333333334</v>
       </c>
       <c r="I488" t="s">
         <v>16</v>
       </c>
       <c r="J488" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="489" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="489" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A489" s="2">
         <v>45726</v>
       </c>
       <c r="B489" t="s">
         <v>196</v>
       </c>
       <c r="C489" t="s">
         <v>763</v>
       </c>
       <c r="D489" t="s">
         <v>457</v>
       </c>
       <c r="E489" s="2">
         <v>45767</v>
       </c>
       <c r="F489" s="1">
         <v>0.9375</v>
       </c>
       <c r="G489" s="2">
         <v>45768</v>
       </c>
       <c r="H489" s="1">
         <v>0.10416666666666667</v>
       </c>
       <c r="I489" t="s">
         <v>764</v>
       </c>
       <c r="J489" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="490" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="490" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A490" s="2">
         <v>45729</v>
       </c>
       <c r="B490" t="s">
         <v>196</v>
       </c>
       <c r="C490" t="s">
         <v>159</v>
       </c>
       <c r="D490" t="s">
         <v>348</v>
       </c>
       <c r="E490" s="2">
         <v>45743</v>
       </c>
       <c r="F490" s="1">
         <v>0.75</v>
       </c>
       <c r="G490" s="2">
         <v>45743</v>
       </c>
       <c r="H490" s="1">
         <v>0.89583333333333337</v>
       </c>
       <c r="I490" t="s">
         <v>54</v>
       </c>
       <c r="J490" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="491" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="491" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A491" s="2">
         <v>45731</v>
       </c>
       <c r="B491" t="s">
         <v>196</v>
       </c>
       <c r="C491" t="s">
         <v>765</v>
       </c>
       <c r="D491" t="s">
         <v>404</v>
       </c>
       <c r="E491" s="2">
         <v>45745</v>
       </c>
       <c r="F491" s="1">
         <v>0</v>
       </c>
       <c r="G491" s="2">
         <v>45746</v>
       </c>
       <c r="H491" s="1">
         <v>0.125</v>
       </c>
       <c r="I491" t="s">
         <v>54</v>
       </c>
       <c r="J491" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="492" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="492" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A492" s="2">
         <v>45731</v>
       </c>
       <c r="B492" t="s">
         <v>196</v>
       </c>
       <c r="C492" t="s">
         <v>766</v>
       </c>
       <c r="D492" t="s">
         <v>767</v>
       </c>
       <c r="E492" s="2">
         <v>45802</v>
       </c>
       <c r="F492" s="1">
         <v>0.75</v>
       </c>
       <c r="G492" s="2">
         <v>45802</v>
       </c>
       <c r="H492" s="1">
         <v>0</v>
       </c>
       <c r="I492" t="s">
         <v>54</v>
       </c>
       <c r="J492" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="493" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="493" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A493" s="2">
         <v>45728</v>
       </c>
       <c r="B493" t="s">
         <v>317</v>
       </c>
       <c r="C493" t="s">
         <v>339</v>
       </c>
       <c r="D493" t="s">
         <v>340</v>
       </c>
       <c r="E493" s="2">
         <v>45738</v>
       </c>
       <c r="F493" s="1">
         <v>0.75</v>
       </c>
       <c r="G493" s="2">
         <v>45738</v>
       </c>
       <c r="H493" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I493" t="s">
         <v>54</v>
       </c>
       <c r="J493" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="494" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="494" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A494" s="2">
         <v>45729</v>
       </c>
       <c r="B494" t="s">
         <v>317</v>
       </c>
       <c r="C494" t="s">
         <v>343</v>
       </c>
       <c r="D494" t="s">
         <v>759</v>
       </c>
       <c r="E494" s="2">
         <v>45737</v>
       </c>
       <c r="F494" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G494" s="2">
         <v>45737</v>
       </c>
       <c r="H494" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I494" t="s">
         <v>747</v>
       </c>
       <c r="J494" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="495" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="495" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A495" s="2">
         <v>45761</v>
       </c>
       <c r="B495" t="s">
         <v>196</v>
       </c>
       <c r="C495" t="s">
         <v>408</v>
       </c>
       <c r="D495" t="s">
         <v>768</v>
       </c>
       <c r="E495" s="2">
         <v>45774</v>
       </c>
       <c r="F495" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G495" s="2">
         <v>45774</v>
       </c>
       <c r="H495" s="1">
         <v>0.625</v>
       </c>
       <c r="I495" t="s">
         <v>57</v>
       </c>
       <c r="J495" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="496" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="496" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A496" s="2">
         <v>45739</v>
       </c>
       <c r="B496" t="s">
         <v>317</v>
       </c>
       <c r="C496" t="s">
         <v>769</v>
       </c>
       <c r="D496" t="s">
         <v>770</v>
       </c>
       <c r="E496" s="2">
         <v>45739</v>
       </c>
       <c r="F496" s="1">
         <v>0.375</v>
       </c>
       <c r="G496" s="2">
         <v>45739</v>
       </c>
       <c r="H496" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I496" t="s">
         <v>41</v>
       </c>
       <c r="J496" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="497" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="497" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A497" s="2">
         <v>45733</v>
       </c>
       <c r="B497" t="s">
         <v>317</v>
       </c>
       <c r="C497" t="s">
         <v>771</v>
       </c>
       <c r="D497" t="s">
         <v>603</v>
       </c>
       <c r="E497" s="2">
         <v>45792</v>
       </c>
       <c r="F497" s="1">
         <v>0.78125</v>
       </c>
       <c r="G497" s="2">
         <v>45794</v>
       </c>
       <c r="H497" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I497" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="498" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="498" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A498" s="2">
         <v>45733</v>
       </c>
       <c r="B498" t="s">
         <v>211</v>
       </c>
       <c r="C498" t="s">
         <v>30</v>
       </c>
       <c r="D498" t="s">
         <v>409</v>
       </c>
       <c r="E498" s="2">
         <v>45759</v>
       </c>
       <c r="F498" s="1">
         <v>0.625</v>
       </c>
       <c r="G498" s="2">
         <v>45759</v>
       </c>
       <c r="H498" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I498" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="499" spans="1:10" ht="15.4" x14ac:dyDescent="0.45">
+    <row r="499" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A499" s="2">
         <v>45767</v>
       </c>
       <c r="B499" t="s">
         <v>317</v>
       </c>
       <c r="C499" s="12" t="s">
         <v>159</v>
       </c>
       <c r="D499" s="12" t="s">
         <v>348</v>
       </c>
       <c r="E499" s="2">
         <v>45750</v>
       </c>
       <c r="F499" s="1">
         <v>0.75</v>
       </c>
       <c r="G499" s="2">
         <v>45750</v>
       </c>
       <c r="H499" s="1">
         <v>0.875</v>
       </c>
       <c r="I499" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="500" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="500" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A500" s="2">
         <v>45734</v>
       </c>
       <c r="B500" t="s">
         <v>317</v>
       </c>
       <c r="C500" t="s">
         <v>500</v>
       </c>
       <c r="D500" t="s">
         <v>772</v>
       </c>
       <c r="E500" s="2">
         <v>45742</v>
       </c>
       <c r="F500" s="1">
         <v>0.69791666666666663</v>
       </c>
       <c r="G500" s="2">
         <v>45742</v>
       </c>
       <c r="H500" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="I500" t="s">
         <v>29</v>
       </c>
       <c r="J500" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="501" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="501" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A501" s="2">
         <v>45735</v>
       </c>
       <c r="B501" t="s">
         <v>196</v>
       </c>
       <c r="C501" t="s">
         <v>773</v>
       </c>
       <c r="D501" t="s">
         <v>774</v>
       </c>
       <c r="E501" s="2">
         <v>45760</v>
       </c>
       <c r="F501" s="1">
         <v>0.51041666666666663</v>
       </c>
       <c r="G501" s="2">
         <v>45760</v>
       </c>
       <c r="H501" s="1">
         <v>0.71875</v>
       </c>
       <c r="I501" t="s">
         <v>377</v>
       </c>
       <c r="J501" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="502" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="502" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A502" s="2">
         <v>45736</v>
       </c>
       <c r="B502" t="s">
         <v>211</v>
       </c>
       <c r="C502" t="s">
         <v>775</v>
       </c>
       <c r="D502" t="s">
         <v>776</v>
       </c>
       <c r="E502" s="2">
         <v>45927</v>
       </c>
       <c r="F502" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G502" s="2">
         <v>45928</v>
       </c>
       <c r="H502" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I502" t="s">
         <v>54</v>
       </c>
       <c r="J502" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="503" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="503" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A503" s="2">
         <v>45740</v>
       </c>
       <c r="B503" t="s">
         <v>196</v>
       </c>
       <c r="C503" t="s">
         <v>777</v>
       </c>
       <c r="D503" t="s">
         <v>778</v>
       </c>
       <c r="E503" s="2">
         <v>45752</v>
       </c>
       <c r="F503" s="1">
         <v>0.4375</v>
       </c>
       <c r="G503" s="2">
         <v>45752</v>
       </c>
       <c r="H503" s="1">
         <v>0.60416666666666663</v>
       </c>
       <c r="I503" t="s">
         <v>414</v>
       </c>
       <c r="J503" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="504" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="504" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A504" s="2">
         <v>45741</v>
       </c>
       <c r="B504" t="s">
         <v>235</v>
       </c>
       <c r="C504" t="s">
         <v>779</v>
       </c>
       <c r="D504" t="s">
         <v>780</v>
       </c>
       <c r="E504" s="2">
         <v>45766</v>
       </c>
       <c r="F504" s="1">
         <v>0.54166666666666663</v>
       </c>
       <c r="G504" s="2">
         <v>45766</v>
       </c>
       <c r="H504" s="1">
         <v>0.61458333333333337</v>
       </c>
       <c r="I504" t="s">
         <v>54</v>
       </c>
       <c r="J504" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="505" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="505" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A505" s="2">
         <v>45741</v>
       </c>
       <c r="B505" t="s">
         <v>196</v>
       </c>
       <c r="C505" t="s">
         <v>580</v>
       </c>
       <c r="D505" t="s">
         <v>781</v>
       </c>
       <c r="E505" s="2">
         <v>45765</v>
       </c>
       <c r="F505" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="G505" s="2">
         <v>45765</v>
       </c>
       <c r="H505" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I505" t="s">
         <v>380</v>
       </c>
       <c r="J505" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="506" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="506" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A506" s="2">
         <v>45743</v>
       </c>
       <c r="B506" t="s">
         <v>196</v>
       </c>
       <c r="C506" t="s">
         <v>782</v>
       </c>
       <c r="D506" t="s">
         <v>783</v>
       </c>
       <c r="E506" s="2">
         <v>45898</v>
       </c>
       <c r="F506" s="1">
         <v>0</v>
       </c>
       <c r="G506" s="2">
         <v>45898</v>
       </c>
       <c r="H506" s="1">
         <v>0.125</v>
       </c>
       <c r="I506" t="s">
         <v>16</v>
       </c>
       <c r="J506" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="507" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="507" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A507" s="2">
         <v>45747</v>
       </c>
       <c r="B507" t="s">
         <v>317</v>
       </c>
       <c r="C507" t="s">
         <v>142</v>
       </c>
       <c r="D507" t="s">
         <v>784</v>
       </c>
       <c r="E507" s="2">
         <v>45760</v>
       </c>
       <c r="F507" s="1">
         <v>0.5</v>
       </c>
       <c r="G507" s="2">
         <v>45760</v>
       </c>
       <c r="H507" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I507" t="s">
         <v>47</v>
       </c>
       <c r="J507" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="508" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="508" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A508" s="2">
         <v>45748</v>
       </c>
       <c r="B508" t="s">
         <v>235</v>
       </c>
       <c r="C508" t="s">
         <v>785</v>
       </c>
       <c r="D508" t="s">
         <v>786</v>
       </c>
       <c r="E508" s="2">
         <v>45782</v>
       </c>
       <c r="F508" s="1">
         <v>0.5</v>
       </c>
       <c r="G508" s="2">
         <v>45782</v>
       </c>
       <c r="H508" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I508" t="s">
         <v>29</v>
       </c>
       <c r="J508" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="509" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="509" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A509" s="2">
         <v>45750</v>
       </c>
       <c r="B509" t="s">
         <v>196</v>
       </c>
       <c r="C509" t="s">
         <v>39</v>
       </c>
       <c r="D509" t="s">
         <v>323</v>
       </c>
       <c r="E509" s="2">
         <v>45767</v>
       </c>
       <c r="F509" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G509" s="2">
         <v>45767</v>
       </c>
       <c r="H509" s="1">
         <v>0.625</v>
       </c>
       <c r="I509" t="s">
         <v>435</v>
       </c>
       <c r="J509" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="510" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="510" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A510" s="2">
         <v>45741</v>
       </c>
       <c r="B510" t="s">
         <v>316</v>
       </c>
       <c r="C510" t="s">
         <v>787</v>
       </c>
       <c r="D510" t="s">
         <v>788</v>
       </c>
       <c r="E510" s="2">
         <v>45766</v>
       </c>
       <c r="F510" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="G510" s="2">
         <v>45768</v>
       </c>
       <c r="H510" s="1">
         <v>0.14583333333333334</v>
       </c>
       <c r="I510" t="s">
         <v>16</v>
       </c>
       <c r="J510" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="511" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="511" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A511" s="2">
         <v>45751</v>
       </c>
       <c r="B511" t="s">
         <v>316</v>
       </c>
       <c r="C511" t="s">
         <v>789</v>
       </c>
       <c r="D511" t="s">
         <v>409</v>
       </c>
       <c r="E511" s="2">
         <v>45773</v>
       </c>
       <c r="F511" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G511" s="2">
         <v>45773</v>
       </c>
       <c r="H511" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I511" t="s">
         <v>29</v>
       </c>
       <c r="J511" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="512" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="512" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A512" s="2">
         <v>45756</v>
       </c>
       <c r="B512" t="s">
         <v>211</v>
       </c>
       <c r="C512" t="s">
         <v>790</v>
       </c>
       <c r="D512" t="s">
         <v>791</v>
       </c>
       <c r="E512" s="2">
         <v>45772</v>
       </c>
       <c r="F512" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G512" s="2">
         <v>45772</v>
       </c>
       <c r="H512" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I512" t="s">
         <v>29</v>
       </c>
       <c r="J512" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="513" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="513" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A513" s="2">
         <v>45757</v>
       </c>
       <c r="B513" t="s">
         <v>317</v>
       </c>
       <c r="C513" t="s">
         <v>792</v>
       </c>
       <c r="D513" t="s">
         <v>793</v>
       </c>
       <c r="E513" s="2">
         <v>45771</v>
       </c>
       <c r="F513" s="1">
         <v>0.64583333333333337</v>
       </c>
       <c r="G513" s="2">
         <v>45771</v>
       </c>
       <c r="H513" s="1">
         <v>0.98958333333333337</v>
       </c>
       <c r="I513" t="s">
         <v>47</v>
       </c>
       <c r="J513" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="514" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="514" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A514" s="2">
         <v>45758</v>
       </c>
       <c r="B514" t="s">
         <v>317</v>
       </c>
       <c r="C514" t="s">
         <v>403</v>
       </c>
       <c r="D514" t="s">
         <v>404</v>
       </c>
       <c r="E514" s="2">
         <v>45773</v>
       </c>
       <c r="F514" s="1">
         <v>0</v>
       </c>
       <c r="G514" s="2">
         <v>45774</v>
       </c>
       <c r="H514" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I514" t="s">
         <v>120</v>
       </c>
       <c r="J514" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="515" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="515" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A515" s="2">
         <v>45761</v>
       </c>
       <c r="B515" t="s">
         <v>196</v>
       </c>
       <c r="C515" t="s">
         <v>794</v>
       </c>
       <c r="D515" t="s">
         <v>795</v>
       </c>
       <c r="E515" s="2">
         <v>45857</v>
       </c>
       <c r="F515" s="1">
         <v>0.5</v>
       </c>
       <c r="G515" s="2">
         <v>45857</v>
       </c>
       <c r="H515" s="1">
         <v>0.625</v>
       </c>
       <c r="I515" t="s">
         <v>120</v>
       </c>
       <c r="J515" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="516" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="516" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A516" s="2">
         <v>45760</v>
       </c>
       <c r="B516" t="s">
         <v>196</v>
       </c>
       <c r="C516" t="s">
         <v>796</v>
       </c>
       <c r="D516" t="s">
         <v>797</v>
       </c>
       <c r="E516" s="2">
         <v>45779</v>
       </c>
       <c r="F516" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G516" s="2">
         <v>45779</v>
       </c>
       <c r="H516" s="1">
         <v>0.9375</v>
       </c>
       <c r="I516" t="s">
         <v>120</v>
       </c>
       <c r="J516" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="517" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="517" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A517" s="2">
         <v>45762</v>
       </c>
       <c r="B517" t="s">
         <v>317</v>
       </c>
       <c r="C517" t="s">
         <v>798</v>
       </c>
       <c r="D517" t="s">
         <v>727</v>
       </c>
       <c r="E517" s="2">
         <v>45774</v>
       </c>
       <c r="F517" s="1">
         <v>0.375</v>
       </c>
       <c r="G517" s="2">
         <v>45774</v>
       </c>
       <c r="H517" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I517" t="s">
         <v>414</v>
       </c>
       <c r="J517" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="518" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="518" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A518" s="2">
         <v>45763</v>
       </c>
       <c r="B518" t="s">
         <v>235</v>
       </c>
       <c r="C518" t="s">
         <v>799</v>
       </c>
       <c r="D518" t="s">
         <v>800</v>
       </c>
       <c r="E518" s="2">
         <v>45829</v>
       </c>
       <c r="F518" s="1">
         <v>0.5</v>
       </c>
       <c r="G518" s="2">
         <v>45829</v>
       </c>
       <c r="H518" s="1">
         <v>0.75</v>
       </c>
       <c r="I518" t="s">
         <v>801</v>
       </c>
       <c r="J518" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="519" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="519" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A519" s="2">
         <v>45768</v>
       </c>
       <c r="B519" t="s">
         <v>235</v>
       </c>
       <c r="C519" t="s">
         <v>803</v>
       </c>
       <c r="D519" t="s">
         <v>804</v>
       </c>
       <c r="E519" s="2">
         <v>45828</v>
       </c>
       <c r="F519" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G519" s="2">
         <v>45829</v>
       </c>
       <c r="H519" s="1">
         <v>0.25</v>
       </c>
       <c r="I519" t="s">
         <v>16</v>
       </c>
       <c r="J519" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="520" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="520" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A520" s="2">
         <v>45769</v>
       </c>
       <c r="B520" t="s">
         <v>316</v>
       </c>
       <c r="C520" t="s">
         <v>777</v>
       </c>
       <c r="D520" t="s">
         <v>778</v>
       </c>
       <c r="E520" s="2">
         <v>45780</v>
       </c>
       <c r="F520" s="1">
         <v>0.4375</v>
       </c>
       <c r="G520" s="2">
         <v>45780</v>
       </c>
       <c r="H520" s="1">
         <v>0.6875</v>
       </c>
       <c r="I520" t="s">
         <v>414</v>
       </c>
       <c r="J520" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="521" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="521" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A521" s="2">
         <v>45769</v>
       </c>
       <c r="B521" t="s">
         <v>235</v>
       </c>
       <c r="C521" t="s">
         <v>805</v>
       </c>
       <c r="D521" t="s">
         <v>806</v>
       </c>
       <c r="E521" s="2">
         <v>45792</v>
       </c>
       <c r="F521" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G521" s="2">
         <v>45792</v>
       </c>
       <c r="H521" s="1">
         <v>0.89583333333333337</v>
       </c>
       <c r="I521" t="s">
         <v>54</v>
       </c>
       <c r="J521" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="522" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="522" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A522" s="2">
         <v>45769</v>
       </c>
       <c r="B522" t="s">
         <v>235</v>
       </c>
       <c r="C522" t="s">
         <v>296</v>
       </c>
       <c r="D522" t="s">
         <v>807</v>
       </c>
       <c r="E522" s="2">
         <v>45814</v>
       </c>
       <c r="F522" s="1">
         <v>0.5</v>
       </c>
       <c r="G522" s="2">
         <v>45814</v>
       </c>
       <c r="H522" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I522" t="s">
         <v>54</v>
       </c>
       <c r="J522" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="523" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="523" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A523" s="2">
         <v>111519</v>
       </c>
       <c r="B523" t="s">
         <v>193</v>
       </c>
       <c r="C523" t="s">
         <v>808</v>
       </c>
       <c r="D523" t="s">
         <v>809</v>
       </c>
       <c r="E523" s="2">
         <v>45786</v>
       </c>
       <c r="F523" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G523" s="2">
         <v>45787</v>
       </c>
       <c r="H523" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I523" t="s">
         <v>16</v>
       </c>
       <c r="J523" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="524" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="524" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A524" s="2">
         <v>111519</v>
       </c>
       <c r="B524" t="s">
         <v>196</v>
       </c>
       <c r="C524" t="s">
         <v>810</v>
       </c>
       <c r="D524" t="s">
         <v>811</v>
       </c>
       <c r="E524" s="2">
         <v>45801</v>
       </c>
       <c r="F524" s="1">
         <v>0.47916666666666669</v>
       </c>
       <c r="G524" s="2">
         <v>45801</v>
       </c>
       <c r="H524" s="1">
         <v>0.6875</v>
       </c>
       <c r="J524" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="525" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="525" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A525" s="2">
         <v>45778</v>
       </c>
       <c r="B525" t="s">
         <v>196</v>
       </c>
       <c r="C525" t="s">
         <v>448</v>
       </c>
       <c r="D525" t="s">
         <v>812</v>
       </c>
       <c r="E525" s="2">
         <v>45804</v>
       </c>
       <c r="F525" s="1">
         <v>0.75</v>
       </c>
       <c r="G525" s="2">
         <v>45804</v>
       </c>
       <c r="H525" s="1">
         <v>0.875</v>
       </c>
       <c r="I525" t="s">
         <v>29</v>
       </c>
       <c r="J525" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="526" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="526" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A526" s="2">
         <v>45780</v>
       </c>
       <c r="B526" t="s">
         <v>196</v>
       </c>
       <c r="C526" t="s">
         <v>813</v>
       </c>
       <c r="D526" t="s">
         <v>409</v>
       </c>
       <c r="E526" s="2">
         <v>45808</v>
       </c>
       <c r="F526" s="1">
         <v>0.75</v>
       </c>
       <c r="G526" s="2">
         <v>45809</v>
       </c>
       <c r="H526" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I526" t="s">
         <v>16</v>
       </c>
       <c r="J526" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="527" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="527" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A527" s="2">
         <v>45781</v>
       </c>
       <c r="B527" t="s">
         <v>196</v>
       </c>
       <c r="C527" t="s">
         <v>39</v>
       </c>
       <c r="D527" t="s">
         <v>323</v>
       </c>
       <c r="E527" s="2">
         <v>45795</v>
       </c>
       <c r="F527" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G527" s="2">
         <v>45795</v>
       </c>
       <c r="H527" s="1">
         <v>0.625</v>
       </c>
       <c r="I527" t="s">
         <v>414</v>
       </c>
       <c r="J527" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="528" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="528" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A528" s="2">
         <v>45814</v>
       </c>
       <c r="B528" t="s">
         <v>196</v>
       </c>
       <c r="C528" t="s">
         <v>813</v>
       </c>
       <c r="D528" t="s">
         <v>409</v>
       </c>
       <c r="E528" s="2">
         <v>45814</v>
       </c>
       <c r="F528" s="1">
         <v>0.75</v>
       </c>
       <c r="G528" s="2">
         <v>45824</v>
       </c>
       <c r="H528" s="1">
         <v>0</v>
       </c>
       <c r="I528" t="s">
         <v>29</v>
       </c>
       <c r="J528" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="529" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="529" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A529" s="2">
         <v>45783</v>
       </c>
       <c r="B529" t="s">
         <v>196</v>
       </c>
       <c r="C529" t="s">
         <v>814</v>
       </c>
       <c r="D529" t="s">
         <v>815</v>
       </c>
       <c r="E529" s="2">
         <v>45792</v>
       </c>
       <c r="F529" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G529" s="2">
         <v>45792</v>
       </c>
       <c r="H529" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I529" t="s">
         <v>816</v>
       </c>
       <c r="J529" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="530" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="530" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A530" s="2">
         <v>45784</v>
       </c>
       <c r="B530" t="s">
         <v>235</v>
       </c>
       <c r="C530" t="s">
         <v>817</v>
       </c>
       <c r="E530" s="2">
         <v>45829</v>
       </c>
       <c r="F530" s="1">
         <v>0.5</v>
       </c>
       <c r="G530" s="2">
         <v>45829</v>
       </c>
       <c r="H530" s="1">
         <v>0.75</v>
       </c>
       <c r="I530" t="s">
         <v>275</v>
       </c>
       <c r="J530" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="531" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="531" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A531" s="2">
         <v>45784</v>
       </c>
       <c r="B531" t="s">
         <v>235</v>
       </c>
       <c r="C531" t="s">
         <v>818</v>
       </c>
       <c r="E531" s="2">
         <v>45829</v>
       </c>
       <c r="F531" s="1">
         <v>0.5</v>
       </c>
       <c r="G531" s="2">
         <v>45829</v>
       </c>
       <c r="H531" s="1">
         <v>0.75</v>
       </c>
       <c r="I531" t="s">
         <v>275</v>
       </c>
       <c r="J531" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="532" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="532" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A532" s="2">
         <v>45784</v>
       </c>
       <c r="B532" t="s">
         <v>235</v>
       </c>
       <c r="C532" t="s">
         <v>819</v>
       </c>
       <c r="E532" s="2">
         <v>45829</v>
       </c>
       <c r="F532" s="1">
         <v>0.5</v>
       </c>
       <c r="G532" s="2">
         <v>45829</v>
       </c>
       <c r="H532" s="1">
         <v>0.75</v>
       </c>
       <c r="I532" t="s">
         <v>275</v>
       </c>
       <c r="J532" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="533" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="533" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A533" s="2">
         <v>45784</v>
       </c>
       <c r="B533" t="s">
         <v>235</v>
       </c>
       <c r="C533" t="s">
         <v>820</v>
       </c>
       <c r="D533" t="s">
         <v>821</v>
       </c>
       <c r="E533" s="2">
         <v>45794</v>
       </c>
       <c r="F533" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G533" s="2">
         <v>45794</v>
       </c>
       <c r="H533" s="1">
         <v>0.875</v>
       </c>
       <c r="I533" t="s">
         <v>816</v>
       </c>
       <c r="J533" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="534" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="534" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A534" s="2">
         <v>45784</v>
       </c>
       <c r="B534" t="s">
         <v>211</v>
       </c>
       <c r="C534" t="s">
         <v>471</v>
       </c>
       <c r="D534" t="s">
         <v>117</v>
       </c>
       <c r="E534" s="2">
         <v>45820</v>
       </c>
       <c r="F534" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G534" s="2">
         <v>45820</v>
       </c>
       <c r="H534" s="1">
         <v>0</v>
       </c>
       <c r="I534" t="s">
         <v>822</v>
       </c>
       <c r="J534" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="535" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="535" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A535" s="2">
         <v>45787</v>
       </c>
       <c r="B535" t="s">
         <v>196</v>
       </c>
       <c r="C535" t="s">
         <v>823</v>
       </c>
       <c r="D535" t="s">
         <v>824</v>
       </c>
       <c r="E535" s="2">
         <v>45802</v>
       </c>
       <c r="F535" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G535" s="2">
         <v>45802</v>
       </c>
       <c r="H535" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I535" t="s">
         <v>57</v>
       </c>
       <c r="J535" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="536" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="536" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A536" s="2">
         <v>45788</v>
       </c>
       <c r="B536" t="s">
         <v>193</v>
       </c>
       <c r="C536" t="s">
         <v>825</v>
       </c>
       <c r="D536" t="s">
         <v>826</v>
       </c>
       <c r="E536" s="2">
         <v>45798</v>
       </c>
       <c r="F536" s="1">
         <v>0</v>
       </c>
       <c r="G536" s="2">
         <v>45798</v>
       </c>
       <c r="H536" s="1">
         <v>0.125</v>
       </c>
       <c r="I536" t="s">
         <v>29</v>
       </c>
       <c r="J536" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="537" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="537" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A537" s="2">
         <v>45788</v>
       </c>
       <c r="B537" t="s">
         <v>235</v>
       </c>
       <c r="C537" t="s">
         <v>825</v>
       </c>
       <c r="D537" t="s">
         <v>826</v>
       </c>
       <c r="E537" s="2">
         <v>45808</v>
       </c>
       <c r="F537" s="1">
         <v>0</v>
       </c>
       <c r="G537" s="2">
         <v>45808</v>
       </c>
       <c r="H537" s="1">
         <v>0.125</v>
       </c>
       <c r="I537" t="s">
         <v>29</v>
       </c>
       <c r="J537" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="538" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="538" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A538" s="2">
         <v>45788</v>
       </c>
       <c r="B538" t="s">
         <v>235</v>
       </c>
       <c r="C538" t="s">
         <v>825</v>
       </c>
       <c r="D538" t="s">
         <v>826</v>
       </c>
       <c r="E538" s="2">
         <v>45857</v>
       </c>
       <c r="F538" s="1">
         <v>0</v>
       </c>
       <c r="G538" s="2">
         <v>45857</v>
       </c>
       <c r="H538" s="1">
         <v>0.125</v>
       </c>
       <c r="I538" t="s">
         <v>29</v>
       </c>
       <c r="J538" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="539" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="539" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A539" s="2">
         <v>45789</v>
       </c>
       <c r="B539" t="s">
         <v>196</v>
       </c>
       <c r="C539" t="s">
         <v>827</v>
       </c>
       <c r="D539" t="s">
         <v>828</v>
       </c>
       <c r="E539" s="2">
         <v>45806</v>
       </c>
       <c r="F539" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G539" s="2">
         <v>45810</v>
       </c>
       <c r="H539" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I539" t="s">
         <v>242</v>
       </c>
       <c r="J539" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="540" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="540" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A540" s="2">
         <v>45789</v>
       </c>
       <c r="B540" t="s">
         <v>317</v>
       </c>
       <c r="C540" t="s">
         <v>827</v>
       </c>
       <c r="D540" t="s">
         <v>828</v>
       </c>
       <c r="E540" s="2">
         <v>45798</v>
       </c>
       <c r="F540" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G540" s="2">
         <v>45803</v>
       </c>
       <c r="H540" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I540" t="s">
         <v>242</v>
       </c>
       <c r="J540" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="541" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="541" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A541" s="2">
         <v>45790</v>
       </c>
       <c r="B541" t="s">
         <v>317</v>
       </c>
       <c r="C541" t="s">
         <v>604</v>
       </c>
       <c r="D541" t="s">
         <v>829</v>
       </c>
       <c r="E541" s="2">
         <v>45802</v>
       </c>
       <c r="F541" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G541" s="2">
         <v>45803</v>
       </c>
       <c r="H541" s="1">
         <v>0.10416666666666667</v>
       </c>
       <c r="I541" t="s">
         <v>16</v>
       </c>
       <c r="J541" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="542" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="542" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A542" s="2">
         <v>45790</v>
       </c>
       <c r="B542" t="s">
         <v>196</v>
       </c>
       <c r="C542" t="s">
         <v>830</v>
       </c>
       <c r="D542" t="s">
         <v>831</v>
       </c>
       <c r="E542" s="2">
         <v>45835</v>
       </c>
       <c r="F542" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G542" s="2">
         <v>45835</v>
       </c>
       <c r="H542" s="1">
         <v>0.875</v>
       </c>
       <c r="I542" t="s">
         <v>29</v>
       </c>
       <c r="J542" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="543" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="543" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A543" s="2">
         <v>45791</v>
       </c>
       <c r="B543" t="s">
         <v>196</v>
       </c>
       <c r="C543" t="s">
         <v>332</v>
       </c>
       <c r="D543" t="s">
         <v>331</v>
       </c>
       <c r="E543" s="2">
         <v>45843</v>
       </c>
       <c r="F543" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G543" s="2">
         <v>45843</v>
       </c>
       <c r="H543" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I543" t="s">
         <v>54</v>
       </c>
       <c r="J543" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="544" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="544" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A544" s="2">
         <v>45796</v>
       </c>
       <c r="B544" t="s">
         <v>196</v>
       </c>
       <c r="C544" t="s">
         <v>395</v>
       </c>
       <c r="D544" t="s">
         <v>396</v>
       </c>
       <c r="E544" s="2">
         <v>45814</v>
       </c>
       <c r="F544" s="1">
         <v>0.875</v>
       </c>
       <c r="G544" s="2">
         <v>45815</v>
       </c>
       <c r="H544" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I544" t="s">
         <v>275</v>
       </c>
       <c r="J544" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="545" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="545" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A545" s="2">
         <v>45796</v>
       </c>
       <c r="B545" t="s">
         <v>196</v>
       </c>
       <c r="C545" t="s">
         <v>395</v>
       </c>
       <c r="D545" t="s">
         <v>396</v>
       </c>
       <c r="E545" s="2">
         <v>45829</v>
       </c>
       <c r="F545" s="1">
         <v>0.875</v>
       </c>
       <c r="G545" s="2">
         <v>45830</v>
       </c>
       <c r="H545" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I545" t="s">
         <v>275</v>
       </c>
       <c r="J545" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="546" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="546" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A546" s="2">
         <v>45796</v>
       </c>
       <c r="B546" t="s">
         <v>196</v>
       </c>
       <c r="C546" t="s">
         <v>395</v>
       </c>
       <c r="D546" t="s">
         <v>396</v>
       </c>
       <c r="E546" s="2">
         <v>45836</v>
       </c>
       <c r="F546" s="1">
         <v>0.875</v>
       </c>
       <c r="G546" s="2">
         <v>45837</v>
       </c>
       <c r="H546" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I546" t="s">
         <v>275</v>
       </c>
       <c r="J546" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="547" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="547" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A547" s="2">
         <v>45796</v>
       </c>
       <c r="B547" t="s">
         <v>196</v>
       </c>
       <c r="C547" t="s">
         <v>159</v>
       </c>
       <c r="D547" t="s">
         <v>478</v>
       </c>
       <c r="E547" s="2">
         <v>45836</v>
       </c>
       <c r="F547" s="1">
         <v>0.47916666666666669</v>
       </c>
       <c r="G547" s="2">
         <v>45836</v>
       </c>
       <c r="H547" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I547" t="s">
         <v>29</v>
       </c>
       <c r="J547" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="548" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="548" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A548" s="2">
         <v>45798</v>
       </c>
       <c r="B548" t="s">
         <v>196</v>
       </c>
       <c r="C548" t="s">
         <v>832</v>
       </c>
       <c r="D548" t="s">
         <v>833</v>
       </c>
       <c r="E548" s="2">
         <v>45843</v>
       </c>
       <c r="F548" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G548" s="2">
         <v>45843</v>
       </c>
       <c r="H548" s="1">
         <v>0.625</v>
       </c>
       <c r="I548" t="s">
         <v>834</v>
       </c>
       <c r="J548" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="549" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="549" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A549" s="2">
         <v>45433</v>
       </c>
       <c r="B549" t="s">
         <v>317</v>
       </c>
       <c r="C549" t="s">
         <v>604</v>
       </c>
       <c r="D549" t="s">
         <v>488</v>
       </c>
       <c r="E549" s="2">
         <v>45807</v>
       </c>
       <c r="F549" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G549" s="2">
         <v>45808</v>
       </c>
       <c r="H549" s="1">
         <v>0.125</v>
       </c>
       <c r="I549" t="s">
         <v>16</v>
       </c>
       <c r="J549" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="550" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="550" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A550" s="2">
         <v>45804</v>
       </c>
       <c r="B550" t="s">
         <v>196</v>
       </c>
       <c r="C550" t="s">
         <v>835</v>
       </c>
       <c r="D550" t="s">
         <v>836</v>
       </c>
       <c r="E550" s="2">
         <v>45815</v>
       </c>
       <c r="F550" s="1">
         <v>0.98958333333333337</v>
       </c>
       <c r="G550" s="2">
         <v>45817</v>
       </c>
       <c r="H550" s="1">
         <v>6.25E-2</v>
       </c>
       <c r="I550" t="s">
         <v>54</v>
       </c>
       <c r="J550" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="551" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="551" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A551" s="2">
         <v>45799</v>
       </c>
       <c r="B551" t="s">
         <v>196</v>
       </c>
       <c r="C551" t="s">
         <v>823</v>
       </c>
       <c r="D551" t="s">
         <v>824</v>
       </c>
       <c r="E551" s="2">
         <v>45816</v>
       </c>
       <c r="F551" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G551" s="2">
         <v>45816</v>
       </c>
       <c r="H551" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I551" t="s">
         <v>57</v>
       </c>
       <c r="J551" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="552" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="552" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A552" s="2">
         <v>45801</v>
       </c>
       <c r="B552" t="s">
         <v>196</v>
       </c>
       <c r="C552" t="s">
         <v>75</v>
       </c>
       <c r="D552" t="s">
         <v>76</v>
       </c>
       <c r="E552" s="2">
         <v>45815</v>
       </c>
       <c r="F552" s="1">
         <v>0.375</v>
       </c>
       <c r="G552" s="2">
         <v>45815</v>
       </c>
       <c r="H552" s="1">
         <v>0.89583333333333337</v>
       </c>
       <c r="I552" t="s">
         <v>41</v>
       </c>
       <c r="J552" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="553" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="553" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A553" s="2">
         <v>45801</v>
       </c>
       <c r="B553" t="s">
         <v>196</v>
       </c>
       <c r="C553" t="s">
         <v>111</v>
       </c>
       <c r="D553" t="s">
         <v>428</v>
       </c>
       <c r="E553" s="2">
         <v>45840</v>
       </c>
       <c r="F553" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G553" s="2">
         <v>45843</v>
       </c>
       <c r="H553" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I553" t="s">
         <v>54</v>
       </c>
       <c r="J553" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="554" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="554" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A554" s="2">
         <v>45803</v>
       </c>
       <c r="B554" t="s">
         <v>196</v>
       </c>
       <c r="C554" t="s">
         <v>467</v>
       </c>
       <c r="D554" t="s">
         <v>837</v>
       </c>
       <c r="E554" s="2">
         <v>45821</v>
       </c>
       <c r="F554" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G554" s="2">
         <v>45821</v>
       </c>
       <c r="H554" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I554" t="s">
         <v>29</v>
       </c>
       <c r="J554" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="555" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="555" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A555" s="2">
         <v>45804</v>
       </c>
       <c r="B555" t="s">
         <v>196</v>
       </c>
       <c r="C555" t="s">
         <v>782</v>
       </c>
       <c r="D555" t="s">
         <v>783</v>
       </c>
       <c r="E555" s="2">
         <v>45815</v>
       </c>
       <c r="F555" s="1">
         <v>0</v>
       </c>
       <c r="G555" s="2">
         <v>45815</v>
       </c>
       <c r="H555" s="1">
         <v>0.125</v>
       </c>
       <c r="I555" t="s">
         <v>16</v>
       </c>
       <c r="J555" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="556" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="556" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A556" s="2">
         <v>45805</v>
       </c>
       <c r="B556" t="s">
         <v>196</v>
       </c>
       <c r="C556" t="s">
         <v>838</v>
       </c>
       <c r="D556" t="s">
         <v>839</v>
       </c>
       <c r="E556" s="2">
         <v>45828</v>
       </c>
       <c r="F556" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G556" s="2">
         <v>45828</v>
       </c>
       <c r="H556" s="1">
         <v>0.89583333333333337</v>
       </c>
       <c r="I556" t="s">
         <v>54</v>
       </c>
       <c r="J556" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="557" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="557" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A557" s="2">
         <v>45805</v>
       </c>
       <c r="B557" t="s">
         <v>196</v>
       </c>
       <c r="C557" t="s">
         <v>230</v>
       </c>
       <c r="D557" t="s">
         <v>815</v>
       </c>
       <c r="E557" s="2">
         <v>45843</v>
       </c>
       <c r="F557" s="1">
         <v>0.5</v>
       </c>
       <c r="G557" s="2">
         <v>45843</v>
       </c>
       <c r="H557" s="1">
         <v>0.75</v>
       </c>
       <c r="I557" t="s">
         <v>54</v>
       </c>
       <c r="J557" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="558" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="558" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A558" s="2">
         <v>45805</v>
       </c>
       <c r="B558" t="s">
         <v>196</v>
       </c>
       <c r="C558" t="s">
         <v>813</v>
       </c>
       <c r="D558" t="s">
         <v>409</v>
       </c>
       <c r="E558" s="2">
         <v>45822</v>
       </c>
       <c r="F558" s="1">
         <v>0.75</v>
       </c>
       <c r="G558" s="2">
         <v>45822</v>
       </c>
       <c r="H558" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I558" t="s">
         <v>54</v>
       </c>
       <c r="J558" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="559" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="559" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A559" s="2">
         <v>45805</v>
       </c>
       <c r="B559" t="s">
         <v>196</v>
       </c>
       <c r="C559" t="s">
         <v>741</v>
       </c>
       <c r="D559" t="s">
         <v>372</v>
       </c>
       <c r="E559" s="2">
         <v>45815</v>
       </c>
       <c r="F559" s="1">
         <v>0.4375</v>
       </c>
       <c r="G559" s="2">
         <v>45815</v>
       </c>
       <c r="H559" s="1">
         <v>0.60416666666666663</v>
       </c>
       <c r="I559" t="s">
         <v>41</v>
       </c>
       <c r="J559" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="560" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="560" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A560" s="2">
         <v>45806</v>
       </c>
       <c r="B560" t="s">
         <v>235</v>
       </c>
       <c r="C560" t="s">
         <v>840</v>
       </c>
       <c r="D560" t="s">
         <v>239</v>
       </c>
       <c r="E560" s="2">
         <v>45836</v>
       </c>
       <c r="F560" s="1">
         <v>0.5</v>
       </c>
       <c r="G560" s="2">
         <v>45836</v>
       </c>
       <c r="H560" s="1">
         <v>0.75</v>
       </c>
       <c r="I560" t="s">
         <v>29</v>
       </c>
       <c r="J560" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="561" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="561" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A561" s="2">
         <v>45807</v>
       </c>
       <c r="B561" t="s">
         <v>196</v>
       </c>
       <c r="C561" t="s">
         <v>841</v>
       </c>
       <c r="D561" t="s">
         <v>842</v>
       </c>
       <c r="E561" s="2">
         <v>45822</v>
       </c>
       <c r="F561" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G561" s="2">
         <v>45822</v>
       </c>
       <c r="H561" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I561" t="s">
         <v>275</v>
       </c>
       <c r="J561" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="562" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="562" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A562" s="2">
         <v>45807</v>
       </c>
       <c r="B562" t="s">
         <v>196</v>
       </c>
       <c r="C562" t="s">
         <v>843</v>
       </c>
       <c r="D562" t="s">
         <v>844</v>
       </c>
       <c r="E562" s="2">
         <v>45836</v>
       </c>
       <c r="F562" s="1">
         <v>0.4375</v>
       </c>
       <c r="G562" s="2">
         <v>45836</v>
       </c>
       <c r="H562" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I562" t="s">
         <v>29</v>
       </c>
       <c r="J562" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="563" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="563" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A563" s="2">
         <v>45809</v>
       </c>
       <c r="B563" t="s">
         <v>196</v>
       </c>
       <c r="C563" t="s">
         <v>39</v>
       </c>
       <c r="D563" t="s">
         <v>323</v>
       </c>
       <c r="E563" s="2">
         <v>45823</v>
       </c>
       <c r="F563" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G563" s="2">
         <v>45823</v>
       </c>
       <c r="H563" s="1">
         <v>0.625</v>
       </c>
       <c r="I563" t="s">
         <v>414</v>
       </c>
       <c r="J563" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="564" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="564" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A564" s="2">
         <v>45806</v>
       </c>
       <c r="B564" t="s">
         <v>317</v>
       </c>
       <c r="C564" t="s">
         <v>845</v>
       </c>
       <c r="D564" t="s">
         <v>409</v>
       </c>
       <c r="E564" s="2">
         <v>45815</v>
       </c>
       <c r="F564" s="1">
         <v>0.5</v>
       </c>
       <c r="G564" s="2">
         <v>45815</v>
       </c>
       <c r="H564" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I564" t="s">
         <v>54</v>
       </c>
       <c r="J564" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="565" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="565" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A565" s="2">
         <v>45810</v>
       </c>
       <c r="B565" t="s">
         <v>235</v>
       </c>
       <c r="C565" t="s">
         <v>846</v>
       </c>
       <c r="D565" t="s">
         <v>847</v>
       </c>
       <c r="E565" s="2">
         <v>45821</v>
       </c>
       <c r="F565" s="1">
         <v>0.64583333333333337</v>
       </c>
       <c r="G565" s="2">
         <v>45821</v>
       </c>
       <c r="H565" s="1">
         <v>0.85416666666666663</v>
       </c>
       <c r="I565" t="s">
         <v>29</v>
       </c>
       <c r="J565" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="566" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="566" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A566" s="2">
         <v>45811</v>
       </c>
       <c r="B566" t="s">
         <v>235</v>
       </c>
       <c r="C566" t="s">
         <v>848</v>
       </c>
       <c r="D566" t="s">
         <v>849</v>
       </c>
       <c r="E566" s="2">
         <v>45829</v>
       </c>
       <c r="F566" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G566" s="2">
         <v>45829</v>
       </c>
       <c r="H566" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I566" t="s">
         <v>54</v>
       </c>
       <c r="J566" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="567" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="567" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A567" s="2">
         <v>45811</v>
       </c>
       <c r="B567" t="s">
         <v>235</v>
       </c>
       <c r="C567" t="s">
         <v>848</v>
       </c>
       <c r="D567" t="s">
         <v>849</v>
       </c>
       <c r="E567" s="2">
         <v>45837</v>
       </c>
       <c r="F567" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G567" s="2">
         <v>45837</v>
       </c>
       <c r="H567" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I567" t="s">
         <v>54</v>
       </c>
       <c r="J567" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="568" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="568" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A568" s="2">
         <v>45811</v>
       </c>
       <c r="B568" t="s">
         <v>235</v>
       </c>
       <c r="C568" t="s">
         <v>850</v>
       </c>
       <c r="D568" t="s">
         <v>851</v>
       </c>
       <c r="E568" s="2">
         <v>45830</v>
       </c>
       <c r="F568" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G568" s="2">
         <v>45830</v>
       </c>
       <c r="H568" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I568" t="s">
         <v>29</v>
       </c>
       <c r="J568" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="569" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="569" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A569" s="2">
         <v>45811</v>
       </c>
       <c r="B569" t="s">
         <v>235</v>
       </c>
       <c r="C569" t="s">
         <v>852</v>
       </c>
       <c r="D569" t="s">
         <v>853</v>
       </c>
       <c r="E569" s="2">
         <v>45822</v>
       </c>
       <c r="F569" s="1">
         <v>0.75</v>
       </c>
       <c r="G569" s="2">
         <v>45824</v>
       </c>
       <c r="H569" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I569" t="s">
         <v>854</v>
       </c>
       <c r="J569" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="570" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="570" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A570" s="2">
         <v>45812</v>
       </c>
       <c r="B570" t="s">
         <v>235</v>
       </c>
       <c r="C570" t="s">
         <v>855</v>
       </c>
       <c r="D570" t="s">
         <v>856</v>
       </c>
       <c r="E570" s="2">
         <v>45829</v>
       </c>
       <c r="F570" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G570" s="2">
         <v>45830</v>
       </c>
       <c r="H570" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I570" t="s">
         <v>54</v>
       </c>
       <c r="J570" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="571" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="571" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A571" s="2">
         <v>45812</v>
       </c>
       <c r="B571" t="s">
         <v>235</v>
       </c>
       <c r="C571" t="s">
         <v>855</v>
       </c>
       <c r="D571" t="s">
         <v>856</v>
       </c>
       <c r="E571" s="2">
         <v>45832</v>
       </c>
       <c r="F571" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G571" s="2">
         <v>45833</v>
       </c>
       <c r="H571" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I571" t="s">
         <v>54</v>
       </c>
       <c r="J571" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="572" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="572" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A572" s="2">
         <v>45812</v>
       </c>
       <c r="B572" t="s">
         <v>196</v>
       </c>
       <c r="C572" t="s">
         <v>422</v>
       </c>
       <c r="D572" t="s">
         <v>857</v>
       </c>
       <c r="E572" s="2">
         <v>45844</v>
       </c>
       <c r="F572" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G572" s="2">
         <v>45844</v>
       </c>
       <c r="H572" s="1">
         <v>0.5</v>
       </c>
       <c r="I572" t="s">
         <v>275</v>
       </c>
       <c r="J572" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="573" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="573" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A573" s="2">
         <v>45812</v>
       </c>
       <c r="B573" t="s">
         <v>196</v>
       </c>
       <c r="C573" t="s">
         <v>726</v>
       </c>
       <c r="D573" t="s">
         <v>727</v>
       </c>
       <c r="E573" s="2">
         <v>45830</v>
       </c>
       <c r="F573" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G573" s="2">
         <v>45830</v>
       </c>
       <c r="H573" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I573" t="s">
         <v>41</v>
       </c>
       <c r="J573" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="574" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="574" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A574" s="2">
         <v>45816</v>
       </c>
       <c r="B574" t="s">
         <v>196</v>
       </c>
       <c r="C574" t="s">
         <v>75</v>
       </c>
       <c r="D574" t="s">
         <v>76</v>
       </c>
       <c r="E574" s="2">
         <v>45843</v>
       </c>
       <c r="F574" s="1">
         <v>0.5</v>
       </c>
       <c r="G574" s="2">
         <v>45843</v>
       </c>
       <c r="H574" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I574" t="s">
         <v>22</v>
       </c>
       <c r="J574" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="575" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="575" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A575" s="2">
         <v>45813</v>
       </c>
       <c r="B575" t="s">
         <v>196</v>
       </c>
       <c r="C575" t="s">
         <v>75</v>
       </c>
       <c r="D575" t="s">
         <v>76</v>
       </c>
       <c r="E575" s="2">
         <v>45829</v>
       </c>
       <c r="F575" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G575" s="2">
         <v>45829</v>
       </c>
       <c r="H575" s="1">
         <v>0.875</v>
       </c>
       <c r="I575" t="s">
         <v>275</v>
       </c>
       <c r="J575" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="576" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="576" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A576" s="2">
         <v>45815</v>
       </c>
       <c r="B576" t="s">
         <v>235</v>
       </c>
       <c r="C576" t="s">
         <v>773</v>
       </c>
       <c r="D576" t="s">
         <v>774</v>
       </c>
       <c r="E576" s="2">
         <v>45840</v>
       </c>
       <c r="F576" s="1">
         <v>0.75</v>
       </c>
       <c r="G576" s="2">
         <v>45840</v>
       </c>
       <c r="H576" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I576" t="s">
         <v>22</v>
       </c>
       <c r="J576" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="577" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="577" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A577" s="2">
         <v>45817</v>
       </c>
       <c r="B577" t="s">
         <v>235</v>
       </c>
       <c r="C577" t="s">
         <v>773</v>
       </c>
       <c r="D577" t="s">
         <v>774</v>
       </c>
       <c r="E577" s="2">
         <v>45836</v>
       </c>
       <c r="F577" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G577" s="2">
         <v>45836</v>
       </c>
       <c r="H577" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I577" t="s">
         <v>22</v>
       </c>
       <c r="J577" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="578" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="578" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A578" s="2">
         <v>45816</v>
       </c>
       <c r="B578" t="s">
         <v>235</v>
       </c>
       <c r="C578" t="s">
         <v>34</v>
       </c>
       <c r="D578" t="s">
         <v>35</v>
       </c>
       <c r="E578" s="2">
         <v>45830</v>
       </c>
       <c r="F578" s="1">
         <v>0.5</v>
       </c>
       <c r="G578" s="2">
         <v>45830</v>
       </c>
       <c r="H578" s="1">
         <v>0.75</v>
       </c>
       <c r="I578" t="s">
         <v>377</v>
       </c>
       <c r="J578" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="579" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="579" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A579" s="2">
         <v>45817</v>
       </c>
       <c r="B579" t="s">
         <v>235</v>
       </c>
       <c r="C579" t="s">
         <v>45</v>
       </c>
       <c r="D579" t="s">
         <v>715</v>
       </c>
       <c r="E579" s="2">
         <v>45843</v>
       </c>
       <c r="F579" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G579" s="2">
         <v>45843</v>
       </c>
       <c r="H579" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I579" t="s">
         <v>377</v>
       </c>
       <c r="J579" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="580" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="580" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A580" s="2">
         <v>45818</v>
       </c>
       <c r="B580" t="s">
         <v>224</v>
       </c>
       <c r="C580" t="s">
         <v>787</v>
       </c>
       <c r="D580" t="s">
         <v>788</v>
       </c>
       <c r="E580" s="2">
         <v>45836</v>
       </c>
       <c r="F580" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G580" s="2">
         <v>45837</v>
       </c>
       <c r="H580" s="1">
         <v>0.20833333333333334</v>
       </c>
       <c r="I580" t="s">
         <v>858</v>
       </c>
       <c r="J580" t="s">
         <v>859</v>
       </c>
     </row>
-    <row r="581" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="581" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A581" s="2">
         <v>45815</v>
       </c>
       <c r="B581" t="s">
         <v>235</v>
       </c>
       <c r="C581" t="s">
         <v>787</v>
       </c>
       <c r="D581" t="s">
         <v>788</v>
       </c>
       <c r="E581" s="2">
         <v>45829</v>
       </c>
       <c r="F581" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G581" s="2">
         <v>45830</v>
       </c>
       <c r="H581" s="1">
         <v>0.125</v>
       </c>
       <c r="I581" t="s">
         <v>860</v>
       </c>
       <c r="J581" t="s">
         <v>861</v>
       </c>
     </row>
-    <row r="582" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="582" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A582" s="2">
         <v>45817</v>
       </c>
       <c r="B582" t="s">
         <v>196</v>
       </c>
       <c r="C582" t="s">
         <v>220</v>
       </c>
       <c r="D582" t="s">
         <v>862</v>
       </c>
       <c r="E582" s="2">
         <v>45848</v>
       </c>
       <c r="F582" s="1">
         <v>0.625</v>
       </c>
       <c r="G582" s="2">
         <v>45848</v>
       </c>
       <c r="H582" s="1">
         <v>0.875</v>
       </c>
       <c r="I582" t="s">
         <v>377</v>
       </c>
       <c r="J582" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="583" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="583" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A583" s="2">
         <v>45818</v>
       </c>
       <c r="B583" t="s">
         <v>196</v>
       </c>
       <c r="C583" t="s">
         <v>863</v>
       </c>
       <c r="D583" t="s">
         <v>84</v>
       </c>
       <c r="E583" s="2">
         <v>45829</v>
       </c>
       <c r="F583" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G583" s="2">
         <v>45829</v>
       </c>
       <c r="H583" s="1">
         <v>0.625</v>
       </c>
       <c r="I583" t="s">
         <v>377</v>
       </c>
       <c r="J583" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="584" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="584" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A584" s="2">
         <v>45818</v>
       </c>
       <c r="B584" t="s">
         <v>317</v>
       </c>
       <c r="C584" t="s">
         <v>451</v>
       </c>
       <c r="D584" t="s">
         <v>452</v>
       </c>
       <c r="E584" s="2">
         <v>45829</v>
       </c>
       <c r="F584" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G584" s="2">
         <v>45829</v>
       </c>
       <c r="H584" s="1">
         <v>0.9375</v>
       </c>
       <c r="I584" t="s">
         <v>47</v>
       </c>
       <c r="J584" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="585" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="585" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A585" s="2">
         <v>45818</v>
       </c>
       <c r="B585" t="s">
         <v>235</v>
       </c>
       <c r="C585" t="s">
         <v>451</v>
       </c>
       <c r="D585" t="s">
         <v>452</v>
       </c>
       <c r="E585" s="2">
         <v>45835</v>
       </c>
       <c r="F585" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G585" s="2">
         <v>45835</v>
       </c>
       <c r="H585" s="1">
         <v>0.9375</v>
       </c>
       <c r="I585" t="s">
         <v>47</v>
       </c>
       <c r="J585" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="586" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="586" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A586" s="2">
         <v>45818</v>
       </c>
       <c r="B586" t="s">
         <v>235</v>
       </c>
       <c r="C586" t="s">
         <v>451</v>
       </c>
       <c r="D586" t="s">
         <v>452</v>
       </c>
       <c r="E586" s="2">
         <v>45843</v>
       </c>
       <c r="F586" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G586" s="2">
         <v>45843</v>
       </c>
       <c r="H586" s="1">
         <v>0.9375</v>
       </c>
       <c r="I586" t="s">
         <v>47</v>
       </c>
       <c r="J586" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="587" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="587" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A587" s="2">
         <v>45818</v>
       </c>
       <c r="B587" t="s">
         <v>235</v>
       </c>
       <c r="C587" t="s">
         <v>451</v>
       </c>
       <c r="D587" t="s">
         <v>452</v>
       </c>
       <c r="E587" s="2">
         <v>45851</v>
       </c>
       <c r="F587" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G587" s="2">
         <v>45851</v>
       </c>
       <c r="H587" s="1">
         <v>0.9375</v>
       </c>
       <c r="I587" t="s">
         <v>47</v>
       </c>
       <c r="J587" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="588" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="588" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A588" s="2">
         <v>45818</v>
       </c>
       <c r="B588" t="s">
         <v>235</v>
       </c>
       <c r="C588" t="s">
         <v>451</v>
       </c>
       <c r="D588" t="s">
         <v>452</v>
       </c>
       <c r="E588" s="2">
         <v>45857</v>
       </c>
       <c r="F588" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G588" s="2">
         <v>45857</v>
       </c>
       <c r="H588" s="1">
         <v>0.9375</v>
       </c>
       <c r="I588" t="s">
         <v>47</v>
       </c>
       <c r="J588" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="589" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="589" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A589" s="2">
         <v>45818</v>
       </c>
       <c r="B589" t="s">
         <v>235</v>
       </c>
       <c r="C589" t="s">
         <v>451</v>
       </c>
       <c r="D589" t="s">
         <v>452</v>
       </c>
       <c r="E589" s="2">
         <v>45863</v>
       </c>
       <c r="F589" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G589" s="2">
         <v>45863</v>
       </c>
       <c r="H589" s="1">
         <v>0.9375</v>
       </c>
       <c r="I589" t="s">
         <v>377</v>
       </c>
       <c r="J589" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="590" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="590" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A590" s="2">
         <v>45818</v>
       </c>
       <c r="B590" t="s">
         <v>235</v>
       </c>
       <c r="C590" t="s">
         <v>238</v>
       </c>
       <c r="D590" t="s">
         <v>864</v>
       </c>
       <c r="E590" s="2">
         <v>45842</v>
       </c>
       <c r="F590" s="1">
         <v>0.65625</v>
       </c>
       <c r="G590" s="2">
         <v>45842</v>
       </c>
       <c r="H590" s="1">
         <v>0.76041666666666663</v>
       </c>
       <c r="I590" t="s">
         <v>47</v>
       </c>
       <c r="J590" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="591" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="591" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A591" s="2">
         <v>45818</v>
       </c>
       <c r="B591" t="s">
         <v>235</v>
       </c>
       <c r="C591" t="s">
         <v>865</v>
       </c>
       <c r="D591" t="s">
         <v>866</v>
       </c>
       <c r="E591" s="2">
         <v>45864</v>
       </c>
       <c r="F591" s="1">
         <v>0.54166666666666663</v>
       </c>
       <c r="G591" s="2">
         <v>45864</v>
       </c>
       <c r="H591" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I591" t="s">
         <v>275</v>
       </c>
       <c r="J591" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="592" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="592" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A592" s="2">
         <v>45820</v>
       </c>
       <c r="B592" t="s">
         <v>211</v>
       </c>
       <c r="C592" t="s">
         <v>867</v>
       </c>
       <c r="D592" t="s">
         <v>11</v>
       </c>
       <c r="E592" s="2">
         <v>45834</v>
       </c>
       <c r="F592" s="1">
         <v>0.75</v>
       </c>
       <c r="G592" s="2">
         <v>45834</v>
       </c>
       <c r="H592" s="1">
         <v>0.875</v>
       </c>
       <c r="I592" t="s">
         <v>22</v>
       </c>
       <c r="J592" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="593" spans="1:10" ht="15.75" x14ac:dyDescent="0.5">
+    <row r="593" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A593" s="2">
         <v>45819</v>
       </c>
       <c r="B593" t="s">
         <v>235</v>
       </c>
       <c r="C593" s="10" t="s">
         <v>483</v>
       </c>
       <c r="D593" s="10" t="s">
         <v>484</v>
       </c>
       <c r="E593" s="2">
         <v>45834</v>
       </c>
       <c r="F593" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G593" s="2">
         <v>45834</v>
       </c>
       <c r="H593" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I593" t="s">
         <v>12</v>
       </c>
       <c r="J593" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="594" spans="1:10" ht="15.75" x14ac:dyDescent="0.5">
+    <row r="594" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A594" s="2">
         <v>45819</v>
       </c>
       <c r="B594" t="s">
         <v>235</v>
       </c>
       <c r="C594" s="10" t="s">
         <v>483</v>
       </c>
       <c r="D594" s="10" t="s">
         <v>484</v>
       </c>
       <c r="E594" s="2">
         <v>45836</v>
       </c>
       <c r="F594" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G594" s="2">
         <v>45836</v>
       </c>
       <c r="H594" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I594" t="s">
         <v>12</v>
       </c>
       <c r="J594" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="595" spans="1:10" ht="15.75" x14ac:dyDescent="0.5">
+    <row r="595" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A595" s="2">
         <v>45820</v>
       </c>
       <c r="B595" t="s">
         <v>196</v>
       </c>
       <c r="C595" s="10" t="s">
         <v>868</v>
       </c>
       <c r="D595" s="10" t="s">
         <v>869</v>
       </c>
       <c r="E595" s="2">
         <v>45835</v>
       </c>
       <c r="F595" s="1">
         <v>0.75</v>
       </c>
       <c r="G595" s="2">
         <v>45835</v>
       </c>
       <c r="H595" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I595" t="s">
         <v>586</v>
       </c>
       <c r="J595" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="596" spans="1:10" ht="15.75" x14ac:dyDescent="0.5">
+    <row r="596" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A596" s="2">
         <v>45820</v>
       </c>
       <c r="B596" t="s">
         <v>196</v>
       </c>
       <c r="C596" s="10" t="s">
         <v>312</v>
       </c>
       <c r="D596" s="10" t="s">
         <v>312</v>
       </c>
       <c r="E596" s="2">
         <v>45829</v>
       </c>
       <c r="F596" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G596" s="2">
         <v>45829</v>
       </c>
       <c r="H596" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="I596" t="s">
         <v>870</v>
       </c>
       <c r="J596" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="597" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="597" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A597" s="2">
         <v>45823</v>
       </c>
       <c r="B597" t="s">
         <v>193</v>
       </c>
       <c r="C597" t="s">
         <v>286</v>
       </c>
       <c r="D597" t="s">
         <v>871</v>
       </c>
       <c r="E597" s="2">
         <v>45831</v>
       </c>
       <c r="F597" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G597" s="2">
         <v>111574</v>
       </c>
       <c r="H597" s="1">
         <v>0.625</v>
       </c>
       <c r="I597" s="9" t="s">
         <v>22</v>
       </c>
       <c r="J597" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="598" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="598" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A598" s="2">
         <v>45824</v>
       </c>
       <c r="B598" t="s">
         <v>235</v>
       </c>
       <c r="C598" t="s">
         <v>872</v>
       </c>
       <c r="D598" t="s">
         <v>873</v>
       </c>
       <c r="E598" s="2">
         <v>45856</v>
       </c>
       <c r="F598" s="1">
         <v>0.75</v>
       </c>
       <c r="G598" s="2">
         <v>45856</v>
       </c>
       <c r="H598" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I598" s="9" t="s">
         <v>22</v>
       </c>
       <c r="J598" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="599" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="599" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A599" s="2">
         <v>45824</v>
       </c>
       <c r="B599" t="s">
         <v>235</v>
       </c>
       <c r="C599" t="s">
         <v>874</v>
       </c>
       <c r="D599" t="s">
         <v>875</v>
       </c>
       <c r="E599" s="2">
         <v>45850</v>
       </c>
       <c r="F599" s="1">
         <v>0.75</v>
       </c>
       <c r="G599" s="2">
         <v>45850</v>
       </c>
       <c r="H599" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I599" t="s">
         <v>47</v>
       </c>
       <c r="J599" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="600" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="600" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A600" s="2">
         <v>45824</v>
       </c>
       <c r="B600" t="s">
         <v>235</v>
       </c>
       <c r="C600" t="s">
         <v>471</v>
       </c>
       <c r="D600" t="s">
         <v>117</v>
       </c>
       <c r="E600" s="2">
         <v>45837</v>
       </c>
       <c r="F600" s="1">
         <v>0.4375</v>
       </c>
       <c r="G600" s="2">
         <v>45837</v>
       </c>
       <c r="H600" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="I600" t="s">
         <v>435</v>
       </c>
       <c r="J600" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="601" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="601" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A601" s="2">
         <v>45824</v>
       </c>
       <c r="B601" t="s">
         <v>235</v>
       </c>
       <c r="C601" t="s">
         <v>876</v>
       </c>
       <c r="D601" t="s">
         <v>877</v>
       </c>
       <c r="E601" s="2">
         <v>45897</v>
       </c>
       <c r="F601" s="1">
         <v>0.75</v>
       </c>
       <c r="G601" s="2">
         <v>45897</v>
       </c>
       <c r="H601" s="1">
         <v>0.875</v>
       </c>
       <c r="I601" t="s">
         <v>109</v>
       </c>
       <c r="J601" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="602" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="602" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A602" s="2">
         <v>45826</v>
       </c>
       <c r="B602" t="s">
         <v>211</v>
       </c>
       <c r="C602" t="s">
         <v>59</v>
       </c>
       <c r="D602" t="s">
         <v>878</v>
       </c>
       <c r="E602" s="2">
         <v>45844</v>
       </c>
       <c r="F602" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="G602" s="2">
         <v>45844</v>
       </c>
       <c r="H602" s="1">
         <v>0</v>
       </c>
       <c r="I602" t="s">
         <v>879</v>
       </c>
       <c r="J602" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="603" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="603" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A603" s="2">
         <v>45826</v>
       </c>
       <c r="B603" t="s">
         <v>235</v>
       </c>
       <c r="C603" t="s">
         <v>880</v>
       </c>
       <c r="D603" t="s">
         <v>881</v>
       </c>
       <c r="E603" s="2">
         <v>45834</v>
       </c>
       <c r="F603" s="1">
         <v>0.75</v>
       </c>
       <c r="G603" s="2">
         <v>45836</v>
       </c>
       <c r="H603" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I603" t="s">
         <v>275</v>
       </c>
       <c r="J603" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="604" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="604" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A604" s="2">
         <v>45824</v>
       </c>
       <c r="B604" t="s">
         <v>193</v>
       </c>
       <c r="C604" t="s">
         <v>30</v>
       </c>
       <c r="D604" t="s">
         <v>882</v>
       </c>
       <c r="E604" s="2">
         <v>45829</v>
       </c>
       <c r="F604" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G604" s="2">
         <v>45829</v>
       </c>
       <c r="H604" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I604" t="s">
         <v>12</v>
       </c>
       <c r="J604" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="605" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="605" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A605" s="2">
         <v>45828</v>
       </c>
       <c r="B605" t="s">
         <v>235</v>
       </c>
       <c r="C605" t="s">
         <v>883</v>
       </c>
       <c r="D605" t="s">
         <v>76</v>
       </c>
       <c r="E605" s="2">
         <v>45851</v>
       </c>
       <c r="F605" s="1">
         <v>0.54166666666666663</v>
       </c>
       <c r="G605" s="2">
         <v>45851</v>
       </c>
       <c r="H605" s="1">
         <v>0.875</v>
       </c>
       <c r="I605" t="s">
         <v>47</v>
       </c>
       <c r="J605" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="606" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="606" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A606" s="2">
         <v>45828</v>
       </c>
       <c r="B606" t="s">
         <v>196</v>
       </c>
       <c r="C606" t="s">
         <v>30</v>
       </c>
       <c r="D606" t="s">
         <v>31</v>
       </c>
       <c r="E606" s="2">
         <v>45850</v>
       </c>
       <c r="F606" s="1">
         <v>0.67708333333333337</v>
       </c>
       <c r="G606" s="2">
         <v>45850</v>
       </c>
       <c r="H606" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I606" t="s">
         <v>54</v>
       </c>
       <c r="J606" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="607" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="607" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A607" s="2">
         <v>45831</v>
       </c>
       <c r="B607" t="s">
         <v>316</v>
       </c>
       <c r="C607" t="s">
         <v>884</v>
       </c>
       <c r="D607" t="s">
         <v>365</v>
       </c>
       <c r="E607" s="2">
         <v>45843</v>
       </c>
       <c r="F607" s="1">
         <v>0.75</v>
       </c>
       <c r="G607" s="2">
         <v>45843</v>
       </c>
       <c r="H607" s="1">
         <v>0.89583333333333337</v>
       </c>
       <c r="I607" t="s">
         <v>54</v>
       </c>
       <c r="J607" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="608" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="608" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A608" s="2">
         <v>45831</v>
       </c>
       <c r="B608" t="s">
         <v>235</v>
       </c>
       <c r="C608" t="s">
         <v>773</v>
       </c>
       <c r="D608" t="s">
         <v>774</v>
       </c>
       <c r="E608" s="2">
         <v>45853</v>
       </c>
       <c r="F608" s="1">
         <v>0.64583333333333337</v>
       </c>
       <c r="G608" s="2">
         <v>45855</v>
       </c>
       <c r="H608" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I608" t="s">
         <v>54</v>
       </c>
       <c r="J608" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="609" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="609" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A609" s="2">
         <v>45831</v>
       </c>
       <c r="B609" t="s">
         <v>196</v>
       </c>
       <c r="C609" t="s">
         <v>773</v>
       </c>
       <c r="D609" t="s">
         <v>774</v>
       </c>
       <c r="E609" s="2">
         <v>45849</v>
       </c>
       <c r="F609" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G609" s="2">
         <v>45849</v>
       </c>
       <c r="H609" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I609" t="s">
         <v>54</v>
       </c>
       <c r="J609" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="610" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="610" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A610" s="2">
         <v>45833</v>
       </c>
       <c r="B610" t="s">
         <v>235</v>
       </c>
       <c r="C610" t="s">
         <v>696</v>
       </c>
       <c r="D610" t="s">
         <v>523</v>
       </c>
       <c r="E610" s="2">
         <v>45843</v>
       </c>
       <c r="F610" s="1">
         <v>0</v>
       </c>
       <c r="G610" s="2">
         <v>45844</v>
       </c>
       <c r="H610" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I610" t="s">
         <v>54</v>
       </c>
       <c r="J610" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="611" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="611" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A611" s="2">
         <v>45832</v>
       </c>
       <c r="B611" t="s">
         <v>196</v>
       </c>
       <c r="C611" t="s">
         <v>885</v>
       </c>
       <c r="D611" t="s">
         <v>886</v>
       </c>
       <c r="E611" s="2">
         <v>45857</v>
       </c>
       <c r="F611" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G611" s="2">
         <v>45857</v>
       </c>
       <c r="H611" s="1">
         <v>0.5</v>
       </c>
       <c r="I611" t="s">
         <v>887</v>
       </c>
       <c r="J611" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="612" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="612" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A612" s="2">
         <v>45833</v>
       </c>
       <c r="B612" t="s">
         <v>316</v>
       </c>
       <c r="C612" t="s">
         <v>888</v>
       </c>
       <c r="D612" t="s">
         <v>839</v>
       </c>
       <c r="E612" s="2">
         <v>45863</v>
       </c>
       <c r="F612" s="1">
         <v>0.75</v>
       </c>
       <c r="G612" s="2">
         <v>45865</v>
       </c>
       <c r="H612" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I612" t="s">
         <v>54</v>
       </c>
       <c r="J612" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="613" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="613" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A613" s="2">
         <v>45833</v>
       </c>
       <c r="B613" t="s">
         <v>211</v>
       </c>
       <c r="C613" t="s">
         <v>230</v>
       </c>
       <c r="D613" t="s">
         <v>815</v>
       </c>
       <c r="E613" s="2">
         <v>45847</v>
       </c>
       <c r="F613" s="1">
         <v>0.6875</v>
       </c>
       <c r="G613" s="2">
         <v>45848</v>
       </c>
       <c r="H613" s="1">
         <v>0.85416666666666663</v>
       </c>
       <c r="I613" t="s">
         <v>54</v>
       </c>
       <c r="J613" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="614" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="614" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A614" s="2">
         <v>45832</v>
       </c>
       <c r="B614" t="s">
         <v>196</v>
       </c>
       <c r="C614" t="s">
         <v>889</v>
       </c>
       <c r="D614" t="s">
         <v>76</v>
       </c>
       <c r="E614" s="2">
         <v>45865</v>
       </c>
       <c r="F614" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G614" s="2">
         <v>45866</v>
       </c>
       <c r="H614" s="1">
         <v>0.20833333333333334</v>
       </c>
       <c r="I614" t="s">
         <v>16</v>
       </c>
       <c r="J614" t="s">
         <v>890</v>
       </c>
     </row>
-    <row r="615" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="615" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A615" s="2">
         <v>45833</v>
       </c>
       <c r="B615" t="s">
         <v>196</v>
       </c>
       <c r="C615" t="s">
         <v>741</v>
       </c>
       <c r="D615" t="s">
         <v>891</v>
       </c>
       <c r="E615" s="2">
         <v>45843</v>
       </c>
       <c r="F615" s="1">
         <v>0.4375</v>
       </c>
       <c r="G615" s="2">
         <v>45843</v>
       </c>
       <c r="H615" s="1">
         <v>0.60416666666666663</v>
       </c>
       <c r="I615" t="s">
         <v>435</v>
       </c>
       <c r="J615" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="616" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="616" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A616" s="2">
         <v>45834</v>
       </c>
       <c r="B616" t="s">
         <v>316</v>
       </c>
       <c r="C616" t="s">
         <v>107</v>
       </c>
       <c r="D616" t="s">
         <v>892</v>
       </c>
       <c r="E616" s="2">
         <v>45857</v>
       </c>
       <c r="F616" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G616" s="2">
         <v>45857</v>
       </c>
       <c r="H616" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I616" t="s">
         <v>54</v>
       </c>
       <c r="J616" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="617" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="617" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A617" s="2">
         <v>45835</v>
       </c>
       <c r="B617" t="s">
         <v>316</v>
       </c>
       <c r="C617" t="s">
         <v>588</v>
       </c>
       <c r="D617" t="s">
         <v>589</v>
       </c>
       <c r="E617" s="2">
         <v>45851</v>
       </c>
       <c r="F617" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G617" s="2">
         <v>45851</v>
       </c>
       <c r="H617" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I617" t="s">
         <v>47</v>
       </c>
       <c r="J617" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="618" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="618" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A618" s="2">
         <v>45835</v>
       </c>
       <c r="B618" t="s">
         <v>316</v>
       </c>
       <c r="C618" t="s">
         <v>893</v>
       </c>
       <c r="D618" t="s">
         <v>76</v>
       </c>
       <c r="E618" s="2">
         <v>45850</v>
       </c>
       <c r="F618" s="1">
         <v>0.5</v>
       </c>
       <c r="G618" s="2">
         <v>45850</v>
       </c>
       <c r="H618" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I618" t="s">
         <v>54</v>
       </c>
       <c r="J618" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="619" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="619" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A619" s="2">
         <v>45835</v>
       </c>
       <c r="B619" t="s">
         <v>211</v>
       </c>
       <c r="C619" t="s">
         <v>894</v>
       </c>
       <c r="D619" t="s">
         <v>895</v>
       </c>
       <c r="E619" s="2">
         <v>45849</v>
       </c>
       <c r="F619" s="1">
         <v>0.625</v>
       </c>
       <c r="G619" s="2">
         <v>45849</v>
       </c>
       <c r="H619" s="1">
         <v>0.72916666666666663</v>
       </c>
       <c r="I619" t="s">
         <v>896</v>
       </c>
       <c r="J619" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="620" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="620" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A620" s="2">
         <v>45837</v>
       </c>
       <c r="B620" t="s">
         <v>211</v>
       </c>
       <c r="C620" t="s">
         <v>884</v>
       </c>
       <c r="D620" t="s">
         <v>365</v>
       </c>
       <c r="E620" s="2">
         <v>45852</v>
       </c>
       <c r="F620" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G620" s="2">
         <v>45852</v>
       </c>
       <c r="H620" s="1">
         <v>0.875</v>
       </c>
       <c r="I620" t="s">
         <v>54</v>
       </c>
       <c r="J620" t="s">
         <v>897</v>
       </c>
     </row>
-    <row r="621" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="621" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A621" s="2">
         <v>45837</v>
       </c>
       <c r="B621" t="s">
         <v>196</v>
       </c>
       <c r="C621" t="s">
         <v>159</v>
       </c>
       <c r="D621" t="s">
         <v>478</v>
       </c>
       <c r="E621" s="2">
         <v>45849</v>
       </c>
       <c r="F621" s="1">
         <v>0.75</v>
       </c>
       <c r="G621" s="2">
         <v>45849</v>
       </c>
       <c r="H621" s="1">
         <v>0.89583333333333337</v>
       </c>
       <c r="I621" t="s">
         <v>257</v>
       </c>
       <c r="J621" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="622" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="622" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A622" s="2">
         <v>45838</v>
       </c>
       <c r="B622" t="s">
         <v>211</v>
       </c>
       <c r="C622" t="s">
         <v>898</v>
       </c>
       <c r="D622" t="s">
         <v>217</v>
       </c>
       <c r="E622" s="2">
         <v>45856</v>
       </c>
       <c r="F622" s="1">
         <v>0.64583333333333337</v>
       </c>
       <c r="G622" s="2">
         <v>45856</v>
       </c>
       <c r="H622" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="I622" t="s">
         <v>899</v>
       </c>
       <c r="J622" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="623" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="623" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A623" s="2">
         <v>45840</v>
       </c>
       <c r="B623" t="s">
         <v>900</v>
       </c>
       <c r="C623" t="s">
         <v>823</v>
       </c>
       <c r="D623" t="s">
         <v>901</v>
       </c>
       <c r="E623" s="2">
         <v>45865</v>
       </c>
       <c r="F623" s="1">
         <v>0.5</v>
       </c>
       <c r="G623" s="2">
         <v>45865</v>
       </c>
       <c r="H623" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I623" t="s">
         <v>109</v>
       </c>
       <c r="J623" t="s">
         <v>902</v>
       </c>
     </row>
-    <row r="624" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="624" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A624" s="2">
         <v>45840</v>
       </c>
       <c r="B624" t="s">
         <v>317</v>
       </c>
       <c r="C624" t="s">
         <v>903</v>
       </c>
       <c r="D624" t="s">
         <v>904</v>
       </c>
       <c r="E624" s="2">
         <v>45849</v>
       </c>
       <c r="F624" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G624" s="2">
         <v>45849</v>
       </c>
       <c r="H624" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I624" t="s">
         <v>54</v>
       </c>
       <c r="J624" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="625" spans="1:15" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="625" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A625" s="2">
         <v>45840</v>
       </c>
       <c r="B625" t="s">
         <v>317</v>
       </c>
       <c r="C625" t="s">
         <v>905</v>
       </c>
       <c r="D625" t="s">
         <v>906</v>
       </c>
       <c r="E625" s="2">
         <v>45849</v>
       </c>
       <c r="F625" s="1">
         <v>0.63541666666666663</v>
       </c>
       <c r="G625" s="2">
         <v>45849</v>
       </c>
       <c r="H625" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="I625" t="s">
         <v>54</v>
       </c>
       <c r="J625" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="626" spans="1:15" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="626" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A626" s="2">
         <v>45840</v>
       </c>
       <c r="B626" t="s">
         <v>211</v>
       </c>
       <c r="C626" t="s">
         <v>907</v>
       </c>
       <c r="D626" t="s">
         <v>908</v>
       </c>
       <c r="E626" s="2">
         <v>45857</v>
       </c>
       <c r="F626" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G626" s="2">
         <v>45857</v>
       </c>
       <c r="H626" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I626" t="s">
         <v>909</v>
       </c>
       <c r="J626" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="627" spans="1:15" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="627" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A627" s="2">
         <v>45840</v>
       </c>
       <c r="B627" t="s">
         <v>316</v>
       </c>
       <c r="C627" t="s">
         <v>910</v>
       </c>
       <c r="D627" t="s">
         <v>911</v>
       </c>
       <c r="E627" s="2">
         <v>45871</v>
       </c>
       <c r="F627" s="1">
         <v>0.52083333333333337</v>
       </c>
       <c r="G627" s="2">
         <v>45871</v>
       </c>
       <c r="H627" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I627" t="s">
         <v>912</v>
       </c>
       <c r="J627" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="628" spans="1:15" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="628" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A628" s="2">
         <v>45841</v>
       </c>
       <c r="B628" t="s">
         <v>235</v>
       </c>
       <c r="C628" t="s">
         <v>885</v>
       </c>
       <c r="D628" t="s">
         <v>886</v>
       </c>
       <c r="E628" s="2">
         <v>45864</v>
       </c>
       <c r="F628" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G628" s="2">
         <v>45864</v>
       </c>
       <c r="H628" s="1">
         <v>0.5</v>
       </c>
       <c r="I628" t="s">
         <v>887</v>
       </c>
       <c r="J628" t="s">
         <v>68</v>
       </c>
       <c r="L628" s="2"/>
       <c r="M628" s="1"/>
       <c r="N628" s="2"/>
       <c r="O628" s="1"/>
     </row>
-    <row r="629" spans="1:15" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="629" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A629" s="2">
         <v>45841</v>
       </c>
       <c r="B629" t="s">
         <v>196</v>
       </c>
       <c r="C629" t="s">
         <v>885</v>
       </c>
       <c r="D629" t="s">
         <v>886</v>
       </c>
       <c r="E629" s="2">
         <v>45871</v>
       </c>
       <c r="F629" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G629" s="2">
         <v>45871</v>
       </c>
       <c r="H629" s="1">
         <v>0.5</v>
       </c>
       <c r="I629" t="s">
         <v>887</v>
       </c>
       <c r="J629" t="s">
         <v>68</v>
       </c>
       <c r="L629" s="2"/>
       <c r="M629" s="1"/>
       <c r="N629" s="2"/>
       <c r="O629" s="1"/>
     </row>
-    <row r="630" spans="1:15" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="630" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A630" s="2">
         <v>45842</v>
       </c>
       <c r="B630" t="s">
         <v>196</v>
       </c>
       <c r="C630" t="s">
         <v>913</v>
       </c>
       <c r="D630" t="s">
         <v>914</v>
       </c>
       <c r="E630" s="2">
         <v>45913</v>
       </c>
       <c r="F630" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G630" s="2">
         <v>45914</v>
       </c>
       <c r="H630" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I630" t="s">
         <v>29</v>
       </c>
       <c r="J630" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="631" spans="1:15" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="631" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A631" s="2">
         <v>45842</v>
       </c>
       <c r="B631" t="s">
         <v>316</v>
       </c>
       <c r="C631" t="s">
         <v>915</v>
       </c>
       <c r="D631" t="s">
         <v>916</v>
       </c>
       <c r="E631" s="2">
         <v>45858</v>
       </c>
       <c r="F631" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G631" s="2">
         <v>45859</v>
       </c>
       <c r="H631" s="1">
         <v>0.20833333333333334</v>
       </c>
       <c r="I631" t="s">
         <v>16</v>
       </c>
       <c r="J631" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="632" spans="1:15" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="632" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A632" s="2">
         <v>45845</v>
       </c>
       <c r="B632" t="s">
         <v>196</v>
       </c>
       <c r="C632" t="s">
         <v>917</v>
       </c>
       <c r="D632" t="s">
         <v>918</v>
       </c>
       <c r="E632" s="2">
         <v>45926</v>
       </c>
       <c r="F632" s="1">
         <v>0.4375</v>
       </c>
       <c r="G632" s="2">
         <v>45928</v>
       </c>
       <c r="H632" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I632" t="s">
         <v>912</v>
       </c>
       <c r="J632" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="633" spans="1:15" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="633" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A633" s="2">
         <v>45846</v>
       </c>
       <c r="B633" t="s">
         <v>193</v>
       </c>
       <c r="C633" s="13" t="s">
         <v>919</v>
       </c>
       <c r="D633" t="s">
         <v>920</v>
       </c>
       <c r="E633" s="2">
         <v>45858</v>
       </c>
       <c r="F633" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="G633" s="2">
         <v>45858</v>
       </c>
       <c r="H633" s="1">
         <v>0.125</v>
       </c>
       <c r="I633" t="s">
         <v>912</v>
       </c>
       <c r="J633" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="634" spans="1:15" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="634" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A634" s="2">
         <v>46575</v>
       </c>
       <c r="B634" t="s">
         <v>211</v>
       </c>
       <c r="C634" t="s">
         <v>39</v>
       </c>
       <c r="D634" t="s">
         <v>323</v>
       </c>
       <c r="E634" s="2">
         <v>45858</v>
       </c>
       <c r="F634" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G634" s="2">
         <v>45858</v>
       </c>
       <c r="H634" s="1">
         <v>0.625</v>
       </c>
       <c r="I634" t="s">
         <v>187</v>
       </c>
       <c r="J634" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="635" spans="1:15" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="635" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A635" s="2">
         <v>45845</v>
       </c>
       <c r="B635" t="s">
         <v>196</v>
       </c>
       <c r="C635" t="s">
         <v>921</v>
       </c>
       <c r="D635" t="s">
         <v>76</v>
       </c>
       <c r="E635" s="2">
         <v>45864</v>
       </c>
       <c r="F635" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G635" s="2">
         <v>45864</v>
       </c>
       <c r="H635" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I635" t="s">
         <v>54</v>
       </c>
       <c r="J635" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="636" spans="1:15" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="636" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A636" s="2">
         <v>45847</v>
       </c>
       <c r="B636" t="s">
         <v>196</v>
       </c>
       <c r="C636" t="s">
         <v>922</v>
       </c>
       <c r="D636" t="s">
         <v>923</v>
       </c>
       <c r="E636" s="2">
         <v>45896</v>
       </c>
       <c r="F636" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G636" s="2">
         <v>45896</v>
       </c>
       <c r="H636" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I636" t="s">
         <v>924</v>
       </c>
       <c r="J636" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="637" spans="1:15" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="637" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A637" s="2">
         <v>45847</v>
       </c>
       <c r="B637" t="s">
         <v>317</v>
       </c>
       <c r="C637" t="s">
         <v>925</v>
       </c>
       <c r="D637" t="s">
         <v>926</v>
       </c>
       <c r="E637" s="2">
         <v>45858</v>
       </c>
       <c r="F637" s="1">
         <v>0.5</v>
       </c>
       <c r="G637" s="2">
         <v>45864</v>
       </c>
       <c r="H637" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="I637" t="s">
         <v>54</v>
       </c>
       <c r="J637" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="638" spans="1:15" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="638" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A638" s="2">
         <v>45851</v>
       </c>
       <c r="B638" t="s">
         <v>235</v>
       </c>
       <c r="C638" t="s">
         <v>927</v>
       </c>
       <c r="D638" t="s">
         <v>928</v>
       </c>
       <c r="E638" s="2">
         <v>45858</v>
       </c>
       <c r="F638" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G638" s="2">
         <v>45858</v>
       </c>
       <c r="H638" s="1">
         <v>0.64583333333333337</v>
       </c>
       <c r="I638" t="s">
         <v>924</v>
       </c>
       <c r="J638" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="639" spans="1:15" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="639" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A639" s="2">
         <v>45851</v>
       </c>
       <c r="B639" t="s">
         <v>235</v>
       </c>
       <c r="C639" t="s">
         <v>929</v>
       </c>
       <c r="D639" t="s">
         <v>930</v>
       </c>
       <c r="E639" s="2">
         <v>45864</v>
       </c>
       <c r="F639" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G639" s="2">
         <v>45864</v>
       </c>
       <c r="H639" s="1">
         <v>0.125</v>
       </c>
       <c r="I639" t="s">
         <v>54</v>
       </c>
       <c r="J639" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="640" spans="1:15" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="640" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A640" s="2">
         <v>45852</v>
       </c>
       <c r="B640" t="s">
         <v>316</v>
       </c>
       <c r="C640" t="s">
         <v>848</v>
       </c>
       <c r="D640" t="s">
         <v>849</v>
       </c>
       <c r="E640" s="2">
         <v>45885</v>
       </c>
       <c r="F640" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G640" s="2">
         <v>45885</v>
       </c>
       <c r="H640" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I640" t="s">
         <v>12</v>
       </c>
       <c r="J640" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="641" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="641" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A641" s="2">
         <v>45852</v>
       </c>
       <c r="B641" t="s">
         <v>196</v>
       </c>
       <c r="C641" t="s">
         <v>737</v>
       </c>
       <c r="D641" t="s">
         <v>738</v>
       </c>
       <c r="E641" s="2">
         <v>45871</v>
       </c>
       <c r="F641" s="1">
         <v>0.5</v>
       </c>
       <c r="G641" s="2">
         <v>45871</v>
       </c>
       <c r="H641" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I641" t="s">
         <v>54</v>
       </c>
       <c r="J641" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="642" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="642" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A642" s="2">
         <v>45852</v>
       </c>
       <c r="B642" t="s">
         <v>196</v>
       </c>
       <c r="C642" t="s">
         <v>931</v>
       </c>
       <c r="D642" t="s">
         <v>932</v>
       </c>
       <c r="E642" s="2">
         <v>45864</v>
       </c>
       <c r="F642" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G642" s="2">
         <v>45864</v>
       </c>
       <c r="H642" s="1">
         <v>0.875</v>
       </c>
       <c r="I642" t="s">
         <v>12</v>
       </c>
       <c r="J642" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="643" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="643" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A643" s="2">
         <v>45852</v>
       </c>
       <c r="B643" t="s">
         <v>317</v>
       </c>
       <c r="C643" t="s">
         <v>775</v>
       </c>
       <c r="D643" t="s">
         <v>933</v>
       </c>
       <c r="E643" s="2">
         <v>45857</v>
       </c>
       <c r="F643" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G643" s="2">
         <v>45858</v>
       </c>
       <c r="H643" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I643" t="s">
         <v>47</v>
       </c>
       <c r="J643" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="644" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="644" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A644" s="2">
         <v>45853</v>
       </c>
       <c r="B644" t="s">
         <v>316</v>
       </c>
       <c r="C644" t="s">
         <v>659</v>
       </c>
       <c r="D644" t="s">
         <v>934</v>
       </c>
       <c r="E644" s="2">
         <v>45867</v>
       </c>
       <c r="F644" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G644" s="2">
         <v>45868</v>
       </c>
       <c r="H644" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I644" t="s">
         <v>935</v>
       </c>
       <c r="J644" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="645" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="645" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A645" s="2">
         <v>45854</v>
       </c>
       <c r="B645" t="s">
         <v>316</v>
       </c>
       <c r="C645" t="s">
         <v>936</v>
       </c>
       <c r="D645" t="s">
         <v>937</v>
       </c>
       <c r="E645" s="2">
         <v>45869</v>
       </c>
       <c r="F645" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G645" s="2">
         <v>45873</v>
       </c>
       <c r="H645" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I645" t="s">
         <v>242</v>
       </c>
       <c r="J645" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="646" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="646" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A646" s="2">
         <v>45854</v>
       </c>
       <c r="B646" t="s">
         <v>317</v>
       </c>
       <c r="C646" t="s">
         <v>938</v>
       </c>
       <c r="D646" t="s">
         <v>939</v>
       </c>
       <c r="E646" s="2">
         <v>45877</v>
       </c>
       <c r="F646" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="G646" s="2">
         <v>45879</v>
       </c>
       <c r="H646" s="1">
         <v>0</v>
       </c>
       <c r="I646" t="s">
         <v>16</v>
       </c>
       <c r="J646" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="647" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="647" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A647" s="2">
         <v>45854</v>
       </c>
       <c r="B647" t="s">
         <v>316</v>
       </c>
       <c r="C647" t="s">
         <v>938</v>
       </c>
       <c r="D647" t="s">
         <v>939</v>
       </c>
       <c r="E647" s="2">
         <v>45884</v>
       </c>
       <c r="F647" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="G647" s="2">
         <v>45885</v>
       </c>
       <c r="H647" s="1">
         <v>0</v>
       </c>
       <c r="I647" t="s">
         <v>16</v>
       </c>
       <c r="J647" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="648" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="648" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A648" s="2">
         <v>45855</v>
       </c>
       <c r="B648" t="s">
         <v>316</v>
       </c>
       <c r="C648" t="s">
         <v>940</v>
       </c>
       <c r="D648" t="s">
         <v>941</v>
       </c>
       <c r="E648" s="2">
         <v>45900</v>
       </c>
       <c r="F648" s="1">
         <v>0.5</v>
       </c>
       <c r="G648" s="2">
         <v>45900</v>
       </c>
       <c r="H648" s="1">
         <v>0.875</v>
       </c>
       <c r="I648" t="s">
         <v>54</v>
       </c>
       <c r="J648" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="649" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="649" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A649" s="2">
         <v>45856</v>
       </c>
       <c r="B649" t="s">
         <v>235</v>
       </c>
       <c r="C649" t="s">
         <v>915</v>
       </c>
       <c r="D649" t="s">
         <v>916</v>
       </c>
       <c r="E649" s="2">
         <v>45872</v>
       </c>
       <c r="F649" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="G649" s="2">
         <v>45873</v>
       </c>
       <c r="H649" s="1">
         <v>0.16666666666666666</v>
       </c>
       <c r="I649" t="s">
         <v>16</v>
       </c>
       <c r="J649" t="s">
         <v>942</v>
       </c>
     </row>
-    <row r="650" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="650" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A650" s="2">
         <v>45860</v>
       </c>
       <c r="B650" t="s">
         <v>317</v>
       </c>
       <c r="C650" t="s">
         <v>848</v>
       </c>
       <c r="D650" t="s">
         <v>849</v>
       </c>
       <c r="E650" s="2">
         <v>45878</v>
       </c>
       <c r="F650" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G650" s="2">
         <v>45878</v>
       </c>
       <c r="H650" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I650" t="s">
         <v>12</v>
       </c>
       <c r="J650" t="s">
         <v>942</v>
       </c>
     </row>
-    <row r="651" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="651" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A651" s="2">
         <v>45860</v>
       </c>
       <c r="B651" t="s">
         <v>317</v>
       </c>
       <c r="C651" t="s">
         <v>775</v>
       </c>
       <c r="D651" t="s">
         <v>933</v>
       </c>
       <c r="E651" s="2">
         <v>45871</v>
       </c>
       <c r="F651" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G651" s="2">
         <v>45871</v>
       </c>
       <c r="H651" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="I651" t="s">
         <v>47</v>
       </c>
       <c r="J651" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="652" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="652" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A652" s="2">
         <v>45860</v>
       </c>
       <c r="B652" t="s">
         <v>235</v>
       </c>
       <c r="C652" t="s">
         <v>107</v>
       </c>
       <c r="D652" t="s">
         <v>892</v>
       </c>
       <c r="E652" s="2">
         <v>45885</v>
       </c>
       <c r="F652" s="1">
         <v>0.75</v>
       </c>
       <c r="G652" s="2">
         <v>45885</v>
       </c>
       <c r="H652" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I652" t="s">
         <v>216</v>
       </c>
       <c r="J652" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="653" spans="1:10" ht="15.75" x14ac:dyDescent="0.5">
+    <row r="653" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A653" s="2">
         <v>45860</v>
       </c>
       <c r="B653" t="s">
         <v>317</v>
       </c>
       <c r="C653" s="10" t="s">
         <v>483</v>
       </c>
       <c r="D653" s="10" t="s">
         <v>484</v>
       </c>
       <c r="E653" s="2">
         <v>45870</v>
       </c>
       <c r="F653" s="1">
         <v>0.72916666666666663</v>
       </c>
       <c r="G653" s="2">
         <v>45870</v>
       </c>
       <c r="H653" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I653" t="s">
         <v>12</v>
       </c>
       <c r="J653" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="654" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="654" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A654" s="2">
         <v>45861</v>
       </c>
       <c r="B654" t="s">
         <v>196</v>
       </c>
       <c r="C654" t="s">
         <v>848</v>
       </c>
       <c r="D654" t="s">
         <v>849</v>
       </c>
       <c r="E654" s="2">
         <v>45926</v>
       </c>
       <c r="F654" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G654" s="2">
         <v>45926</v>
       </c>
       <c r="H654" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I654" t="s">
         <v>12</v>
       </c>
       <c r="J654" t="s">
         <v>942</v>
       </c>
     </row>
-    <row r="655" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="655" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A655" s="2">
         <v>45862</v>
       </c>
       <c r="B655" t="s">
         <v>196</v>
       </c>
       <c r="C655" t="s">
         <v>943</v>
       </c>
       <c r="D655" t="s">
         <v>76</v>
       </c>
       <c r="E655" s="2">
         <v>45913</v>
       </c>
       <c r="F655" s="1">
         <v>0.375</v>
       </c>
       <c r="G655" s="2">
         <v>45913</v>
       </c>
       <c r="H655" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I655" t="s">
         <v>216</v>
       </c>
       <c r="J655" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="656" spans="1:10" ht="15.75" x14ac:dyDescent="0.5">
+    <row r="656" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A656" s="2">
         <v>45863</v>
       </c>
       <c r="B656" t="s">
         <v>196</v>
       </c>
       <c r="C656" s="10" t="s">
         <v>483</v>
       </c>
       <c r="D656" s="10" t="s">
         <v>484</v>
       </c>
       <c r="E656" s="2">
         <v>45878</v>
       </c>
       <c r="F656" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G656" s="2">
         <v>45878</v>
       </c>
       <c r="H656" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I656" t="s">
         <v>16</v>
       </c>
       <c r="J656" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="657" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="657" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A657" s="2">
         <v>45919</v>
       </c>
       <c r="B657" t="s">
         <v>196</v>
       </c>
       <c r="C657" t="s">
         <v>944</v>
       </c>
       <c r="D657" t="s">
         <v>945</v>
       </c>
       <c r="E657" s="2">
         <v>45919</v>
       </c>
       <c r="F657" s="1">
         <v>0.6875</v>
       </c>
       <c r="G657" s="2">
         <v>45919</v>
       </c>
       <c r="H657" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="I657" t="s">
         <v>275</v>
       </c>
       <c r="J657" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="658" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="658" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A658" s="2">
         <v>45867</v>
       </c>
       <c r="B658" t="s">
         <v>317</v>
       </c>
       <c r="C658" t="s">
         <v>938</v>
       </c>
       <c r="D658" t="s">
         <v>939</v>
       </c>
       <c r="E658" s="2">
         <v>45877</v>
       </c>
       <c r="F658" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G658" s="2">
         <v>45879</v>
       </c>
       <c r="H658" s="1">
         <v>1</v>
       </c>
       <c r="I658" t="s">
         <v>47</v>
       </c>
       <c r="J658" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="659" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="659" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A659" s="2">
         <v>45867</v>
       </c>
       <c r="B659" t="s">
         <v>235</v>
       </c>
       <c r="C659" t="s">
         <v>938</v>
       </c>
       <c r="D659" t="s">
         <v>939</v>
       </c>
       <c r="E659" s="2">
         <v>45884</v>
       </c>
       <c r="F659" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G659" s="2">
         <v>45885</v>
       </c>
       <c r="H659" s="1">
         <v>1</v>
       </c>
       <c r="I659" t="s">
         <v>47</v>
       </c>
       <c r="J659" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="660" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="660" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A660" s="2">
         <v>45867</v>
       </c>
       <c r="B660" t="s">
         <v>235</v>
       </c>
       <c r="C660" t="s">
         <v>726</v>
       </c>
       <c r="D660" t="s">
         <v>946</v>
       </c>
       <c r="E660" s="2">
         <v>45900</v>
       </c>
       <c r="F660" s="1">
         <v>0.5</v>
       </c>
       <c r="G660" s="2">
         <v>45900</v>
       </c>
       <c r="H660" s="1">
         <v>0.875</v>
       </c>
       <c r="I660" t="s">
         <v>576</v>
       </c>
       <c r="J660" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="661" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="661" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A661" s="2">
         <v>45868</v>
       </c>
       <c r="B661" t="s">
         <v>317</v>
       </c>
       <c r="C661" t="s">
         <v>947</v>
       </c>
       <c r="D661" t="s">
         <v>948</v>
       </c>
       <c r="E661" s="2">
         <v>45876</v>
       </c>
       <c r="F661" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G661" s="2">
         <v>45876</v>
       </c>
       <c r="H661" s="1">
         <v>0</v>
       </c>
       <c r="I661" t="s">
         <v>54</v>
       </c>
       <c r="J661" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="662" spans="1:10" ht="15.75" x14ac:dyDescent="0.5">
+    <row r="662" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A662" s="2">
         <v>45870</v>
       </c>
       <c r="B662" t="s">
         <v>196</v>
       </c>
       <c r="C662" s="10" t="s">
         <v>483</v>
       </c>
       <c r="D662" s="10" t="s">
         <v>484</v>
       </c>
       <c r="E662" s="2">
         <v>45884</v>
       </c>
       <c r="F662" s="1">
         <v>0.8125</v>
       </c>
       <c r="G662" s="2">
         <v>45884</v>
       </c>
       <c r="H662" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="I662" t="s">
         <v>54</v>
       </c>
       <c r="J662" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="663" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="663" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A663" s="2">
         <v>45872</v>
       </c>
       <c r="B663" t="s">
         <v>196</v>
       </c>
       <c r="C663" t="s">
         <v>412</v>
       </c>
       <c r="D663" t="s">
         <v>413</v>
       </c>
       <c r="E663" s="2">
         <v>45920</v>
       </c>
       <c r="F663" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G663" s="2">
         <v>45920</v>
       </c>
       <c r="H663" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I663" t="s">
         <v>54</v>
       </c>
       <c r="J663" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="664" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="664" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A664" s="2">
         <v>45870</v>
       </c>
       <c r="B664" t="s">
         <v>196</v>
       </c>
       <c r="C664" t="s">
         <v>34</v>
       </c>
       <c r="D664" t="s">
         <v>35</v>
       </c>
       <c r="E664" s="2">
         <v>45893</v>
       </c>
       <c r="F664" s="1">
         <v>0.52083333333333337</v>
       </c>
       <c r="G664" s="2">
         <v>45893</v>
       </c>
       <c r="H664" s="1">
         <v>0.75</v>
       </c>
       <c r="I664" t="s">
         <v>47</v>
       </c>
       <c r="J664" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="665" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="665" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A665" s="2">
         <v>45871</v>
       </c>
       <c r="B665" t="s">
         <v>211</v>
       </c>
       <c r="C665" t="s">
         <v>39</v>
       </c>
       <c r="D665" t="s">
         <v>323</v>
       </c>
       <c r="E665" s="2">
         <v>45886</v>
       </c>
       <c r="F665" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G665" s="2">
         <v>45886</v>
       </c>
       <c r="H665" s="1">
         <v>0.625</v>
       </c>
       <c r="I665" t="s">
         <v>435</v>
       </c>
       <c r="J665" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="666" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="666" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A666" s="2">
         <v>45869</v>
       </c>
       <c r="B666" t="s">
         <v>211</v>
       </c>
       <c r="C666" t="s">
         <v>915</v>
       </c>
       <c r="D666" t="s">
         <v>916</v>
       </c>
       <c r="E666" s="2">
         <v>45884</v>
       </c>
       <c r="F666" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G666" s="2">
         <v>45885</v>
       </c>
       <c r="H666" s="1">
         <v>0.14583333333333334</v>
       </c>
       <c r="I666" t="s">
         <v>16</v>
       </c>
       <c r="J666" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="667" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="667" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A667" s="2">
         <v>45872</v>
       </c>
       <c r="B667" t="s">
         <v>316</v>
       </c>
       <c r="C667" t="s">
         <v>949</v>
       </c>
       <c r="D667" t="s">
         <v>950</v>
       </c>
       <c r="E667" s="2">
         <v>45884</v>
       </c>
       <c r="F667" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G667" s="2">
         <v>45885</v>
       </c>
       <c r="H667" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I667" t="s">
         <v>16</v>
       </c>
       <c r="J667" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="668" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="668" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A668" s="2">
         <v>45874</v>
       </c>
       <c r="B668" t="s">
         <v>196</v>
       </c>
       <c r="C668" t="s">
         <v>451</v>
       </c>
       <c r="D668" t="s">
         <v>951</v>
       </c>
       <c r="E668" s="2">
         <v>45894</v>
       </c>
       <c r="F668" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G668" s="2">
         <v>45894</v>
       </c>
       <c r="H668" s="1">
         <v>0.9375</v>
       </c>
       <c r="I668" t="s">
         <v>952</v>
       </c>
       <c r="J668" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="669" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="669" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A669" s="2">
         <v>45875</v>
       </c>
       <c r="B669" t="s">
         <v>235</v>
       </c>
       <c r="C669" t="s">
         <v>953</v>
       </c>
       <c r="D669" t="s">
         <v>76</v>
       </c>
       <c r="E669" s="2">
         <v>45906</v>
       </c>
       <c r="F669" s="1">
         <v>0.47916666666666669</v>
       </c>
       <c r="G669" s="2">
         <v>45906</v>
       </c>
       <c r="H669" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I669" t="s">
         <v>47</v>
       </c>
       <c r="J669" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="670" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="670" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A670" s="2">
         <v>45876</v>
       </c>
       <c r="B670" t="s">
         <v>235</v>
       </c>
       <c r="C670" t="s">
         <v>77</v>
       </c>
       <c r="D670" t="s">
         <v>365</v>
       </c>
       <c r="E670" s="2">
         <v>45918</v>
       </c>
       <c r="F670" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G670" s="2">
         <v>45918</v>
       </c>
       <c r="H670" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I670" t="s">
         <v>29</v>
       </c>
       <c r="J670" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="671" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="671" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A671" s="2">
         <v>45877</v>
       </c>
       <c r="B671" t="s">
         <v>196</v>
       </c>
       <c r="C671" t="s">
         <v>954</v>
       </c>
       <c r="D671" t="s">
         <v>955</v>
       </c>
       <c r="E671" s="2">
         <v>45895</v>
       </c>
       <c r="F671" s="1">
         <v>0</v>
       </c>
       <c r="G671" s="2">
         <v>45895</v>
       </c>
       <c r="H671" s="1">
         <v>0.125</v>
       </c>
       <c r="I671" t="s">
         <v>54</v>
       </c>
       <c r="J671" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="672" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="672" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A672" s="2">
         <v>45878</v>
       </c>
       <c r="B672" t="s">
         <v>196</v>
       </c>
       <c r="C672" t="s">
         <v>351</v>
       </c>
       <c r="D672" t="s">
         <v>956</v>
       </c>
       <c r="E672" s="2">
         <v>45920</v>
       </c>
       <c r="F672" s="1">
         <v>0.47916666666666669</v>
       </c>
       <c r="G672" s="2">
         <v>45920</v>
       </c>
       <c r="H672" s="1">
         <v>0.75</v>
       </c>
       <c r="I672" t="s">
         <v>29</v>
       </c>
       <c r="J672" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="673" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="673" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A673" s="2">
         <v>45877</v>
       </c>
       <c r="B673" t="s">
         <v>196</v>
       </c>
       <c r="C673" t="s">
         <v>957</v>
       </c>
       <c r="D673" t="s">
         <v>958</v>
       </c>
       <c r="E673" s="2">
         <v>45900</v>
       </c>
       <c r="F673" s="1">
         <v>0.5</v>
       </c>
       <c r="G673" s="2">
         <v>45900</v>
       </c>
       <c r="H673" s="1">
         <v>0.875</v>
       </c>
       <c r="I673" t="s">
         <v>41</v>
       </c>
       <c r="J673" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="674" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="674" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A674" s="2">
         <v>45880</v>
       </c>
       <c r="B674" t="s">
         <v>196</v>
       </c>
       <c r="C674" t="s">
         <v>959</v>
       </c>
       <c r="D674" t="s">
         <v>567</v>
       </c>
       <c r="E674" s="2">
         <v>45892</v>
       </c>
       <c r="F674" s="1">
         <v>0.47916666666666669</v>
       </c>
       <c r="G674" s="2">
         <v>45893</v>
       </c>
       <c r="H674" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I674" t="s">
         <v>370</v>
       </c>
       <c r="J674" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="675" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="675" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A675" s="2">
         <v>45881</v>
       </c>
       <c r="B675" t="s">
         <v>235</v>
       </c>
       <c r="C675" t="s">
         <v>960</v>
       </c>
       <c r="D675" t="s">
         <v>961</v>
       </c>
       <c r="E675" s="2">
         <v>45896</v>
       </c>
       <c r="F675" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G675" s="2">
         <v>45896</v>
       </c>
       <c r="H675" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I675" t="s">
         <v>41</v>
       </c>
       <c r="J675" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="676" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="676" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A676" s="2">
         <v>45881</v>
       </c>
       <c r="B676" t="s">
         <v>196</v>
       </c>
       <c r="C676" t="s">
         <v>962</v>
       </c>
       <c r="D676" t="s">
         <v>963</v>
       </c>
       <c r="E676" s="2">
         <v>45968</v>
       </c>
       <c r="F676" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G676" s="2">
         <v>45968</v>
       </c>
       <c r="H676" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I676" t="s">
         <v>275</v>
       </c>
       <c r="J676" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="677" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="677" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A677" s="2">
         <v>45882</v>
       </c>
       <c r="B677" t="s">
         <v>196</v>
       </c>
       <c r="C677" t="s">
         <v>964</v>
       </c>
       <c r="D677" t="s">
         <v>965</v>
       </c>
       <c r="E677" s="2">
         <v>45914</v>
       </c>
       <c r="F677" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G677" s="2">
         <v>45914</v>
       </c>
       <c r="H677" s="1">
         <v>0.75</v>
       </c>
       <c r="I677" t="s">
         <v>29</v>
       </c>
       <c r="J677" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="678" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="678" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A678" s="2">
         <v>45882</v>
       </c>
       <c r="B678" t="s">
         <v>196</v>
       </c>
       <c r="C678" t="s">
         <v>966</v>
       </c>
       <c r="D678" t="s">
         <v>967</v>
       </c>
       <c r="E678" s="2">
         <v>45900</v>
       </c>
       <c r="F678" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G678" s="2">
         <v>45900</v>
       </c>
       <c r="H678" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I678" t="s">
         <v>41</v>
       </c>
       <c r="J678" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="679" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="679" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A679" s="2">
         <v>45883</v>
       </c>
       <c r="B679" t="s">
         <v>196</v>
       </c>
       <c r="C679" t="s">
         <v>968</v>
       </c>
       <c r="D679" t="s">
         <v>969</v>
       </c>
       <c r="E679" s="2">
         <v>45914</v>
       </c>
       <c r="F679" s="1">
         <v>0.54166666666666663</v>
       </c>
       <c r="G679" s="2">
         <v>45914</v>
       </c>
       <c r="H679" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I679" t="s">
         <v>29</v>
       </c>
       <c r="J679" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="680" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="680" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A680" s="2">
         <v>45884</v>
       </c>
       <c r="B680" t="s">
         <v>317</v>
       </c>
       <c r="C680" t="s">
         <v>721</v>
       </c>
       <c r="D680" t="s">
         <v>722</v>
       </c>
       <c r="E680" s="2">
         <v>45898</v>
       </c>
       <c r="F680" s="1">
         <v>0.875</v>
       </c>
       <c r="G680" s="2">
         <v>45899</v>
       </c>
       <c r="H680" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I680" t="s">
         <v>22</v>
       </c>
       <c r="J680" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="681" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="681" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A681" s="2">
         <v>45884</v>
       </c>
       <c r="B681" t="s">
         <v>196</v>
       </c>
       <c r="C681" t="s">
         <v>721</v>
       </c>
       <c r="D681" t="s">
         <v>722</v>
       </c>
       <c r="E681" s="2">
         <v>45961</v>
       </c>
       <c r="F681" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G681" s="2">
         <v>45962</v>
       </c>
       <c r="H681" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I681" t="s">
         <v>275</v>
       </c>
       <c r="J681" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="682" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="682" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A682" s="2">
         <v>45888</v>
       </c>
       <c r="B682" t="s">
         <v>196</v>
       </c>
       <c r="C682" t="s">
         <v>970</v>
       </c>
       <c r="D682" t="s">
         <v>971</v>
       </c>
       <c r="E682" s="2">
         <v>45927</v>
       </c>
       <c r="F682" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G682" s="2">
         <v>45929</v>
       </c>
       <c r="H682" s="1">
         <v>0.9375</v>
       </c>
       <c r="I682" t="s">
         <v>54</v>
       </c>
       <c r="J682" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="683" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="683" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A683" s="2">
         <v>45887</v>
       </c>
       <c r="B683" t="s">
         <v>317</v>
       </c>
       <c r="C683" t="s">
         <v>696</v>
       </c>
       <c r="D683" t="s">
         <v>523</v>
       </c>
       <c r="E683" s="2">
         <v>45899</v>
       </c>
       <c r="F683" s="1">
         <v>0</v>
       </c>
       <c r="G683" s="2">
         <v>45900</v>
       </c>
       <c r="H683" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I683" t="s">
         <v>370</v>
       </c>
       <c r="J683" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="684" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="684" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A684" s="2">
         <v>45887</v>
       </c>
       <c r="B684" t="s">
         <v>196</v>
       </c>
       <c r="C684" t="s">
         <v>972</v>
       </c>
       <c r="D684" t="s">
         <v>973</v>
       </c>
       <c r="E684" s="2">
         <v>45914</v>
       </c>
       <c r="F684" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G684" s="2">
         <v>45914</v>
       </c>
       <c r="H684" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I684" t="s">
         <v>57</v>
       </c>
       <c r="J684" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="685" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="685" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A685" s="2">
         <v>45888</v>
       </c>
       <c r="B685" t="s">
         <v>196</v>
       </c>
       <c r="C685" t="s">
         <v>974</v>
       </c>
       <c r="D685" t="s">
         <v>973</v>
       </c>
       <c r="E685" s="2">
         <v>45914</v>
       </c>
       <c r="F685" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G685" s="2">
         <v>45914</v>
       </c>
       <c r="H685" s="1">
         <v>0.625</v>
       </c>
       <c r="I685" t="s">
         <v>275</v>
       </c>
       <c r="J685" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="686" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="686" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A686" s="2">
         <v>45888</v>
       </c>
       <c r="B686" t="s">
         <v>196</v>
       </c>
       <c r="C686" t="s">
         <v>975</v>
       </c>
       <c r="D686" t="s">
         <v>976</v>
       </c>
       <c r="E686" s="2">
         <v>45913</v>
       </c>
       <c r="F686" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G686" s="2">
         <v>45913</v>
       </c>
       <c r="H686" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I686" t="s">
         <v>29</v>
       </c>
       <c r="J686" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="687" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="687" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A687" s="2">
         <v>45889</v>
       </c>
       <c r="B687" t="s">
         <v>345</v>
       </c>
       <c r="C687" t="s">
         <v>393</v>
       </c>
       <c r="D687" t="s">
         <v>877</v>
       </c>
       <c r="E687" s="2">
         <v>45900</v>
       </c>
       <c r="F687" s="1">
         <v>0.625</v>
       </c>
       <c r="G687" s="2">
         <v>45900</v>
       </c>
       <c r="H687" s="1">
         <v>0.875</v>
       </c>
       <c r="I687" t="s">
         <v>275</v>
       </c>
       <c r="J687" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="688" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="688" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A688" s="2">
         <v>45889</v>
       </c>
       <c r="B688" t="s">
         <v>235</v>
       </c>
       <c r="C688" t="s">
         <v>588</v>
       </c>
       <c r="D688" t="s">
         <v>589</v>
       </c>
       <c r="E688" s="2">
         <v>45906</v>
       </c>
       <c r="F688" s="1">
         <v>0.54166666666666663</v>
       </c>
       <c r="G688" s="2">
         <v>45906</v>
       </c>
       <c r="H688" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I688" t="s">
         <v>29</v>
       </c>
       <c r="J688" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="689" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="689" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A689" s="2">
         <v>45894</v>
       </c>
       <c r="B689" t="s">
         <v>235</v>
       </c>
       <c r="C689" t="s">
         <v>669</v>
       </c>
       <c r="D689" t="s">
         <v>670</v>
       </c>
       <c r="E689" s="2">
         <v>45920</v>
       </c>
       <c r="F689" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G689" s="2">
         <v>45921</v>
       </c>
       <c r="H689" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I689" t="s">
         <v>748</v>
       </c>
       <c r="J689" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="690" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="690" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A690" s="2">
         <v>45894</v>
       </c>
       <c r="B690" t="s">
         <v>235</v>
       </c>
       <c r="C690" t="s">
         <v>669</v>
       </c>
       <c r="D690" t="s">
         <v>670</v>
       </c>
       <c r="E690" s="2">
         <v>45934</v>
       </c>
       <c r="F690" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G690" s="2">
         <v>45935</v>
       </c>
       <c r="H690" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I690" t="s">
         <v>748</v>
       </c>
       <c r="J690" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="691" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="691" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A691" s="2">
         <v>45895</v>
       </c>
       <c r="B691" t="s">
         <v>317</v>
       </c>
       <c r="C691" t="s">
         <v>977</v>
       </c>
       <c r="D691" t="s">
         <v>978</v>
       </c>
       <c r="E691" s="2">
         <v>45906</v>
       </c>
       <c r="F691" s="1">
         <v>0.4375</v>
       </c>
       <c r="G691" s="2">
         <v>45906</v>
       </c>
       <c r="H691" s="1">
         <v>0.60416666666666663</v>
       </c>
       <c r="I691" t="s">
         <v>41</v>
       </c>
       <c r="J691" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="692" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="692" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A692" s="2">
         <v>45896</v>
       </c>
       <c r="B692" t="s">
         <v>317</v>
       </c>
       <c r="C692" t="s">
         <v>979</v>
       </c>
       <c r="D692" t="s">
         <v>980</v>
       </c>
       <c r="E692" s="2">
         <v>45906</v>
       </c>
       <c r="F692" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G692" s="2">
         <v>45906</v>
       </c>
       <c r="H692" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I692" t="s">
         <v>29</v>
       </c>
       <c r="J692" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="693" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="693" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A693" s="2">
         <v>45925</v>
       </c>
       <c r="B693" t="s">
         <v>211</v>
       </c>
       <c r="C693" t="s">
         <v>981</v>
       </c>
       <c r="D693" t="s">
         <v>961</v>
       </c>
       <c r="E693" s="2">
         <v>45925</v>
       </c>
       <c r="F693" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G693" s="2">
         <v>45925</v>
       </c>
       <c r="H693" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I693" t="s">
         <v>41</v>
       </c>
       <c r="J693" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="694" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="694" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A694" s="2">
         <v>45897</v>
       </c>
       <c r="B694" t="s">
         <v>196</v>
       </c>
       <c r="C694" t="s">
         <v>982</v>
       </c>
       <c r="D694" t="s">
         <v>983</v>
       </c>
       <c r="E694" s="2">
         <v>45928</v>
       </c>
       <c r="F694" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G694" s="2">
         <v>45928</v>
       </c>
       <c r="H694" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I694" t="s">
         <v>57</v>
       </c>
       <c r="J694" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="695" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="695" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A695" s="2">
         <v>45900</v>
       </c>
       <c r="B695" t="s">
         <v>196</v>
       </c>
       <c r="C695" t="s">
         <v>39</v>
       </c>
       <c r="D695" t="s">
         <v>984</v>
       </c>
       <c r="E695" s="2">
         <v>45921</v>
       </c>
       <c r="F695" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G695" s="2">
         <v>45921</v>
       </c>
       <c r="H695" s="1">
         <v>0.625</v>
       </c>
       <c r="I695" t="s">
         <v>41</v>
       </c>
       <c r="J695" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="696" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="696" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A696" s="2">
         <v>45901</v>
       </c>
       <c r="B696" t="s">
         <v>196</v>
       </c>
       <c r="C696" t="s">
         <v>985</v>
       </c>
       <c r="D696" t="s">
         <v>430</v>
       </c>
       <c r="E696" s="2">
         <v>45913</v>
       </c>
       <c r="F696" s="1">
         <v>0</v>
       </c>
       <c r="G696" s="2">
         <v>45549</v>
       </c>
       <c r="H696" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I696" t="s">
         <v>54</v>
       </c>
       <c r="J696" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="697" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="697" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A697" s="2">
         <v>45901</v>
       </c>
       <c r="B697" t="s">
         <v>317</v>
       </c>
       <c r="C697" t="s">
         <v>986</v>
       </c>
       <c r="D697" t="s">
         <v>987</v>
       </c>
       <c r="E697" s="2">
         <v>45912</v>
       </c>
       <c r="F697" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G697" s="2">
         <v>45917</v>
       </c>
       <c r="H697" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="I697" t="s">
         <v>988</v>
       </c>
       <c r="J697" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="698" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="698" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A698" s="2">
         <v>45901</v>
       </c>
       <c r="B698" t="s">
         <v>317</v>
       </c>
       <c r="C698" t="s">
         <v>989</v>
       </c>
       <c r="D698" t="s">
         <v>990</v>
       </c>
       <c r="E698" s="2">
         <v>45913</v>
       </c>
       <c r="F698" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G698" s="2">
         <v>45914</v>
       </c>
       <c r="H698" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I698" t="s">
         <v>216</v>
       </c>
       <c r="J698" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="699" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="699" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A699" s="2">
         <v>45902</v>
       </c>
       <c r="B699" t="s">
         <v>317</v>
       </c>
       <c r="C699" t="s">
         <v>835</v>
       </c>
       <c r="D699" t="s">
         <v>991</v>
       </c>
       <c r="E699" s="2">
         <v>45913</v>
       </c>
       <c r="F699" s="1">
         <v>0.375</v>
       </c>
       <c r="G699" s="2">
         <v>45914</v>
       </c>
       <c r="H699" s="1">
         <v>6.25E-2</v>
       </c>
       <c r="I699" t="s">
         <v>988</v>
       </c>
       <c r="J699" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="700" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="700" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A700" s="2">
         <v>45903</v>
       </c>
       <c r="B700" t="s">
         <v>196</v>
       </c>
       <c r="C700" t="s">
         <v>970</v>
       </c>
       <c r="D700" t="s">
         <v>971</v>
       </c>
       <c r="E700" s="2">
         <v>45955</v>
       </c>
       <c r="F700" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G700" s="2">
         <v>45955</v>
       </c>
       <c r="H700" s="1">
         <v>0.9375</v>
       </c>
       <c r="I700" t="s">
         <v>54</v>
       </c>
       <c r="J700" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="701" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="701" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A701" s="2">
         <v>45902</v>
       </c>
       <c r="B701" t="s">
         <v>196</v>
       </c>
       <c r="C701" t="s">
         <v>992</v>
       </c>
       <c r="D701" t="s">
         <v>993</v>
       </c>
       <c r="E701" s="2">
         <v>46016</v>
       </c>
       <c r="F701" s="1">
         <v>0.33333333333333331</v>
       </c>
       <c r="G701" s="2">
         <v>46016</v>
       </c>
       <c r="H701" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I701" t="s">
         <v>576</v>
       </c>
       <c r="J701" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="702" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="702" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A702" s="2">
         <v>45904</v>
       </c>
       <c r="B702" t="s">
         <v>196</v>
       </c>
       <c r="C702" t="s">
         <v>994</v>
       </c>
       <c r="D702" t="s">
         <v>995</v>
       </c>
       <c r="E702" s="2">
         <v>45920</v>
       </c>
       <c r="F702" s="1">
         <v>0.5</v>
       </c>
       <c r="G702" s="2">
         <v>45920</v>
       </c>
       <c r="H702" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I702" t="s">
         <v>47</v>
       </c>
       <c r="J702" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="703" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="703" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A703" s="2">
         <v>45905</v>
       </c>
       <c r="B703" t="s">
         <v>196</v>
       </c>
       <c r="C703" t="s">
         <v>823</v>
       </c>
       <c r="D703" t="s">
         <v>996</v>
       </c>
       <c r="E703" s="2">
         <v>45928</v>
       </c>
       <c r="F703" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G703" s="2">
         <v>45928</v>
       </c>
       <c r="H703" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I703" t="s">
         <v>41</v>
       </c>
       <c r="J703" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="704" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="704" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A704" s="2">
         <v>45905</v>
       </c>
       <c r="B704" t="s">
         <v>196</v>
       </c>
       <c r="C704" t="s">
         <v>997</v>
       </c>
       <c r="D704" t="s">
         <v>998</v>
       </c>
       <c r="E704" s="2">
         <v>45978</v>
       </c>
       <c r="F704" s="1">
         <v>0.69444444444444442</v>
       </c>
       <c r="G704" s="2">
         <v>45978</v>
       </c>
       <c r="H704" s="1">
         <v>0.73611111111111116</v>
       </c>
       <c r="I704" t="s">
         <v>275</v>
       </c>
       <c r="J704" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="705" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="705" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A705" s="2">
         <v>45905</v>
       </c>
       <c r="B705" t="s">
         <v>196</v>
       </c>
       <c r="C705" t="s">
         <v>999</v>
       </c>
       <c r="D705" t="s">
         <v>983</v>
       </c>
       <c r="E705" s="2">
         <v>45928</v>
       </c>
       <c r="F705" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G705" s="2">
         <v>45928</v>
       </c>
       <c r="H705" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I705" t="s">
         <v>41</v>
       </c>
       <c r="J705" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="706" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="706" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A706" s="2">
         <v>45907</v>
       </c>
       <c r="B706" t="s">
         <v>196</v>
       </c>
       <c r="C706" t="s">
         <v>915</v>
       </c>
       <c r="D706" t="s">
         <v>916</v>
       </c>
       <c r="E706" s="2">
         <v>45920</v>
       </c>
       <c r="F706" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G706" s="2">
         <v>45921</v>
       </c>
       <c r="H706" s="1">
         <v>0.14583333333333334</v>
       </c>
       <c r="I706" t="s">
         <v>988</v>
       </c>
       <c r="J706" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="707" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="707" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A707" s="2">
         <v>45907</v>
       </c>
       <c r="B707" t="s">
         <v>196</v>
       </c>
       <c r="C707" t="s">
         <v>1000</v>
       </c>
       <c r="D707" t="s">
         <v>1001</v>
       </c>
       <c r="E707" s="2">
         <v>45927</v>
       </c>
       <c r="F707" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G707" s="2">
         <v>45928</v>
       </c>
       <c r="H707" s="1">
         <v>0.875</v>
       </c>
       <c r="I707" t="s">
         <v>54</v>
       </c>
       <c r="J707" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="708" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="708" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A708" s="2">
         <v>45908</v>
       </c>
       <c r="B708" t="s">
         <v>196</v>
       </c>
       <c r="C708" t="s">
         <v>1002</v>
       </c>
       <c r="D708" t="s">
         <v>1003</v>
       </c>
       <c r="E708" s="2">
         <v>45920</v>
       </c>
       <c r="F708" s="1">
         <v>0.5</v>
       </c>
       <c r="G708" s="2">
         <v>45920</v>
       </c>
       <c r="H708" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I708" t="s">
         <v>41</v>
       </c>
       <c r="J708" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="709" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="709" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A709" s="2">
         <v>45909</v>
       </c>
       <c r="B709" t="s">
         <v>196</v>
       </c>
       <c r="C709" t="s">
         <v>111</v>
       </c>
       <c r="D709" t="s">
         <v>428</v>
       </c>
       <c r="E709" s="2">
         <v>45938</v>
       </c>
       <c r="F709" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G709" s="2">
         <v>45941</v>
       </c>
       <c r="H709" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I709" t="s">
         <v>54</v>
       </c>
       <c r="J709" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="710" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="710" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A710" s="2">
         <v>45909</v>
       </c>
       <c r="B710" t="s">
         <v>317</v>
       </c>
       <c r="C710" t="s">
         <v>985</v>
       </c>
       <c r="D710" t="s">
         <v>430</v>
       </c>
       <c r="E710" s="2">
         <v>45920</v>
       </c>
       <c r="F710" s="1">
         <v>0</v>
       </c>
       <c r="G710" s="2">
         <v>45921</v>
       </c>
       <c r="H710" s="1">
         <v>0.125</v>
       </c>
       <c r="I710" t="s">
         <v>370</v>
       </c>
       <c r="J710" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="711" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="711" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A711" s="2">
         <v>45910</v>
       </c>
       <c r="B711" t="s">
         <v>196</v>
       </c>
       <c r="C711" t="s">
         <v>1000</v>
       </c>
       <c r="D711" t="s">
         <v>1001</v>
       </c>
       <c r="E711" s="2">
         <v>45949</v>
       </c>
       <c r="F711" s="1">
         <v>0.5</v>
       </c>
       <c r="G711" s="2">
         <v>45949</v>
       </c>
       <c r="H711" s="1">
         <v>0.875</v>
       </c>
       <c r="I711" t="s">
         <v>370</v>
       </c>
       <c r="J711" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="712" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="712" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A712" s="2">
         <v>45909</v>
       </c>
       <c r="B712" t="s">
         <v>317</v>
       </c>
       <c r="C712" t="s">
         <v>454</v>
       </c>
       <c r="D712" t="s">
         <v>455</v>
       </c>
       <c r="E712" s="2">
         <v>45922</v>
       </c>
       <c r="F712" s="1">
         <v>0.72916666666666663</v>
       </c>
       <c r="G712" s="2">
         <v>45922</v>
       </c>
       <c r="H712" s="1">
         <v>0.875</v>
       </c>
       <c r="I712" t="s">
         <v>29</v>
       </c>
       <c r="J712" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="713" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="713" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A713" s="2">
         <v>45911</v>
       </c>
       <c r="B713" t="s">
         <v>196</v>
       </c>
       <c r="C713" t="s">
         <v>77</v>
       </c>
       <c r="D713" t="s">
         <v>1004</v>
       </c>
       <c r="E713" s="2">
         <v>45933</v>
       </c>
       <c r="F713" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G713" s="2">
         <v>45933</v>
       </c>
       <c r="H713" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I713" t="s">
         <v>29</v>
       </c>
       <c r="J713" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="714" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="714" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A714" s="2">
         <v>45911</v>
       </c>
       <c r="B714" t="s">
         <v>196</v>
       </c>
       <c r="C714" t="s">
         <v>1005</v>
       </c>
       <c r="D714" t="s">
         <v>81</v>
       </c>
       <c r="E714" s="2">
         <v>45927</v>
       </c>
       <c r="F714" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G714" s="2">
         <v>45927</v>
       </c>
       <c r="H714" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="I714" t="s">
         <v>1006</v>
       </c>
       <c r="J714" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="715" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="715" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A715" s="2">
         <v>45912</v>
       </c>
       <c r="B715" t="s">
         <v>196</v>
       </c>
       <c r="C715" t="s">
         <v>1007</v>
       </c>
       <c r="D715" t="s">
         <v>76</v>
       </c>
       <c r="E715" s="2">
         <v>45927</v>
       </c>
       <c r="F715" s="1">
         <v>0.5</v>
       </c>
       <c r="G715" s="2">
         <v>45927</v>
       </c>
       <c r="H715" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I715" t="s">
         <v>29</v>
       </c>
       <c r="J715" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="716" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="716" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A716" s="2">
         <v>45912</v>
       </c>
       <c r="B716" t="s">
         <v>196</v>
       </c>
       <c r="C716" t="s">
         <v>1008</v>
       </c>
       <c r="D716" t="s">
         <v>1009</v>
       </c>
       <c r="E716" s="2">
         <v>45927</v>
       </c>
       <c r="F716" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G716" s="2">
         <v>45927</v>
       </c>
       <c r="H716" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="I716" t="s">
         <v>29</v>
       </c>
       <c r="J716" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="717" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="717" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A717" s="2">
         <v>45913</v>
       </c>
       <c r="B717" t="s">
         <v>196</v>
       </c>
       <c r="C717" t="s">
         <v>111</v>
       </c>
       <c r="D717" t="s">
         <v>428</v>
       </c>
       <c r="E717" s="2">
         <v>45926</v>
       </c>
       <c r="F717" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G717" s="2">
         <v>45926</v>
       </c>
       <c r="H717" s="1">
         <v>0.9375</v>
       </c>
       <c r="I717" t="s">
         <v>29</v>
       </c>
       <c r="J717" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="718" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="718" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A718" s="2">
         <v>45911</v>
       </c>
       <c r="B718" t="s">
         <v>235</v>
       </c>
       <c r="C718" t="s">
         <v>49</v>
       </c>
       <c r="D718" t="s">
         <v>1010</v>
       </c>
       <c r="E718" s="2">
         <v>45934</v>
       </c>
       <c r="F718" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G718" s="2">
         <v>45934</v>
       </c>
       <c r="H718" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I718" t="s">
         <v>29</v>
       </c>
       <c r="J718" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="719" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="719" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A719" s="2">
         <v>45916</v>
       </c>
       <c r="B719" t="s">
         <v>317</v>
       </c>
       <c r="C719" t="s">
         <v>1011</v>
       </c>
       <c r="D719" t="s">
         <v>1012</v>
       </c>
       <c r="E719" s="2">
         <v>45928</v>
       </c>
       <c r="F719" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G719" s="2">
         <v>45928</v>
       </c>
       <c r="H719" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I719" t="s">
         <v>41</v>
       </c>
       <c r="J719" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="720" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="720" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A720" s="2">
         <v>45916</v>
       </c>
       <c r="B720" t="s">
         <v>235</v>
       </c>
       <c r="C720" t="s">
         <v>1013</v>
       </c>
       <c r="D720" t="s">
         <v>1014</v>
       </c>
       <c r="E720" s="2">
         <v>45934</v>
       </c>
       <c r="F720" s="1">
         <v>0.5</v>
       </c>
       <c r="G720" s="2">
         <v>45934</v>
       </c>
       <c r="H720" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I720" t="s">
         <v>275</v>
       </c>
       <c r="J720" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="721" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="721" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A721" s="2">
         <v>45916</v>
       </c>
       <c r="B721" t="s">
         <v>196</v>
       </c>
       <c r="C721" t="s">
         <v>1015</v>
       </c>
       <c r="D721" t="s">
         <v>1016</v>
       </c>
       <c r="E721" s="2">
         <v>46270</v>
       </c>
       <c r="F721" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G721" s="2">
         <v>45905</v>
       </c>
       <c r="H721" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I721" t="s">
         <v>275</v>
       </c>
       <c r="J721" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="722" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="722" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A722" s="2">
         <v>45915</v>
       </c>
       <c r="B722" t="s">
         <v>235</v>
       </c>
       <c r="C722" t="s">
         <v>1017</v>
       </c>
       <c r="D722" t="s">
         <v>1018</v>
       </c>
       <c r="E722" s="2">
         <v>46015</v>
       </c>
       <c r="F722" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G722" s="2">
         <v>46016</v>
       </c>
       <c r="H722" s="1">
         <v>5.2083333333333336E-2</v>
       </c>
       <c r="I722" t="s">
         <v>988</v>
       </c>
       <c r="J722" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="723" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="723" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A723" s="14">
         <v>45915</v>
       </c>
       <c r="B723" t="s">
         <v>235</v>
       </c>
       <c r="C723" t="s">
         <v>1017</v>
       </c>
       <c r="D723" t="s">
         <v>1018</v>
       </c>
       <c r="E723" s="2">
         <v>46022</v>
       </c>
       <c r="F723" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G723" s="2">
         <v>46023</v>
       </c>
       <c r="H723" s="1">
         <v>6.25E-2</v>
       </c>
       <c r="I723" t="s">
         <v>988</v>
       </c>
       <c r="J723" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="724" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="724" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A724" s="2">
         <v>45917</v>
       </c>
       <c r="B724" t="s">
         <v>235</v>
       </c>
       <c r="C724" t="s">
         <v>1019</v>
       </c>
       <c r="D724" t="s">
         <v>1020</v>
       </c>
       <c r="E724" s="2">
         <v>45997</v>
       </c>
       <c r="F724" s="1">
         <v>0.5</v>
       </c>
       <c r="G724" s="2">
         <v>45997</v>
       </c>
       <c r="H724" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I724" t="s">
         <v>338</v>
       </c>
       <c r="J724" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="725" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="725" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A725" s="2">
         <v>45919</v>
       </c>
       <c r="B725" t="s">
         <v>196</v>
       </c>
       <c r="C725" t="s">
         <v>1021</v>
       </c>
       <c r="D725" t="s">
         <v>1022</v>
       </c>
       <c r="E725" s="2">
         <v>45934</v>
       </c>
       <c r="F725" s="1">
         <v>0.54166666666666663</v>
       </c>
       <c r="G725" s="2">
         <v>45934</v>
       </c>
       <c r="H725" s="1">
         <v>0.75</v>
       </c>
       <c r="J725" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="726" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="726" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A726" s="2">
         <v>45919</v>
       </c>
       <c r="B726" t="s">
         <v>196</v>
       </c>
       <c r="C726" t="s">
         <v>703</v>
       </c>
       <c r="D726" t="s">
         <v>1023</v>
       </c>
       <c r="E726" s="2">
         <v>45934</v>
       </c>
       <c r="F726" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G726" s="2">
         <v>45935</v>
       </c>
       <c r="H726" s="1">
         <v>0.125</v>
       </c>
       <c r="I726" t="s">
         <v>988</v>
       </c>
       <c r="J726" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="727" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="727" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A727" s="2">
         <v>45921</v>
       </c>
       <c r="B727" t="s">
         <v>211</v>
       </c>
       <c r="C727" t="s">
         <v>1024</v>
       </c>
       <c r="D727" t="s">
         <v>1025</v>
       </c>
       <c r="E727" s="2">
         <v>45940</v>
       </c>
       <c r="F727" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G727" s="2">
         <v>45941</v>
       </c>
       <c r="H727" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I727" t="s">
         <v>79</v>
       </c>
       <c r="J727" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="728" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="728" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A728" s="2">
         <v>45922</v>
       </c>
       <c r="B728" t="s">
         <v>193</v>
       </c>
       <c r="C728" t="s">
         <v>981</v>
       </c>
       <c r="D728" t="s">
         <v>961</v>
       </c>
       <c r="E728" s="2">
         <v>45931</v>
       </c>
       <c r="F728" s="1">
         <v>0.75</v>
       </c>
       <c r="G728" s="2">
         <v>45931</v>
       </c>
       <c r="H728" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I728" t="s">
         <v>187</v>
       </c>
       <c r="J728" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="729" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="729" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A729" s="2">
         <v>45924</v>
       </c>
       <c r="B729" t="s">
         <v>196</v>
       </c>
       <c r="C729" t="s">
         <v>1026</v>
       </c>
       <c r="D729" t="s">
         <v>1027</v>
       </c>
       <c r="E729" s="2">
         <v>46153</v>
       </c>
       <c r="F729" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G729" s="2">
         <v>46154</v>
       </c>
       <c r="H729" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I729" t="s">
         <v>109</v>
       </c>
       <c r="J729" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="730" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="730" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A730" s="2">
         <v>45924</v>
       </c>
       <c r="B730" t="s">
         <v>196</v>
       </c>
       <c r="C730" t="s">
         <v>954</v>
       </c>
       <c r="D730" t="s">
         <v>955</v>
       </c>
       <c r="E730" s="2">
         <v>45957</v>
       </c>
       <c r="F730" s="1">
         <v>0</v>
       </c>
       <c r="G730" s="2">
         <v>45957</v>
       </c>
       <c r="H730" s="1">
         <v>0.125</v>
       </c>
       <c r="I730" t="s">
         <v>370</v>
       </c>
       <c r="J730" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="731" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="731" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A731" s="2">
         <v>45924</v>
       </c>
       <c r="B731" t="s">
         <v>317</v>
       </c>
       <c r="C731" t="s">
         <v>741</v>
       </c>
       <c r="D731" t="s">
         <v>372</v>
       </c>
       <c r="E731" s="2">
         <v>45934</v>
       </c>
       <c r="F731" s="1">
         <v>0.4375</v>
       </c>
       <c r="G731" s="2">
         <v>45934</v>
       </c>
       <c r="H731" s="1">
         <v>0.60416666666666663</v>
       </c>
       <c r="I731" t="s">
         <v>41</v>
       </c>
       <c r="J731" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="732" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="732" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A732" s="2">
         <v>45926</v>
       </c>
       <c r="B732" t="s">
         <v>196</v>
       </c>
       <c r="C732" t="s">
         <v>49</v>
       </c>
       <c r="D732" t="s">
         <v>1010</v>
       </c>
       <c r="E732" s="2">
         <v>45941</v>
       </c>
       <c r="F732" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G732" s="2">
         <v>45941</v>
       </c>
       <c r="H732" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I732" t="s">
         <v>29</v>
       </c>
       <c r="J732" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="733" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="733" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A733" s="2">
         <v>45929</v>
       </c>
       <c r="B733" t="s">
         <v>196</v>
       </c>
       <c r="C733" t="s">
         <v>1028</v>
       </c>
       <c r="D733" t="s">
         <v>31</v>
       </c>
       <c r="E733" s="2">
         <v>45969</v>
       </c>
       <c r="F733" s="1">
         <v>0.75</v>
       </c>
       <c r="G733" s="2">
         <v>45969</v>
       </c>
       <c r="H733" s="1">
         <v>0</v>
       </c>
       <c r="I733" t="s">
         <v>370</v>
       </c>
       <c r="J733" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="734" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="734" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A734" s="2">
         <v>45929</v>
       </c>
       <c r="B734" t="s">
         <v>196</v>
       </c>
       <c r="C734" t="s">
         <v>1029</v>
       </c>
       <c r="D734" t="s">
         <v>76</v>
       </c>
       <c r="E734" s="2">
         <v>46022</v>
       </c>
       <c r="F734" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G734" s="2">
         <v>46023</v>
       </c>
       <c r="H734" s="1">
         <v>0.20833333333333334</v>
       </c>
       <c r="I734" t="s">
         <v>988</v>
       </c>
       <c r="J734" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="735" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="735" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A735" s="2">
         <v>45927</v>
       </c>
       <c r="B735" t="s">
         <v>317</v>
       </c>
       <c r="C735" t="s">
         <v>1030</v>
       </c>
       <c r="D735" t="s">
         <v>715</v>
       </c>
       <c r="E735" s="2">
         <v>45940</v>
       </c>
       <c r="F735" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G735" s="2">
         <v>45940</v>
       </c>
       <c r="H735" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I735" t="s">
         <v>47</v>
       </c>
       <c r="J735" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="736" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="736" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A736" s="2">
         <v>45928</v>
       </c>
       <c r="B736" t="s">
         <v>196</v>
       </c>
       <c r="C736" t="s">
         <v>1031</v>
       </c>
       <c r="D736" t="s">
         <v>493</v>
       </c>
       <c r="E736" s="2">
         <v>45948</v>
       </c>
       <c r="F736" s="1">
         <v>0.54166666666666663</v>
       </c>
       <c r="G736" s="2">
         <v>45948</v>
       </c>
       <c r="H736" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I736" t="s">
         <v>29</v>
       </c>
       <c r="J736" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="737" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="737" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A737" s="2">
         <v>45928</v>
       </c>
       <c r="B737" t="s">
         <v>196</v>
       </c>
       <c r="C737" t="s">
         <v>591</v>
       </c>
       <c r="D737" t="s">
         <v>342</v>
       </c>
       <c r="E737" s="2">
         <v>45982</v>
       </c>
       <c r="F737" s="1">
         <v>0.625</v>
       </c>
       <c r="G737" s="2">
         <v>45982</v>
       </c>
       <c r="H737" s="1">
         <v>0.75</v>
       </c>
       <c r="I737" t="s">
         <v>29</v>
       </c>
       <c r="J737" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="738" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="738" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A738" s="2">
         <v>45930</v>
       </c>
       <c r="B738" t="s">
         <v>196</v>
       </c>
       <c r="C738" t="s">
         <v>1032</v>
       </c>
       <c r="D738" t="s">
         <v>976</v>
       </c>
       <c r="E738" s="2">
         <v>45962</v>
       </c>
       <c r="F738" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G738" s="2">
         <v>45962</v>
       </c>
       <c r="H738" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I738" t="s">
         <v>47</v>
       </c>
       <c r="J738" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="739" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="739" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A739" s="2">
         <v>45931</v>
       </c>
       <c r="B739" t="s">
         <v>196</v>
       </c>
       <c r="C739" t="s">
         <v>330</v>
       </c>
       <c r="D739" t="s">
         <v>1033</v>
       </c>
       <c r="E739" s="2">
         <v>45968</v>
       </c>
       <c r="F739" s="1">
         <v>0.64583333333333337</v>
       </c>
       <c r="G739" s="2">
         <v>45968</v>
       </c>
       <c r="H739" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I739" t="s">
         <v>79</v>
       </c>
       <c r="J739" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="740" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="740" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A740" s="2">
         <v>45931</v>
       </c>
       <c r="B740" t="s">
         <v>196</v>
       </c>
       <c r="C740" t="s">
         <v>230</v>
       </c>
       <c r="D740" t="s">
         <v>815</v>
       </c>
       <c r="E740" s="2">
         <v>45946</v>
       </c>
       <c r="F740" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G740" s="2">
         <v>45946</v>
       </c>
       <c r="H740" s="1">
         <v>0.9375</v>
       </c>
       <c r="I740" t="s">
         <v>370</v>
       </c>
       <c r="J740" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="741" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="741" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A741" s="2">
         <v>45933</v>
       </c>
       <c r="B741" t="s">
         <v>211</v>
       </c>
       <c r="C741" t="s">
         <v>107</v>
       </c>
       <c r="D741" t="s">
         <v>1034</v>
       </c>
       <c r="E741" s="2">
         <v>45962</v>
       </c>
       <c r="F741" s="1">
         <v>0.72916666666666663</v>
       </c>
       <c r="G741" s="2">
         <v>45962</v>
       </c>
       <c r="H741" s="1">
         <v>0.9375</v>
       </c>
       <c r="I741" t="s">
         <v>29</v>
       </c>
       <c r="J741" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="742" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="742" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A742" s="2">
         <v>45936</v>
       </c>
       <c r="B742" t="s">
         <v>317</v>
       </c>
       <c r="C742" t="s">
         <v>1035</v>
       </c>
       <c r="D742" t="s">
         <v>1036</v>
       </c>
       <c r="E742" s="2">
         <v>45942</v>
       </c>
       <c r="F742" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G742" s="2">
         <v>45942</v>
       </c>
       <c r="H742" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="I742" t="s">
         <v>1037</v>
       </c>
       <c r="J742" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="743" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="743" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A743" s="2">
         <v>45933</v>
       </c>
       <c r="B743" t="s">
         <v>196</v>
       </c>
       <c r="C743" t="s">
         <v>39</v>
       </c>
       <c r="D743" t="s">
         <v>1038</v>
       </c>
       <c r="E743" s="2">
         <v>45949</v>
       </c>
       <c r="F743" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G743" s="2">
         <v>45949</v>
       </c>
       <c r="H743" s="1">
         <v>0.625</v>
       </c>
       <c r="I743" t="s">
         <v>41</v>
       </c>
       <c r="J743" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="744" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="744" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A744" s="2">
         <v>45933</v>
       </c>
       <c r="B744" t="s">
         <v>196</v>
       </c>
       <c r="C744" t="s">
         <v>1035</v>
       </c>
       <c r="D744" t="s">
         <v>1036</v>
       </c>
       <c r="E744" s="2">
         <v>45949</v>
       </c>
       <c r="F744" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G744" s="2">
         <v>45949</v>
       </c>
       <c r="H744" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="I744" t="s">
         <v>1037</v>
       </c>
       <c r="J744" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="745" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="745" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A745" s="2">
         <v>45936</v>
       </c>
       <c r="B745" t="s">
         <v>196</v>
       </c>
       <c r="C745" t="s">
         <v>1039</v>
       </c>
       <c r="D745" t="s">
         <v>542</v>
       </c>
       <c r="E745" s="2">
         <v>46011</v>
       </c>
       <c r="F745" s="1">
         <v>0.29166666666666669</v>
       </c>
       <c r="G745" s="2">
         <v>46015</v>
       </c>
       <c r="H745" s="1">
         <v>0.33333333333333331</v>
       </c>
       <c r="I745" t="s">
         <v>380</v>
       </c>
       <c r="J745" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="746" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="746" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A746" s="2">
         <v>45934</v>
       </c>
       <c r="B746" t="s">
         <v>211</v>
       </c>
       <c r="C746" t="s">
         <v>669</v>
       </c>
       <c r="D746" t="s">
         <v>670</v>
       </c>
       <c r="E746" s="2">
         <v>45962</v>
       </c>
       <c r="F746" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G746" s="2">
         <v>45963</v>
       </c>
       <c r="H746" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I746" t="s">
         <v>1040</v>
       </c>
       <c r="J746" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="747" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="747" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A747" s="2">
         <v>45936</v>
       </c>
       <c r="B747" t="s">
         <v>211</v>
       </c>
       <c r="C747" t="s">
         <v>959</v>
       </c>
       <c r="D747" t="s">
         <v>567</v>
       </c>
       <c r="E747" s="2">
         <v>45961</v>
       </c>
       <c r="F747" s="1">
         <v>0.5</v>
       </c>
       <c r="G747" s="2">
         <v>45962</v>
       </c>
       <c r="H747" s="1">
         <v>0.125</v>
       </c>
       <c r="I747" t="s">
         <v>370</v>
       </c>
       <c r="J747" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="748" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="748" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A748" s="2">
         <v>45937</v>
       </c>
       <c r="B748" t="s">
         <v>211</v>
       </c>
       <c r="C748" t="s">
         <v>296</v>
       </c>
       <c r="D748" t="s">
         <v>1041</v>
       </c>
       <c r="E748" s="2">
         <v>45968</v>
       </c>
       <c r="F748" s="1">
         <v>0.6875</v>
       </c>
       <c r="G748" s="2">
         <v>45968</v>
       </c>
       <c r="H748" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I748" t="s">
         <v>29</v>
       </c>
       <c r="J748" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="749" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="749" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A749" s="2">
         <v>45937</v>
       </c>
       <c r="B749" t="s">
         <v>211</v>
       </c>
       <c r="C749" t="s">
         <v>1042</v>
       </c>
       <c r="D749" t="s">
         <v>788</v>
       </c>
       <c r="E749" s="2">
         <v>45955</v>
       </c>
       <c r="F749" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G749" s="2">
         <v>45956</v>
       </c>
       <c r="H749" s="1">
         <v>0.16666666666666666</v>
       </c>
       <c r="I749" t="s">
         <v>988</v>
       </c>
       <c r="J749" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="750" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="750" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A750" s="2">
         <v>45938</v>
       </c>
       <c r="B750" t="s">
         <v>196</v>
       </c>
       <c r="C750" t="s">
         <v>1043</v>
       </c>
       <c r="D750" t="s">
         <v>595</v>
       </c>
       <c r="E750" s="2">
         <v>46023</v>
       </c>
       <c r="F750" s="1">
         <v>6.9444444444444447E-4</v>
       </c>
       <c r="G750" s="2">
         <v>46023</v>
       </c>
       <c r="H750" s="1">
         <v>0.20833333333333334</v>
       </c>
       <c r="I750" t="s">
         <v>988</v>
       </c>
       <c r="J750" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="751" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="751" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A751" s="2">
         <v>45938</v>
       </c>
       <c r="B751" t="s">
         <v>211</v>
       </c>
       <c r="C751" t="s">
         <v>1042</v>
       </c>
       <c r="D751" t="s">
         <v>788</v>
       </c>
       <c r="E751" s="2">
         <v>45963</v>
       </c>
       <c r="F751" s="1">
         <v>6.9444444444444447E-4</v>
       </c>
       <c r="G751" s="2">
         <v>45963</v>
       </c>
       <c r="H751" s="1">
         <v>0.20833333333333334</v>
       </c>
       <c r="I751" t="s">
         <v>988</v>
       </c>
       <c r="J751" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="752" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="752" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A752" s="2">
         <v>45938</v>
       </c>
       <c r="B752" t="s">
         <v>211</v>
       </c>
       <c r="C752" s="3" t="s">
         <v>83</v>
       </c>
       <c r="D752" t="s">
         <v>1044</v>
       </c>
       <c r="E752" s="2">
         <v>45967</v>
       </c>
       <c r="F752" s="1">
         <v>0.75</v>
       </c>
       <c r="G752" s="2">
         <v>45967</v>
       </c>
       <c r="H752" s="1">
         <v>0.875</v>
       </c>
       <c r="I752" t="s">
         <v>12</v>
       </c>
       <c r="J752" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="753" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="753" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A753" s="2">
         <v>45940</v>
       </c>
       <c r="B753" t="s">
         <v>196</v>
       </c>
       <c r="C753" t="s">
         <v>823</v>
       </c>
       <c r="D753" t="s">
         <v>768</v>
       </c>
       <c r="E753" s="2">
         <v>45956</v>
       </c>
       <c r="F753" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G753" s="2">
         <v>45956</v>
       </c>
       <c r="H753" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I753" t="s">
         <v>275</v>
       </c>
       <c r="J753" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="754" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="754" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A754" s="2">
         <v>45940</v>
       </c>
       <c r="B754" t="s">
         <v>196</v>
       </c>
       <c r="C754" t="s">
         <v>118</v>
       </c>
       <c r="D754" t="s">
         <v>413</v>
       </c>
       <c r="E754" s="2">
         <v>45955</v>
       </c>
       <c r="F754" s="1">
         <v>0.75</v>
       </c>
       <c r="G754" s="2">
         <v>45955</v>
       </c>
       <c r="H754" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I754" t="s">
         <v>29</v>
       </c>
       <c r="J754" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="755" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="755" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A755" s="2">
         <v>45940</v>
       </c>
       <c r="B755" t="s">
         <v>196</v>
       </c>
       <c r="C755" t="s">
         <v>989</v>
       </c>
       <c r="D755" t="s">
         <v>990</v>
       </c>
       <c r="E755" s="2">
         <v>45955</v>
       </c>
       <c r="F755" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G755" s="2">
         <v>45956</v>
       </c>
       <c r="H755" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I755" t="s">
         <v>29</v>
       </c>
       <c r="J755" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="756" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="756" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A756" s="2">
         <v>45942</v>
       </c>
       <c r="B756" t="s">
         <v>211</v>
       </c>
       <c r="C756" t="s">
         <v>1045</v>
       </c>
       <c r="D756" t="s">
         <v>1046</v>
       </c>
       <c r="E756" s="2">
         <v>45962</v>
       </c>
       <c r="F756" s="1">
         <v>0</v>
       </c>
       <c r="G756" s="2">
         <v>45963</v>
       </c>
       <c r="H756" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I756" t="s">
         <v>199</v>
       </c>
       <c r="J756" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="757" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="757" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A757" s="2">
         <v>45942</v>
       </c>
       <c r="B757" t="s">
         <v>211</v>
       </c>
       <c r="C757" t="s">
         <v>1045</v>
       </c>
       <c r="D757" t="s">
         <v>1046</v>
       </c>
       <c r="E757" s="2">
         <v>45983</v>
       </c>
       <c r="F757" s="1">
         <v>0</v>
       </c>
       <c r="G757" s="2">
         <v>45984</v>
       </c>
       <c r="H757" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I757" t="s">
         <v>199</v>
       </c>
       <c r="J757" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="758" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="758" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A758" s="2">
         <v>45943</v>
       </c>
       <c r="B758" t="s">
         <v>211</v>
       </c>
       <c r="C758" t="s">
         <v>220</v>
       </c>
       <c r="D758" t="s">
         <v>221</v>
       </c>
       <c r="E758" s="2">
         <v>45991</v>
       </c>
       <c r="F758" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G758" s="2">
         <v>45991</v>
       </c>
       <c r="H758" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I758" t="s">
         <v>79</v>
       </c>
       <c r="J758" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="759" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="759" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A759" s="2">
         <v>45943</v>
       </c>
       <c r="B759" t="s">
         <v>317</v>
       </c>
       <c r="C759" t="s">
         <v>27</v>
       </c>
       <c r="D759" t="s">
         <v>455</v>
       </c>
       <c r="E759" s="2">
         <v>45952</v>
       </c>
       <c r="F759" s="1">
         <v>0.75</v>
       </c>
       <c r="G759" s="2">
         <v>45952</v>
       </c>
       <c r="H759" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I759" t="s">
         <v>79</v>
       </c>
       <c r="J759" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="760" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="760" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A760" s="2">
         <v>45943</v>
       </c>
       <c r="B760" t="s">
         <v>196</v>
       </c>
       <c r="C760" t="s">
         <v>970</v>
       </c>
       <c r="D760" t="s">
         <v>971</v>
       </c>
       <c r="E760" s="2">
         <v>46011</v>
       </c>
       <c r="F760" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G760" s="2">
         <v>46011</v>
       </c>
       <c r="H760" s="1">
         <v>0.9375</v>
       </c>
       <c r="I760" t="s">
         <v>54</v>
       </c>
       <c r="J760" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="761" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="761" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A761" s="2">
         <v>45944</v>
       </c>
       <c r="B761" t="s">
         <v>317</v>
       </c>
       <c r="C761" t="s">
         <v>1047</v>
       </c>
       <c r="D761" t="s">
         <v>1048</v>
       </c>
       <c r="E761" s="2">
         <v>45952</v>
       </c>
       <c r="F761" s="1">
         <v>0.5</v>
       </c>
       <c r="G761" s="2">
         <v>45956</v>
       </c>
       <c r="H761" s="1">
         <v>0.875</v>
       </c>
       <c r="I761" t="s">
         <v>12</v>
       </c>
       <c r="J761" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="762" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="762" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A762" s="2">
         <v>45944</v>
       </c>
       <c r="B762" t="s">
         <v>317</v>
       </c>
       <c r="C762" t="s">
         <v>395</v>
       </c>
       <c r="D762" t="s">
         <v>722</v>
       </c>
       <c r="E762" s="2">
         <v>45955</v>
       </c>
       <c r="F762" s="1">
         <v>0.875</v>
       </c>
       <c r="G762" s="2">
         <v>45956</v>
       </c>
       <c r="H762" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I762" t="s">
         <v>109</v>
       </c>
       <c r="J762" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="763" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="763" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A763" s="2">
         <v>45944</v>
       </c>
       <c r="B763" t="s">
         <v>196</v>
       </c>
       <c r="C763" t="s">
         <v>696</v>
       </c>
       <c r="D763" t="s">
         <v>523</v>
       </c>
       <c r="E763" s="2">
         <v>45955</v>
       </c>
       <c r="F763" s="1">
         <v>0</v>
       </c>
       <c r="G763" s="2">
         <v>45955</v>
       </c>
       <c r="H763" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I763" t="s">
         <v>370</v>
       </c>
       <c r="J763" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="764" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="764" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A764" s="2">
         <v>45945</v>
       </c>
       <c r="B764" t="s">
         <v>196</v>
       </c>
       <c r="C764" t="s">
         <v>1049</v>
       </c>
       <c r="D764" t="s">
         <v>1050</v>
       </c>
       <c r="E764" s="2">
         <v>46016</v>
       </c>
       <c r="F764" s="1">
         <v>0</v>
       </c>
       <c r="G764" s="2">
         <v>46016</v>
       </c>
       <c r="H764" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I764" t="s">
         <v>988</v>
       </c>
       <c r="J764" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="765" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="765" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A765" s="2">
         <v>45945</v>
       </c>
       <c r="B765" t="s">
         <v>211</v>
       </c>
       <c r="C765" t="s">
         <v>1051</v>
       </c>
       <c r="D765" t="s">
         <v>452</v>
       </c>
       <c r="E765" s="2">
         <v>45990</v>
       </c>
       <c r="F765" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G765" s="2">
         <v>45991</v>
       </c>
       <c r="H765" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I765" t="s">
         <v>1052</v>
       </c>
       <c r="J765" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="766" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="766" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A766" s="2">
         <v>45945</v>
       </c>
       <c r="B766" t="s">
         <v>196</v>
       </c>
       <c r="C766" t="s">
         <v>1051</v>
       </c>
       <c r="D766" t="s">
         <v>452</v>
       </c>
       <c r="E766" s="2">
         <v>46000</v>
       </c>
       <c r="F766" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G766" s="2">
         <v>46004</v>
       </c>
       <c r="H766" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I766" t="s">
         <v>1053</v>
       </c>
       <c r="J766" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="767" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="767" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A767" s="2">
         <v>45949</v>
       </c>
       <c r="B767" t="s">
         <v>317</v>
       </c>
       <c r="C767" t="s">
         <v>1054</v>
       </c>
       <c r="D767" t="s">
         <v>1055</v>
       </c>
       <c r="E767" s="2">
         <v>45961</v>
       </c>
       <c r="F767" s="1">
         <v>0.33333333333333331</v>
       </c>
       <c r="G767" s="2">
         <v>45964</v>
       </c>
       <c r="H767" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I767" t="s">
         <v>1056</v>
       </c>
       <c r="J767" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="768" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="768" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A768" s="2">
         <v>45953</v>
       </c>
       <c r="B768" t="s">
         <v>196</v>
       </c>
       <c r="C768" t="s">
         <v>1057</v>
       </c>
       <c r="D768" t="s">
         <v>428</v>
       </c>
       <c r="E768" s="2">
         <v>45999</v>
       </c>
       <c r="F768" s="1">
         <v>0.625</v>
       </c>
       <c r="G768" s="2">
         <v>46004</v>
       </c>
       <c r="H768" s="1">
         <v>0.9375</v>
       </c>
       <c r="I768" t="s">
         <v>54</v>
       </c>
       <c r="J768" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="769" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="769" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A769" s="2">
         <v>45951</v>
       </c>
       <c r="B769" t="s">
         <v>196</v>
       </c>
       <c r="C769" t="s">
         <v>286</v>
       </c>
       <c r="D769" t="s">
         <v>1058</v>
       </c>
       <c r="E769" s="2">
         <v>45990</v>
       </c>
       <c r="F769" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G769" s="2">
         <v>45990</v>
       </c>
       <c r="H769" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I769" t="s">
         <v>29</v>
       </c>
       <c r="J769" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="770" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="770" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A770" s="2">
         <v>45951</v>
       </c>
       <c r="B770" t="s">
         <v>196</v>
       </c>
       <c r="C770" t="s">
         <v>1059</v>
       </c>
       <c r="D770" t="s">
         <v>1060</v>
       </c>
       <c r="E770" s="2">
         <v>45995</v>
       </c>
       <c r="F770" s="1" t="s">
         <v>1061</v>
       </c>
       <c r="G770" s="2">
         <v>45997</v>
       </c>
       <c r="H770" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I770" t="s">
         <v>79</v>
       </c>
       <c r="J770" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="771" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="771" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A771" s="2">
         <v>45952</v>
       </c>
       <c r="B771" t="s">
         <v>196</v>
       </c>
       <c r="C771" t="s">
         <v>1062</v>
       </c>
       <c r="D771" t="s">
         <v>1063</v>
       </c>
       <c r="E771" s="2">
         <v>45975</v>
       </c>
       <c r="F771" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G771" s="2">
         <v>45975</v>
       </c>
       <c r="H771" s="1">
         <v>0.75</v>
       </c>
       <c r="I771" t="s">
         <v>54</v>
       </c>
       <c r="J771" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="772" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="772" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A772" s="2">
         <v>45956</v>
       </c>
       <c r="B772" t="s">
         <v>317</v>
       </c>
       <c r="C772" t="s">
         <v>357</v>
       </c>
       <c r="D772" t="s">
         <v>1064</v>
       </c>
       <c r="E772" s="2">
         <v>45962</v>
       </c>
       <c r="F772" s="1">
         <v>0.54166666666666663</v>
       </c>
       <c r="G772" s="2">
         <v>45962</v>
       </c>
       <c r="H772" s="1">
         <v>0.4375</v>
       </c>
       <c r="I772" t="s">
         <v>54</v>
       </c>
       <c r="J772" t="s">
         <v>1065</v>
       </c>
     </row>
-    <row r="773" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="773" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A773" s="2">
         <v>45957</v>
       </c>
       <c r="B773" t="s">
         <v>317</v>
       </c>
       <c r="C773" t="s">
         <v>1066</v>
       </c>
       <c r="D773" t="s">
         <v>1067</v>
       </c>
       <c r="E773" s="2">
         <v>45970</v>
       </c>
       <c r="F773" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G773" s="2">
         <v>45970</v>
       </c>
       <c r="H773" s="1">
         <v>0.5</v>
       </c>
       <c r="I773" t="s">
         <v>29</v>
       </c>
       <c r="J773" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="774" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="774" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A774" s="2">
         <v>45955</v>
       </c>
       <c r="B774" t="s">
         <v>196</v>
       </c>
       <c r="C774" t="s">
         <v>159</v>
       </c>
       <c r="D774" t="s">
         <v>348</v>
       </c>
       <c r="E774" s="2">
         <v>45997</v>
       </c>
       <c r="F774" s="1">
         <v>0.52083333333333337</v>
       </c>
       <c r="G774" s="2">
         <v>45997</v>
       </c>
       <c r="H774" s="1">
         <v>0.6875</v>
       </c>
       <c r="I774" t="s">
         <v>54</v>
       </c>
       <c r="J774" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="775" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="775" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A775" s="2">
         <v>45954</v>
       </c>
       <c r="B775" t="s">
         <v>317</v>
       </c>
       <c r="C775" t="s">
         <v>913</v>
       </c>
       <c r="D775" t="s">
         <v>914</v>
       </c>
       <c r="E775" s="2">
         <v>45969</v>
       </c>
       <c r="F775" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="G775" s="2">
         <v>45970</v>
       </c>
       <c r="H775" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I775" t="s">
         <v>54</v>
       </c>
       <c r="J775" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="776" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="776" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A776" s="2">
         <v>45957</v>
       </c>
       <c r="B776" t="s">
         <v>196</v>
       </c>
       <c r="C776" t="s">
         <v>981</v>
       </c>
       <c r="D776" t="s">
         <v>961</v>
       </c>
       <c r="E776" s="2">
         <v>45968</v>
       </c>
       <c r="F776" s="1">
         <v>0.5</v>
       </c>
       <c r="G776" s="2">
         <v>45968</v>
       </c>
       <c r="H776" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I776" t="s">
         <v>54</v>
       </c>
       <c r="J776" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="777" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="777" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A777" s="2">
         <v>45958</v>
       </c>
       <c r="B777" t="s">
         <v>196</v>
       </c>
       <c r="C777" t="s">
         <v>1000</v>
       </c>
       <c r="D777" t="s">
         <v>1001</v>
       </c>
       <c r="E777" s="2">
         <v>46081</v>
       </c>
       <c r="F777" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G777" s="2">
         <v>46081</v>
       </c>
       <c r="H777" s="1">
         <v>0.75</v>
       </c>
       <c r="I777" t="s">
         <v>54</v>
       </c>
       <c r="J777" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="778" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="778" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A778" s="2">
         <v>45958</v>
       </c>
       <c r="B778" t="s">
         <v>317</v>
       </c>
       <c r="C778" t="s">
         <v>1068</v>
       </c>
       <c r="D778" t="s">
         <v>1069</v>
       </c>
       <c r="E778" s="2">
         <v>45966</v>
       </c>
       <c r="F778" s="1">
         <v>0.75</v>
       </c>
       <c r="G778" s="2">
         <v>45966</v>
       </c>
       <c r="H778" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I778" t="s">
         <v>54</v>
       </c>
       <c r="J778" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="779" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="779" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A779" s="2">
         <v>45958</v>
       </c>
       <c r="B779" t="s">
         <v>196</v>
       </c>
       <c r="C779" t="s">
         <v>1070</v>
       </c>
       <c r="D779" t="s">
         <v>1071</v>
       </c>
       <c r="E779" s="2">
         <v>45984</v>
       </c>
       <c r="F779" s="1">
         <v>6.3194444444444442E-2</v>
       </c>
       <c r="G779" s="2">
         <v>45984</v>
       </c>
       <c r="H779" s="1">
         <v>0.20833333333333334</v>
       </c>
       <c r="I779" t="s">
         <v>54</v>
       </c>
       <c r="J779" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="780" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="780" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A780" s="2">
         <v>45959</v>
       </c>
       <c r="B780" t="s">
         <v>196</v>
       </c>
       <c r="C780" t="s">
         <v>1072</v>
       </c>
       <c r="D780" t="s">
         <v>1073</v>
       </c>
       <c r="E780" s="2">
         <v>45983</v>
       </c>
       <c r="F780" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G780" s="2">
         <v>45983</v>
       </c>
       <c r="H780" s="1">
         <v>0.85416666666666663</v>
       </c>
       <c r="I780" t="s">
         <v>54</v>
       </c>
       <c r="J780" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="781" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="781" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A781" s="2">
         <v>45960</v>
       </c>
       <c r="B781" t="s">
         <v>196</v>
       </c>
       <c r="C781" t="s">
         <v>580</v>
       </c>
       <c r="D781" t="s">
         <v>145</v>
       </c>
       <c r="E781" s="2">
         <v>46013</v>
       </c>
       <c r="F781" s="1">
         <v>0.29166666666666669</v>
       </c>
       <c r="G781" s="2">
         <v>45620</v>
       </c>
       <c r="H781" s="1">
         <v>0.33333333333333331</v>
       </c>
       <c r="I781" t="s">
         <v>54</v>
       </c>
       <c r="J781" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="782" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="782" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A782" s="2">
         <v>45960</v>
       </c>
       <c r="B782" t="s">
         <v>196</v>
       </c>
       <c r="C782" t="s">
         <v>34</v>
       </c>
       <c r="D782" t="s">
         <v>1074</v>
       </c>
       <c r="E782" s="2">
         <v>45977</v>
       </c>
       <c r="F782" s="1">
         <v>0.5</v>
       </c>
       <c r="G782" s="2">
         <v>45977</v>
       </c>
       <c r="H782" s="1">
         <v>0.75</v>
       </c>
       <c r="I782" t="s">
         <v>54</v>
       </c>
       <c r="J782" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="783" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="783" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A783" s="2">
         <v>45960</v>
       </c>
       <c r="B783" t="s">
         <v>196</v>
       </c>
       <c r="C783" t="s">
         <v>448</v>
       </c>
       <c r="D783" t="s">
         <v>550</v>
       </c>
       <c r="E783" s="2">
         <v>45982</v>
       </c>
       <c r="F783" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G783" s="2">
         <v>45982</v>
       </c>
       <c r="H783" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I783" t="s">
         <v>54</v>
       </c>
       <c r="J783" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="784" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="784" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A784" s="2">
         <v>45961</v>
       </c>
       <c r="B784" t="s">
         <v>196</v>
       </c>
       <c r="C784" t="s">
         <v>39</v>
       </c>
       <c r="D784" t="s">
         <v>1075</v>
       </c>
       <c r="E784" s="2">
         <v>45977</v>
       </c>
       <c r="F784" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G784" s="2">
         <v>45977</v>
       </c>
       <c r="H784" s="1">
         <v>0.625</v>
       </c>
       <c r="I784" t="s">
         <v>41</v>
       </c>
       <c r="J784" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="785" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="785" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A785" s="2">
         <v>45961</v>
       </c>
       <c r="B785" t="s">
         <v>196</v>
       </c>
       <c r="C785" t="s">
         <v>959</v>
       </c>
       <c r="D785" t="s">
         <v>567</v>
       </c>
       <c r="E785" s="2">
         <v>45990</v>
       </c>
       <c r="F785" s="1">
         <v>0.5</v>
       </c>
       <c r="G785" s="2">
         <v>45991</v>
       </c>
       <c r="H785" s="1">
         <v>0.125</v>
       </c>
       <c r="I785" t="s">
         <v>1076</v>
       </c>
       <c r="J785" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="786" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="786" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A786" s="2">
         <v>45961</v>
       </c>
       <c r="B786" t="s">
         <v>196</v>
       </c>
       <c r="C786" t="s">
         <v>959</v>
       </c>
       <c r="D786" t="s">
         <v>567</v>
       </c>
       <c r="E786" s="2">
         <v>46015</v>
       </c>
       <c r="F786" s="1">
         <v>0.5</v>
       </c>
       <c r="G786" s="2">
         <v>46016</v>
       </c>
       <c r="H786" s="1">
         <v>6.25E-2</v>
       </c>
       <c r="I786" t="s">
         <v>1076</v>
       </c>
       <c r="J786" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="787" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="787" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A787" s="2">
         <v>45961</v>
       </c>
       <c r="B787" t="s">
         <v>196</v>
       </c>
       <c r="C787" t="s">
         <v>959</v>
       </c>
       <c r="D787" t="s">
         <v>567</v>
       </c>
       <c r="E787" s="2">
         <v>46022</v>
       </c>
       <c r="F787" s="1">
         <v>0.5</v>
       </c>
       <c r="G787" s="2">
         <v>46023</v>
       </c>
       <c r="H787" s="1">
         <v>0.125</v>
       </c>
       <c r="I787" t="s">
         <v>1076</v>
       </c>
       <c r="J787" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="788" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="788" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A788" s="2">
         <v>45961</v>
       </c>
       <c r="B788" t="s">
         <v>196</v>
       </c>
       <c r="C788" t="s">
         <v>1077</v>
       </c>
       <c r="D788" t="s">
         <v>1078</v>
       </c>
       <c r="E788" s="2">
         <v>45972</v>
       </c>
       <c r="F788" s="1">
         <v>0.75</v>
       </c>
       <c r="G788" s="2">
         <v>45972</v>
       </c>
       <c r="H788" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I788" t="s">
         <v>29</v>
       </c>
       <c r="J788" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="789" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="789" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A789" s="2">
         <v>45961</v>
       </c>
       <c r="B789" t="s">
         <v>196</v>
       </c>
       <c r="C789" t="s">
         <v>471</v>
       </c>
       <c r="D789" t="s">
         <v>730</v>
       </c>
       <c r="E789" s="2">
         <v>45990</v>
       </c>
       <c r="F789" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G789" s="2">
         <v>45991</v>
       </c>
       <c r="H789" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I789" t="s">
         <v>1076</v>
       </c>
       <c r="J789" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="790" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="790" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A790" s="2">
         <v>45965</v>
       </c>
       <c r="B790" t="s">
         <v>196</v>
       </c>
       <c r="C790" t="s">
         <v>77</v>
       </c>
       <c r="D790" t="s">
         <v>1079</v>
       </c>
       <c r="E790" s="2">
         <v>45989</v>
       </c>
       <c r="F790" s="1">
         <v>0.75</v>
       </c>
       <c r="G790" s="2">
         <v>45989</v>
       </c>
       <c r="H790" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I790" t="s">
         <v>29</v>
       </c>
       <c r="J790" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="791" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="791" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A791" s="2">
         <v>45965</v>
       </c>
       <c r="B791" t="s">
         <v>196</v>
       </c>
       <c r="C791" t="s">
         <v>1080</v>
       </c>
       <c r="D791" t="s">
         <v>175</v>
       </c>
       <c r="E791" s="2">
         <v>45996</v>
       </c>
       <c r="F791" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G791" s="2">
         <v>45996</v>
       </c>
       <c r="H791" s="1">
         <v>0.5</v>
       </c>
       <c r="I791" t="s">
         <v>41</v>
       </c>
       <c r="J791" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="792" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="792" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A792" s="2">
         <v>45965</v>
       </c>
       <c r="B792" t="s">
         <v>196</v>
       </c>
       <c r="C792" t="s">
         <v>1080</v>
       </c>
       <c r="D792" t="s">
         <v>175</v>
       </c>
       <c r="E792" s="2">
         <v>46003</v>
       </c>
       <c r="F792" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G792" s="2">
         <v>46003</v>
       </c>
       <c r="H792" s="1">
         <v>0.5</v>
       </c>
       <c r="I792" t="s">
         <v>41</v>
       </c>
       <c r="J792" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="793" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="793" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A793" s="2">
         <v>45965</v>
       </c>
       <c r="B793" t="s">
         <v>196</v>
       </c>
       <c r="C793" t="s">
         <v>1080</v>
       </c>
       <c r="D793" t="s">
         <v>175</v>
       </c>
       <c r="E793" s="2">
         <v>46010</v>
       </c>
       <c r="F793" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G793" s="2">
         <v>46010</v>
       </c>
       <c r="H793" s="1">
         <v>0.5</v>
       </c>
       <c r="I793" t="s">
         <v>41</v>
       </c>
       <c r="J793" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="794" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="794" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A794" s="2">
         <v>45965</v>
       </c>
       <c r="B794" t="s">
         <v>196</v>
       </c>
       <c r="C794" t="s">
         <v>1081</v>
       </c>
       <c r="D794" t="s">
         <v>1082</v>
       </c>
       <c r="E794" s="2">
         <v>46004</v>
       </c>
       <c r="F794" s="1">
         <v>0.60416666666666663</v>
       </c>
       <c r="G794" s="2">
         <v>46004</v>
       </c>
       <c r="H794" s="1">
         <v>0.6875</v>
       </c>
       <c r="I794" t="s">
         <v>47</v>
       </c>
       <c r="J794" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="795" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="795" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A795" s="2">
         <v>45965</v>
       </c>
       <c r="B795" t="s">
         <v>196</v>
       </c>
       <c r="C795" t="s">
         <v>1083</v>
       </c>
       <c r="D795" t="s">
         <v>1084</v>
       </c>
       <c r="E795" s="2">
         <v>46006</v>
       </c>
       <c r="F795" s="1">
         <v>0.29166666666666669</v>
       </c>
       <c r="G795" s="2">
         <v>46011</v>
       </c>
       <c r="H795" s="1">
         <v>0.375</v>
       </c>
       <c r="I795" t="s">
         <v>146</v>
       </c>
       <c r="J795" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="796" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="796" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A796" s="2">
         <v>45965</v>
       </c>
       <c r="B796" t="s">
         <v>196</v>
       </c>
       <c r="C796" t="s">
         <v>1083</v>
       </c>
       <c r="D796" t="s">
         <v>1084</v>
       </c>
       <c r="E796" s="2">
         <v>46013</v>
       </c>
       <c r="F796" s="1">
         <v>0.29166666666666669</v>
       </c>
       <c r="G796" s="2">
         <v>46015</v>
       </c>
       <c r="H796" s="1">
         <v>0.375</v>
       </c>
       <c r="I796" t="s">
         <v>146</v>
       </c>
       <c r="J796" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="797" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="797" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A797" s="2">
         <v>45966</v>
       </c>
       <c r="B797" t="s">
         <v>235</v>
       </c>
       <c r="C797" t="s">
         <v>773</v>
       </c>
       <c r="D797" t="s">
         <v>1085</v>
       </c>
       <c r="E797" s="2">
         <v>45983</v>
       </c>
       <c r="F797" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G797" s="2">
         <v>45983</v>
       </c>
       <c r="H797" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I797" t="s">
         <v>29</v>
       </c>
       <c r="J797" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="798" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="798" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A798" s="2">
         <v>45967</v>
       </c>
       <c r="B798" t="s">
         <v>196</v>
       </c>
       <c r="C798" t="s">
         <v>1086</v>
       </c>
       <c r="D798" t="s">
         <v>1087</v>
       </c>
       <c r="E798" s="2">
         <v>46137</v>
       </c>
       <c r="F798" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G798" s="2">
         <v>46137</v>
       </c>
       <c r="H798" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I798" t="s">
         <v>29</v>
       </c>
       <c r="J798" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="799" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="799" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A799" s="2">
         <v>45967</v>
       </c>
       <c r="B799" t="s">
         <v>196</v>
       </c>
       <c r="C799" t="s">
         <v>1088</v>
       </c>
       <c r="D799" t="s">
         <v>53</v>
       </c>
       <c r="E799" s="2">
         <v>46012</v>
       </c>
       <c r="F799" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="G799" s="2">
         <v>46012</v>
       </c>
       <c r="H799" s="1">
         <v>0.16666666666666666</v>
       </c>
       <c r="I799" t="s">
         <v>275</v>
       </c>
       <c r="J799" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="800" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="800" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A800" s="2">
         <v>45967</v>
       </c>
       <c r="B800" t="s">
         <v>196</v>
       </c>
       <c r="C800" t="s">
         <v>1054</v>
       </c>
       <c r="D800" t="s">
         <v>1089</v>
       </c>
       <c r="E800" s="2">
         <v>45989</v>
       </c>
       <c r="F800" s="1">
         <v>0.33333333333333331</v>
       </c>
       <c r="G800" s="2">
         <v>45992</v>
       </c>
       <c r="H800" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I800" t="s">
         <v>1056</v>
       </c>
       <c r="J800" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="801" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="801" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A801" s="2">
         <v>45968</v>
       </c>
       <c r="B801" t="s">
         <v>196</v>
       </c>
       <c r="C801" t="s">
         <v>1090</v>
       </c>
       <c r="D801" t="s">
         <v>1091</v>
       </c>
       <c r="E801" s="2">
         <v>46010</v>
       </c>
       <c r="F801" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G801" s="2">
         <v>46015</v>
       </c>
       <c r="H801" s="1">
         <v>0.6875</v>
       </c>
       <c r="I801" t="s">
         <v>29</v>
       </c>
       <c r="J801" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="802" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="802" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A802" s="2">
         <v>45970</v>
       </c>
       <c r="B802" t="s">
         <v>196</v>
       </c>
       <c r="C802" t="s">
         <v>1092</v>
       </c>
       <c r="D802" t="s">
         <v>1093</v>
       </c>
       <c r="E802" s="2">
         <v>45990</v>
       </c>
       <c r="F802" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G802" s="2">
         <v>45990</v>
       </c>
       <c r="H802" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I802" t="s">
         <v>79</v>
       </c>
       <c r="J802" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="803" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="803" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A803" s="2">
         <v>45971</v>
       </c>
       <c r="B803" t="s">
         <v>196</v>
       </c>
       <c r="C803" t="s">
         <v>113</v>
       </c>
       <c r="D803" t="s">
         <v>1094</v>
       </c>
       <c r="E803" s="2">
         <v>45990</v>
       </c>
       <c r="F803" s="1">
         <v>0.75</v>
       </c>
       <c r="G803" s="2">
         <v>45990</v>
       </c>
       <c r="H803" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I803" t="s">
         <v>47</v>
       </c>
       <c r="J803" t="s">
         <v>1095</v>
       </c>
     </row>
-    <row r="804" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="804" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A804" s="2">
         <v>45971</v>
       </c>
       <c r="B804" t="s">
         <v>235</v>
       </c>
       <c r="C804" t="s">
         <v>113</v>
       </c>
       <c r="D804" t="s">
         <v>1094</v>
       </c>
       <c r="E804" s="2">
         <v>46022</v>
       </c>
       <c r="F804" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G804" s="2">
         <v>46023</v>
       </c>
       <c r="H804" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I804" t="s">
         <v>1096</v>
       </c>
       <c r="J804" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="805" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="805" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A805" s="2">
         <v>45972</v>
       </c>
       <c r="B805" t="s">
         <v>196</v>
       </c>
       <c r="C805" t="s">
         <v>1097</v>
       </c>
       <c r="D805" t="s">
         <v>1098</v>
       </c>
       <c r="E805" s="2">
         <v>45988</v>
       </c>
       <c r="F805" s="1">
         <v>0.6875</v>
       </c>
       <c r="G805" s="2">
         <v>45988</v>
       </c>
       <c r="H805" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="I805" t="s">
         <v>109</v>
       </c>
       <c r="J805" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="806" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="806" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A806" s="2">
         <v>45973</v>
       </c>
       <c r="B806" t="s">
         <v>235</v>
       </c>
       <c r="C806" t="s">
         <v>1099</v>
       </c>
       <c r="D806" t="s">
         <v>1100</v>
       </c>
       <c r="E806" s="2">
         <v>45991</v>
       </c>
       <c r="F806" s="1">
         <v>0.47916666666666669</v>
       </c>
       <c r="G806" s="2">
         <v>45991</v>
       </c>
       <c r="H806" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I806" t="s">
         <v>1056</v>
       </c>
       <c r="J806" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="807" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="807" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A807" s="2">
         <v>45973</v>
       </c>
       <c r="B807" t="s">
         <v>196</v>
       </c>
       <c r="C807" t="s">
-        <v>1134</v>
+        <v>1101</v>
       </c>
       <c r="D807" t="s">
-        <v>1135</v>
+        <v>1102</v>
       </c>
       <c r="E807" s="2">
         <v>46001</v>
       </c>
       <c r="F807" s="1">
         <v>0.5</v>
       </c>
       <c r="G807" s="2">
         <v>46003</v>
       </c>
       <c r="H807" s="1">
         <v>1.0416666666666666E-2</v>
       </c>
       <c r="I807" t="s">
         <v>1056</v>
       </c>
       <c r="J807" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="808" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="808" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A808" s="2">
         <v>45973</v>
       </c>
       <c r="B808" t="s">
         <v>196</v>
       </c>
       <c r="C808" t="s">
         <v>1017</v>
       </c>
       <c r="D808" t="s">
-        <v>1135</v>
+        <v>1102</v>
       </c>
       <c r="E808" s="2">
         <v>46061</v>
       </c>
       <c r="F808" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G808" s="2">
         <v>46062</v>
       </c>
       <c r="H808" s="1">
         <v>0.16666666666666666</v>
       </c>
       <c r="I808" t="s">
         <v>1056</v>
       </c>
       <c r="J808" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="809" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="809" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A809" s="2">
         <v>45973</v>
       </c>
       <c r="B809" t="s">
         <v>196</v>
       </c>
       <c r="C809" t="s">
         <v>749</v>
       </c>
       <c r="D809" t="s">
-        <v>1136</v>
+        <v>1103</v>
       </c>
       <c r="E809" s="2">
         <v>45989</v>
       </c>
       <c r="F809" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="G809" s="2">
         <v>45990</v>
       </c>
       <c r="H809" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I809" t="s">
         <v>1096</v>
       </c>
       <c r="J809" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="810" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="810" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A810" s="2">
         <v>45973</v>
       </c>
       <c r="B810" t="s">
         <v>196</v>
       </c>
       <c r="C810" t="s">
         <v>230</v>
       </c>
       <c r="D810" t="s">
         <v>400</v>
       </c>
       <c r="E810" s="2">
         <v>45997</v>
       </c>
       <c r="F810" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G810" s="2">
         <v>45997</v>
       </c>
       <c r="H810" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I810" t="s">
         <v>29</v>
       </c>
       <c r="J810" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="811" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="811" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A811" s="2">
         <v>45973</v>
       </c>
       <c r="B811" t="s">
         <v>317</v>
       </c>
       <c r="C811" t="s">
-        <v>1101</v>
+        <v>1104</v>
       </c>
       <c r="D811" t="s">
         <v>1089</v>
       </c>
       <c r="E811" s="2">
         <v>45982</v>
       </c>
       <c r="F811" s="1">
         <v>0.33333333333333331</v>
       </c>
       <c r="G811" s="2">
         <v>45985</v>
       </c>
       <c r="H811" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I811" t="s">
         <v>16</v>
       </c>
       <c r="J811" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="812" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+    <row r="812" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A812" s="2">
         <v>45974</v>
       </c>
       <c r="B812" t="s">
         <v>196</v>
       </c>
       <c r="C812" t="s">
         <v>30</v>
       </c>
       <c r="D812" t="s">
         <v>459</v>
       </c>
       <c r="E812" s="2">
         <v>45990</v>
       </c>
       <c r="F812" s="1">
         <v>0.75</v>
       </c>
       <c r="G812" s="2">
         <v>45990</v>
       </c>
       <c r="H812" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="I812" t="s">
-        <v>1102</v>
-[...2 lines deleted...]
-    <row r="813" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+        <v>1105</v>
+      </c>
+      <c r="J812" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="813" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A813" s="2">
         <v>45974</v>
       </c>
       <c r="B813" t="s">
         <v>196</v>
       </c>
       <c r="C813" t="s">
         <v>714</v>
       </c>
       <c r="D813" t="s">
         <v>715</v>
       </c>
       <c r="E813" s="2">
         <v>45996</v>
       </c>
       <c r="F813" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G813" s="2">
         <v>45996</v>
       </c>
       <c r="H813" s="1">
         <v>0.95763888888888893</v>
       </c>
       <c r="I813" t="s">
         <v>216</v>
       </c>
-    </row>
-    <row r="814" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+      <c r="J813" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="814" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A814" s="2">
         <v>45975</v>
       </c>
       <c r="B814" t="s">
         <v>317</v>
       </c>
       <c r="C814" t="s">
-        <v>1103</v>
+        <v>1106</v>
       </c>
       <c r="D814" t="s">
-        <v>1104</v>
+        <v>1107</v>
       </c>
       <c r="E814" s="2">
         <v>45984</v>
       </c>
       <c r="F814" s="1">
         <v>0</v>
       </c>
       <c r="G814" s="2">
         <v>45984</v>
       </c>
       <c r="H814" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I814" t="s">
         <v>16</v>
       </c>
-    </row>
-    <row r="815" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+      <c r="J814" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="815" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A815" s="2">
         <v>45975</v>
       </c>
       <c r="B815" t="s">
         <v>196</v>
       </c>
       <c r="C815" t="s">
-        <v>1105</v>
+        <v>1108</v>
       </c>
       <c r="D815" t="s">
-        <v>1106</v>
+        <v>1109</v>
       </c>
       <c r="E815" s="2">
         <v>45998</v>
       </c>
       <c r="F815" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G815" s="2">
         <v>45998</v>
       </c>
       <c r="H815" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I815" t="s">
         <v>109</v>
       </c>
-    </row>
-    <row r="816" spans="1:10" ht="14.25" x14ac:dyDescent="0.45">
+      <c r="J815" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="816" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A816" s="2">
         <v>45975</v>
       </c>
       <c r="B816" t="s">
         <v>196</v>
       </c>
       <c r="C816" t="s">
-        <v>1107</v>
+        <v>1110</v>
       </c>
       <c r="D816" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
       <c r="E816" s="2">
         <v>46067</v>
       </c>
       <c r="F816" s="1">
         <v>0.8125</v>
       </c>
       <c r="G816" s="2">
         <v>46067</v>
       </c>
       <c r="H816" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="I816" t="s">
         <v>1096</v>
       </c>
-    </row>
-    <row r="817" spans="1:9" ht="14.25" x14ac:dyDescent="0.45">
+      <c r="J816" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="817" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A817" s="2">
         <v>45975</v>
       </c>
       <c r="B817" t="s">
         <v>196</v>
       </c>
       <c r="C817" t="s">
         <v>408</v>
       </c>
       <c r="D817" t="s">
-        <v>1109</v>
+        <v>1112</v>
       </c>
       <c r="E817" s="2">
         <v>45998</v>
       </c>
       <c r="F817" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G817" s="2">
         <v>45998</v>
       </c>
       <c r="H817" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I817" t="s">
         <v>109</v>
       </c>
-    </row>
-    <row r="818" spans="1:9" ht="14.25" x14ac:dyDescent="0.45">
+      <c r="J817" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="818" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A818" s="2">
         <v>45975</v>
       </c>
       <c r="B818" t="s">
         <v>317</v>
       </c>
       <c r="C818" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="D818" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
       <c r="E818" s="2">
         <v>45989</v>
       </c>
       <c r="F818" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G818" s="2">
         <v>45991</v>
       </c>
       <c r="H818" s="1">
         <v>0.72916666666666663</v>
       </c>
       <c r="I818" t="s">
         <v>1096</v>
       </c>
-    </row>
-    <row r="819" spans="1:9" ht="14.25" x14ac:dyDescent="0.45">
+      <c r="J818" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="819" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A819" s="2">
         <v>45975</v>
       </c>
       <c r="B819" t="s">
         <v>196</v>
       </c>
       <c r="C819" t="s">
         <v>159</v>
       </c>
       <c r="D819" t="s">
-        <v>1111</v>
+        <v>1114</v>
       </c>
       <c r="E819" s="2">
         <v>45997</v>
       </c>
       <c r="F819" s="1">
         <v>0.54166666666666663</v>
       </c>
       <c r="G819" s="2">
         <v>45997</v>
       </c>
       <c r="H819" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I819" t="s">
         <v>79</v>
       </c>
-    </row>
-    <row r="820" spans="1:9" ht="14.25" x14ac:dyDescent="0.45">
+      <c r="J819" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="820" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A820" s="2">
         <v>45976</v>
       </c>
       <c r="B820" t="s">
         <v>317</v>
       </c>
       <c r="C820" t="s">
         <v>351</v>
       </c>
       <c r="D820" t="s">
-        <v>1112</v>
+        <v>1115</v>
       </c>
       <c r="E820" s="2">
         <v>45986</v>
       </c>
       <c r="F820" s="1">
         <v>0.75</v>
       </c>
       <c r="G820" s="2">
         <v>45682</v>
       </c>
       <c r="H820" s="1">
         <v>0.875</v>
       </c>
       <c r="I820" t="s">
         <v>216</v>
       </c>
-    </row>
-    <row r="821" spans="1:9" ht="14.25" x14ac:dyDescent="0.45">
+      <c r="J820" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="821" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A821" s="2">
         <v>45976</v>
       </c>
       <c r="B821" t="s">
         <v>196</v>
       </c>
       <c r="C821" t="s">
-        <v>1113</v>
+        <v>1116</v>
       </c>
       <c r="D821" t="s">
-        <v>1114</v>
+        <v>1117</v>
       </c>
       <c r="E821" s="2">
         <v>45990</v>
       </c>
       <c r="F821" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G821" s="2">
         <v>45991</v>
       </c>
       <c r="H821" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I821" s="9" t="s">
-        <v>1115</v>
-[...2 lines deleted...]
-    <row r="822" spans="1:9" ht="14.25" x14ac:dyDescent="0.45">
+        <v>1118</v>
+      </c>
+      <c r="J821" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="822" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A822" s="2">
         <v>45978</v>
       </c>
       <c r="B822" t="s">
         <v>196</v>
       </c>
       <c r="C822" t="s">
-        <v>1116</v>
+        <v>1119</v>
       </c>
       <c r="D822" t="s">
-        <v>1117</v>
+        <v>1120</v>
       </c>
       <c r="E822" s="2">
         <v>46003</v>
       </c>
       <c r="F822" s="1">
         <v>0.33333333333333331</v>
       </c>
       <c r="G822" s="2">
         <v>46003</v>
       </c>
       <c r="H822" s="1">
         <v>0</v>
       </c>
       <c r="I822" t="s">
         <v>1096</v>
       </c>
-    </row>
-    <row r="823" spans="1:9" ht="14.25" x14ac:dyDescent="0.45">
+      <c r="J822" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="823" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A823" s="2">
         <v>45978</v>
       </c>
       <c r="B823" t="s">
         <v>196</v>
       </c>
       <c r="C823" t="s">
-        <v>1118</v>
+        <v>1121</v>
       </c>
       <c r="D823" t="s">
-        <v>1119</v>
+        <v>1122</v>
       </c>
       <c r="E823" s="2">
         <v>46065</v>
       </c>
       <c r="F823" s="1">
         <v>0.75</v>
       </c>
       <c r="G823" s="18">
         <v>46066</v>
       </c>
       <c r="H823" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I823" t="s">
         <v>1096</v>
       </c>
-    </row>
-    <row r="824" spans="1:9" ht="14.25" x14ac:dyDescent="0.45">
+      <c r="J823" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="824" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A824" s="17" t="s">
-        <v>1120</v>
+        <v>1123</v>
       </c>
       <c r="B824" t="s">
         <v>317</v>
       </c>
       <c r="C824" t="s">
         <v>395</v>
       </c>
       <c r="D824" t="s">
-        <v>1121</v>
+        <v>1124</v>
       </c>
       <c r="E824" s="16" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="F824" s="1">
         <v>0.875</v>
       </c>
       <c r="G824" s="19" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="H824" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I824" t="s">
-        <v>1124</v>
-[...2 lines deleted...]
-    <row r="825" spans="1:9" ht="14.25" x14ac:dyDescent="0.45">
+        <v>1127</v>
+      </c>
+      <c r="J824" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="825" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A825" s="17" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="B825" t="s">
         <v>235</v>
       </c>
       <c r="C825" t="s">
         <v>1000</v>
       </c>
       <c r="D825" t="s">
         <v>1001</v>
       </c>
       <c r="E825" s="2">
         <v>46012</v>
       </c>
       <c r="F825" s="1">
         <v>0.5</v>
       </c>
       <c r="G825" s="19" t="s">
-        <v>1126</v>
+        <v>1129</v>
       </c>
       <c r="H825" s="1">
         <v>0.875</v>
       </c>
       <c r="I825" t="s">
-        <v>1124</v>
-[...2 lines deleted...]
-    <row r="826" spans="1:9" ht="14.25" x14ac:dyDescent="0.45">
+        <v>1127</v>
+      </c>
+      <c r="J825" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="826" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A826" s="18" t="s">
-        <v>1127</v>
+        <v>1130</v>
       </c>
       <c r="B826" t="s">
         <v>316</v>
       </c>
       <c r="C826" t="s">
         <v>1000</v>
       </c>
       <c r="D826" t="s">
         <v>1001</v>
       </c>
       <c r="E826" s="19" t="s">
-        <v>1128</v>
+        <v>1131</v>
       </c>
       <c r="F826" s="1">
         <v>0.5</v>
       </c>
       <c r="G826" s="19" t="s">
-        <v>1128</v>
+        <v>1131</v>
       </c>
       <c r="H826" s="1">
         <v>0.875</v>
       </c>
       <c r="I826" t="s">
         <v>79</v>
       </c>
-    </row>
-    <row r="827" spans="1:9" ht="14.25" x14ac:dyDescent="0.45">
+      <c r="J826" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="827" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A827" s="2">
         <v>45978</v>
       </c>
       <c r="B827" t="s">
         <v>317</v>
       </c>
       <c r="C827" t="s">
         <v>1132</v>
       </c>
       <c r="D827" t="s">
-        <v>1129</v>
+        <v>1133</v>
       </c>
       <c r="E827" s="2">
         <v>45990</v>
       </c>
       <c r="F827" s="1">
         <v>0</v>
       </c>
       <c r="G827" s="2">
         <v>45991</v>
       </c>
       <c r="H827" s="1">
         <v>0.125</v>
       </c>
-    </row>
-    <row r="828" spans="1:9" ht="14.25" x14ac:dyDescent="0.45">
+      <c r="J827" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="828" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A828" s="2">
         <v>45979</v>
       </c>
       <c r="B828" t="s">
         <v>196</v>
       </c>
       <c r="C828" t="s">
         <v>592</v>
       </c>
       <c r="D828" t="s">
-        <v>1130</v>
+        <v>1134</v>
       </c>
       <c r="E828" s="2">
         <v>46023</v>
       </c>
       <c r="F828" s="1">
         <v>6.25E-2</v>
       </c>
       <c r="G828" s="2">
         <v>46023</v>
       </c>
       <c r="H828" s="1">
         <v>0.125</v>
       </c>
       <c r="I828" t="s">
         <v>1096</v>
       </c>
-    </row>
-    <row r="829" spans="1:9" ht="14.25" x14ac:dyDescent="0.45">
+      <c r="J828" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="829" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A829" s="2">
         <v>45980</v>
       </c>
       <c r="B829" t="s">
         <v>235</v>
       </c>
       <c r="C829" t="s">
         <v>954</v>
       </c>
       <c r="D829" t="s">
-        <v>1131</v>
+        <v>1135</v>
       </c>
       <c r="E829" s="2">
         <v>46012</v>
       </c>
       <c r="F829" s="1">
         <v>0</v>
       </c>
       <c r="G829" s="2">
         <v>46377</v>
       </c>
       <c r="H829" s="1">
         <v>0.125</v>
       </c>
       <c r="I829" t="s">
         <v>1096</v>
       </c>
-    </row>
-    <row r="830" spans="1:9" ht="14.25" x14ac:dyDescent="0.45">
+      <c r="J829" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="830" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A830" s="2">
         <v>45980</v>
       </c>
       <c r="B830" t="s">
         <v>317</v>
       </c>
       <c r="C830" t="s">
         <v>395</v>
       </c>
       <c r="D830" t="s">
-        <v>1121</v>
+        <v>1124</v>
       </c>
       <c r="E830" s="2">
         <v>45990</v>
       </c>
       <c r="F830" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G830" s="2">
         <v>45991</v>
       </c>
       <c r="H830" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I830" t="s">
-        <v>1124</v>
-[...2 lines deleted...]
-    <row r="831" spans="1:9" ht="14.25" x14ac:dyDescent="0.45">
+        <v>1127</v>
+      </c>
+      <c r="J830" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="831" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A831" s="2">
         <v>45980</v>
       </c>
       <c r="B831" t="s">
         <v>196</v>
       </c>
       <c r="C831" t="s">
         <v>1000</v>
       </c>
       <c r="D831" t="s">
-        <v>1133</v>
+        <v>1136</v>
       </c>
       <c r="E831" s="2">
         <v>46088</v>
       </c>
       <c r="F831" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G831" s="2">
         <v>46088</v>
       </c>
       <c r="H831" s="1">
         <v>0.75</v>
       </c>
       <c r="I831" t="s">
         <v>79</v>
       </c>
-    </row>
-    <row r="832" spans="1:9" ht="14.25" x14ac:dyDescent="0.45">
+      <c r="J831" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="832" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A832" s="2">
         <v>45982</v>
       </c>
       <c r="B832" t="s">
         <v>196</v>
       </c>
       <c r="C832" t="s">
         <v>1137</v>
       </c>
       <c r="D832" t="s">
         <v>607</v>
       </c>
       <c r="E832" s="2">
         <v>46016</v>
       </c>
       <c r="F832" s="1">
         <v>0.33333333333333331</v>
       </c>
       <c r="G832" s="2">
         <v>46016</v>
       </c>
       <c r="H832" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I832" t="s">
         <v>356</v>
       </c>
-    </row>
-[...1066 lines deleted...]
-    <row r="1910" ht="14.25" x14ac:dyDescent="0.45"/>
+      <c r="J832" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="833" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A833" s="2">
+        <v>45983</v>
+      </c>
+      <c r="B833" t="s">
+        <v>317</v>
+      </c>
+      <c r="C833" t="s">
+        <v>77</v>
+      </c>
+      <c r="D833" t="s">
+        <v>1138</v>
+      </c>
+      <c r="E833" s="2">
+        <v>45995</v>
+      </c>
+      <c r="F833" s="1">
+        <v>0.75</v>
+      </c>
+      <c r="G833" s="2">
+        <v>45995</v>
+      </c>
+      <c r="H833" s="1">
+        <v>0.91666666666666663</v>
+      </c>
+      <c r="I833" t="s">
+        <v>1096</v>
+      </c>
+      <c r="J833" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="834" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A834" s="2">
+        <v>45984</v>
+      </c>
+      <c r="B834" t="s">
+        <v>317</v>
+      </c>
+      <c r="C834" t="s">
+        <v>220</v>
+      </c>
+      <c r="D834" t="s">
+        <v>221</v>
+      </c>
+      <c r="E834" s="2">
+        <v>45996</v>
+      </c>
+      <c r="F834" s="1">
+        <v>0.77083333333333337</v>
+      </c>
+      <c r="G834" s="2">
+        <v>45996</v>
+      </c>
+      <c r="H834" s="1">
+        <v>0.98958333333333337</v>
+      </c>
+      <c r="I834" t="s">
+        <v>79</v>
+      </c>
+      <c r="J834" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="835" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A835" s="2">
+        <v>45985</v>
+      </c>
+      <c r="B835" t="s">
+        <v>196</v>
+      </c>
+      <c r="C835" s="2" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D835" s="2" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E835" s="2">
+        <v>46016</v>
+      </c>
+      <c r="F835" s="1">
+        <v>0.375</v>
+      </c>
+      <c r="G835" s="2">
+        <v>46016</v>
+      </c>
+      <c r="H835" s="1">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="I835" t="s">
+        <v>356</v>
+      </c>
+      <c r="J835" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="836" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A836" s="2">
+        <v>45985</v>
+      </c>
+      <c r="B836" t="s">
+        <v>317</v>
+      </c>
+      <c r="C836" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D836" t="s">
+        <v>1142</v>
+      </c>
+      <c r="E836" s="2">
+        <v>45998</v>
+      </c>
+      <c r="F836" s="1">
+        <v>0.625</v>
+      </c>
+      <c r="G836" s="2">
+        <v>45998</v>
+      </c>
+      <c r="H836" s="1">
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="I836" t="s">
+        <v>1127</v>
+      </c>
+      <c r="J836" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="837" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A837" s="2">
+        <v>45985</v>
+      </c>
+      <c r="B837" t="s">
+        <v>317</v>
+      </c>
+      <c r="C837" t="s">
+        <v>773</v>
+      </c>
+      <c r="D837" t="s">
+        <v>1085</v>
+      </c>
+      <c r="E837" s="2">
+        <v>45999</v>
+      </c>
+      <c r="F837" s="1">
+        <v>0.52083333333333337</v>
+      </c>
+      <c r="G837" s="2">
+        <v>45999</v>
+      </c>
+      <c r="H837" s="1">
+        <v>0.75</v>
+      </c>
+      <c r="I837" t="s">
+        <v>79</v>
+      </c>
+      <c r="J837" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="838" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A838" s="2">
+        <v>45985</v>
+      </c>
+      <c r="B838" t="s">
+        <v>196</v>
+      </c>
+      <c r="C838" t="s">
+        <v>83</v>
+      </c>
+      <c r="D838" t="s">
+        <v>37</v>
+      </c>
+      <c r="E838" s="2">
+        <v>46004</v>
+      </c>
+      <c r="F838" s="1">
+        <v>0.4375</v>
+      </c>
+      <c r="G838" s="2">
+        <v>46004</v>
+      </c>
+      <c r="H838" s="1">
+        <v>0.64583333333333337</v>
+      </c>
+      <c r="I838" t="s">
+        <v>79</v>
+      </c>
+      <c r="J838" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="839" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A839" s="2">
+        <v>45986</v>
+      </c>
+      <c r="B839" t="s">
+        <v>196</v>
+      </c>
+      <c r="C839" t="s">
+        <v>34</v>
+      </c>
+      <c r="D839" t="s">
+        <v>1143</v>
+      </c>
+      <c r="E839" s="2">
+        <v>46022</v>
+      </c>
+      <c r="F839" s="1">
+        <v>0.77083333333333337</v>
+      </c>
+      <c r="G839" s="2">
+        <v>46023</v>
+      </c>
+      <c r="H839" s="1">
+        <v>0.52083333333333337</v>
+      </c>
+      <c r="I839" t="s">
+        <v>79</v>
+      </c>
+      <c r="J839" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="840" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A840" s="2">
+        <v>45987</v>
+      </c>
+      <c r="B840" t="s">
+        <v>317</v>
+      </c>
+      <c r="C840" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D840" t="s">
+        <v>326</v>
+      </c>
+      <c r="E840" s="2">
+        <v>45998</v>
+      </c>
+      <c r="F840" s="1">
+        <v>0.45833333333333331</v>
+      </c>
+      <c r="G840" s="2">
+        <v>45998</v>
+      </c>
+      <c r="H840" s="1">
+        <v>0.70833333333333337</v>
+      </c>
+      <c r="I840" t="s">
+        <v>187</v>
+      </c>
+      <c r="J840" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="841" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A841" s="2">
+        <v>45987</v>
+      </c>
+      <c r="B841" t="s">
+        <v>196</v>
+      </c>
+      <c r="C841" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D841" t="s">
+        <v>221</v>
+      </c>
+      <c r="E841" s="2">
+        <v>46005</v>
+      </c>
+      <c r="F841" s="1">
+        <v>0.5</v>
+      </c>
+      <c r="G841" s="2">
+        <v>46005</v>
+      </c>
+      <c r="H841" s="1">
+        <v>0.70833333333333337</v>
+      </c>
+      <c r="I841" t="s">
+        <v>187</v>
+      </c>
+      <c r="J841" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="842" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A842" s="2">
+        <v>45987</v>
+      </c>
+      <c r="B842" t="s">
+        <v>317</v>
+      </c>
+      <c r="C842" t="s">
+        <v>408</v>
+      </c>
+      <c r="D842" t="s">
+        <v>1016</v>
+      </c>
+      <c r="E842" s="2">
+        <v>45998</v>
+      </c>
+      <c r="F842" s="1">
+        <v>0.45833333333333331</v>
+      </c>
+      <c r="G842" s="2">
+        <v>45998</v>
+      </c>
+      <c r="H842" s="1">
+        <v>0.70833333333333337</v>
+      </c>
+      <c r="I842" t="s">
+        <v>187</v>
+      </c>
+      <c r="J842" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="843" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A843" s="2">
+        <v>45987</v>
+      </c>
+      <c r="B843" t="s">
+        <v>317</v>
+      </c>
+      <c r="C843" t="s">
+        <v>985</v>
+      </c>
+      <c r="D843" t="s">
+        <v>1133</v>
+      </c>
+      <c r="E843" s="2">
+        <v>45997</v>
+      </c>
+      <c r="F843" s="1">
+        <v>0</v>
+      </c>
+      <c r="G843" s="2">
+        <v>45998</v>
+      </c>
+      <c r="H843" s="1">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="I843" t="s">
+        <v>1096</v>
+      </c>
+      <c r="J843" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="844" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A844" s="2">
+        <v>45989</v>
+      </c>
+      <c r="B844" t="s">
+        <v>196</v>
+      </c>
+      <c r="C844" t="s">
+        <v>959</v>
+      </c>
+      <c r="D844" t="s">
+        <v>567</v>
+      </c>
+      <c r="E844" s="2">
+        <v>46010</v>
+      </c>
+      <c r="F844" s="1">
+        <v>12</v>
+      </c>
+      <c r="G844" s="2">
+        <v>46011</v>
+      </c>
+      <c r="H844" s="1">
+        <v>0.125</v>
+      </c>
+      <c r="I844" t="s">
+        <v>1146</v>
+      </c>
+      <c r="J844" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="845" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A845" s="2">
+        <v>45989</v>
+      </c>
+      <c r="B845" t="s">
+        <v>196</v>
+      </c>
+      <c r="C845" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D845" t="s">
+        <v>1046</v>
+      </c>
+      <c r="E845" s="2">
+        <v>46011</v>
+      </c>
+      <c r="F845" s="1">
+        <v>0</v>
+      </c>
+      <c r="G845" s="2">
+        <v>46012</v>
+      </c>
+      <c r="H845" s="1">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="I845" t="s">
+        <v>1148</v>
+      </c>
+      <c r="J845" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="846" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A846" s="2">
+        <v>45991</v>
+      </c>
+      <c r="B846" t="s">
+        <v>196</v>
+      </c>
+      <c r="C846" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D846" t="s">
+        <v>1150</v>
+      </c>
+      <c r="E846" s="2">
+        <v>46012</v>
+      </c>
+      <c r="F846" s="1">
+        <v>0.39583333333333331</v>
+      </c>
+      <c r="G846" s="2">
+        <v>46012</v>
+      </c>
+      <c r="H846" s="1">
+        <v>0.625</v>
+      </c>
+      <c r="I846" t="s">
+        <v>187</v>
+      </c>
+      <c r="J846" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="847" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A847" s="2">
+        <v>45992</v>
+      </c>
+      <c r="B847" t="s">
+        <v>317</v>
+      </c>
+      <c r="C847" t="s">
+        <v>185</v>
+      </c>
+      <c r="D847" t="s">
+        <v>1151</v>
+      </c>
+      <c r="E847" s="2">
+        <v>46004</v>
+      </c>
+      <c r="F847" s="1">
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="G847" s="2">
+        <v>46004</v>
+      </c>
+      <c r="H847" s="1">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="I847" t="s">
+        <v>187</v>
+      </c>
+      <c r="J847" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="848" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A848" s="2">
+        <v>45993</v>
+      </c>
+      <c r="B848" t="s">
+        <v>196</v>
+      </c>
+      <c r="C848" t="s">
+        <v>30</v>
+      </c>
+      <c r="D848" t="s">
+        <v>31</v>
+      </c>
+      <c r="E848" s="2">
+        <v>46032</v>
+      </c>
+      <c r="F848" s="1">
+        <v>0.75</v>
+      </c>
+      <c r="G848" s="2">
+        <v>46032</v>
+      </c>
+      <c r="H848" s="1">
+        <v>0.99930555555555556</v>
+      </c>
+      <c r="I848" t="s">
+        <v>1152</v>
+      </c>
+      <c r="J848" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="849" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A849" s="2">
+        <v>45993</v>
+      </c>
+      <c r="B849" t="s">
+        <v>196</v>
+      </c>
+      <c r="C849" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D849" t="s">
+        <v>1154</v>
+      </c>
+      <c r="E849" s="2">
+        <v>46011</v>
+      </c>
+      <c r="F849" s="1">
+        <v>0</v>
+      </c>
+      <c r="G849" s="2">
+        <v>46011</v>
+      </c>
+      <c r="H849" s="1">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="I849" t="s">
+        <v>79</v>
+      </c>
+      <c r="J849" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="850" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A850" s="2">
+        <v>45994</v>
+      </c>
+      <c r="B850" t="s">
+        <v>196</v>
+      </c>
+      <c r="C850" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D850" t="s">
+        <v>1025</v>
+      </c>
+      <c r="E850" s="2">
+        <v>46022</v>
+      </c>
+      <c r="F850" s="1">
+        <v>0.97916666666666663</v>
+      </c>
+      <c r="G850" s="2">
+        <v>46023</v>
+      </c>
+      <c r="H850" s="1">
+        <v>6.25E-2</v>
+      </c>
+      <c r="I850" t="s">
+        <v>29</v>
+      </c>
+      <c r="J850" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="851" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A851" s="2">
+        <v>45994</v>
+      </c>
+      <c r="B851" t="s">
+        <v>196</v>
+      </c>
+      <c r="C851" t="s">
+        <v>339</v>
+      </c>
+      <c r="D851" t="s">
+        <v>1156</v>
+      </c>
+      <c r="E851" s="2">
+        <v>46011</v>
+      </c>
+      <c r="F851" s="1">
+        <v>0.70833333333333337</v>
+      </c>
+      <c r="G851" s="2">
+        <v>46011</v>
+      </c>
+      <c r="H851" s="1">
+        <v>0.97916666666666663</v>
+      </c>
+      <c r="I851" t="s">
+        <v>79</v>
+      </c>
+      <c r="J851" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="852" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A852" s="2">
+        <v>45994</v>
+      </c>
+      <c r="B852" t="s">
+        <v>196</v>
+      </c>
+      <c r="C852" t="s">
+        <v>652</v>
+      </c>
+      <c r="D852" t="s">
+        <v>653</v>
+      </c>
+      <c r="E852" s="2">
+        <v>46022</v>
+      </c>
+      <c r="F852" s="1">
+        <v>0.97986111111111107</v>
+      </c>
+      <c r="G852" s="2">
+        <v>46022</v>
+      </c>
+      <c r="H852" s="1">
+        <v>2.0833333333333332E-2</v>
+      </c>
+      <c r="I852" t="s">
+        <v>109</v>
+      </c>
+      <c r="J852" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="853" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A853" s="2">
+        <v>45994</v>
+      </c>
+      <c r="B853" t="s">
+        <v>196</v>
+      </c>
+      <c r="C853" t="s">
+        <v>1157</v>
+      </c>
+      <c r="D853" t="s">
+        <v>1158</v>
+      </c>
+      <c r="E853" s="2">
+        <v>46016</v>
+      </c>
+      <c r="F853" s="1">
+        <v>0.75</v>
+      </c>
+      <c r="G853" s="2">
+        <v>46016</v>
+      </c>
+      <c r="H853" s="1">
+        <v>0</v>
+      </c>
+      <c r="I853" t="s">
+        <v>79</v>
+      </c>
+      <c r="J853" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="854" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A854" s="2">
+        <v>45994</v>
+      </c>
+      <c r="B854" t="s">
+        <v>196</v>
+      </c>
+      <c r="C854" t="s">
+        <v>1157</v>
+      </c>
+      <c r="D854" t="s">
+        <v>1158</v>
+      </c>
+      <c r="E854" s="2">
+        <v>46022</v>
+      </c>
+      <c r="F854" s="1">
+        <v>0.83333333333333337</v>
+      </c>
+      <c r="G854" s="2">
+        <v>45658</v>
+      </c>
+      <c r="H854" s="1">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="I854" t="s">
+        <v>1096</v>
+      </c>
+      <c r="J854" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="855" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A855" s="2">
+        <v>45995</v>
+      </c>
+      <c r="B855" t="s">
+        <v>317</v>
+      </c>
+      <c r="C855" t="s">
+        <v>1159</v>
+      </c>
+      <c r="D855" t="s">
+        <v>1160</v>
+      </c>
+      <c r="E855" s="2">
+        <v>46004</v>
+      </c>
+      <c r="F855" s="1">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="G855" s="2">
+        <v>46004</v>
+      </c>
+      <c r="H855" s="1">
+        <v>0.91666666666666663</v>
+      </c>
+      <c r="I855" t="s">
+        <v>79</v>
+      </c>
+      <c r="J855" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="856" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A856" s="2">
+        <v>45995</v>
+      </c>
+      <c r="B856" t="s">
+        <v>196</v>
+      </c>
+      <c r="C856" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D856" t="s">
+        <v>573</v>
+      </c>
+      <c r="E856" s="2">
+        <v>46022</v>
+      </c>
+      <c r="F856" s="1">
+        <v>0</v>
+      </c>
+      <c r="G856" s="2">
+        <v>46023</v>
+      </c>
+      <c r="H856" s="1">
+        <v>0.16666666666666666</v>
+      </c>
+      <c r="I856" t="s">
+        <v>79</v>
+      </c>
+      <c r="J856" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="857" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A857" s="2">
+        <v>45996</v>
+      </c>
+      <c r="B857" t="s">
+        <v>196</v>
+      </c>
+      <c r="C857" t="s">
+        <v>1162</v>
+      </c>
+      <c r="D857" t="s">
+        <v>1163</v>
+      </c>
+      <c r="E857" s="2">
+        <v>46012</v>
+      </c>
+      <c r="F857" s="1">
+        <v>0.41666666666666669</v>
+      </c>
+      <c r="G857" s="2">
+        <v>46012</v>
+      </c>
+      <c r="H857" s="1">
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="I857" t="s">
+        <v>1096</v>
+      </c>
+      <c r="J857" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="858" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A858" s="2">
+        <v>45996</v>
+      </c>
+      <c r="B858" t="s">
+        <v>317</v>
+      </c>
+      <c r="C858" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D858" t="s">
+        <v>1165</v>
+      </c>
+      <c r="E858" s="2">
+        <v>46010</v>
+      </c>
+      <c r="F858" s="1">
+        <v>0.70833333333333337</v>
+      </c>
+      <c r="G858" s="2">
+        <v>46013</v>
+      </c>
+      <c r="H858" s="1">
+        <v>2.0833333333333332E-2</v>
+      </c>
+      <c r="I858" t="s">
+        <v>1152</v>
+      </c>
+    </row>
+    <row r="859" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A859" s="2">
+        <v>45996</v>
+      </c>
+      <c r="B859" t="s">
+        <v>317</v>
+      </c>
+      <c r="C859" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D859" t="s">
+        <v>1089</v>
+      </c>
+      <c r="E859" s="2">
+        <v>46004</v>
+      </c>
+      <c r="F859" s="1">
+        <v>0.75</v>
+      </c>
+      <c r="G859" s="2">
+        <v>46005</v>
+      </c>
+      <c r="H859" s="1">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="I859" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="860" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A860" s="2">
+        <v>45996</v>
+      </c>
+      <c r="B860" t="s">
+        <v>196</v>
+      </c>
+      <c r="C860" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D860" t="s">
+        <v>1167</v>
+      </c>
+      <c r="E860" s="2">
+        <v>46022</v>
+      </c>
+      <c r="F860" s="1">
+        <v>0.58333333333333337</v>
+      </c>
+      <c r="G860" s="2">
+        <v>46023</v>
+      </c>
+      <c r="H860" s="1">
+        <v>4.1666666666666664E-2</v>
+      </c>
+      <c r="I860" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="861" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A861" s="2">
+        <v>45999</v>
+      </c>
+      <c r="B861" t="s">
+        <v>196</v>
+      </c>
+      <c r="C861" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D861" t="s">
+        <v>1089</v>
+      </c>
+      <c r="E861" s="2">
+        <v>46011</v>
+      </c>
+      <c r="F861" s="1">
+        <v>0.5</v>
+      </c>
+      <c r="G861" s="2">
+        <v>46018</v>
+      </c>
+      <c r="H861" t="s">
+        <v>1168</v>
+      </c>
+      <c r="I861" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="862" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A862" s="2">
+        <v>45999</v>
+      </c>
+      <c r="B862" t="s">
+        <v>196</v>
+      </c>
+      <c r="C862" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D862" t="s">
+        <v>1170</v>
+      </c>
+      <c r="E862" s="2">
+        <v>46015</v>
+      </c>
+      <c r="F862" s="1">
+        <v>0.33333333333333331</v>
+      </c>
+      <c r="G862" s="2">
+        <v>46015</v>
+      </c>
+      <c r="H862" s="1">
+        <v>0.91666666666666663</v>
+      </c>
+      <c r="I862" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="863" spans="1:10" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="864" spans="1:10" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="865" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="866" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="867" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="868" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="869" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="870" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="871" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="872" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="873" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="874" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="875" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="876" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="877" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="878" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="879" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="880" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="881" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="882" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="883" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="884" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="885" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="886" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="887" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="888" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="889" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="890" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="891" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="892" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="893" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="894" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="895" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="896" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="897" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="898" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="899" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="900" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="901" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="902" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="903" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="904" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="905" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="906" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="907" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="908" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="909" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="910" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="911" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="912" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="913" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="914" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="915" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="916" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="917" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="918" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="919" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="920" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="921" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="922" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="923" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="924" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="925" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="926" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="927" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="928" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="929" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="930" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="931" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="932" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="933" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="934" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="935" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="936" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="937" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="938" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="939" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="940" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="941" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="942" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="943" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="944" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="945" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="946" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="947" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="948" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="949" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="950" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="951" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="952" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="953" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="954" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="955" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="956" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="957" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="958" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="959" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="960" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="961" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="962" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="963" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="964" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="965" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="966" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="967" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="968" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="969" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="970" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="971" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="972" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="973" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="974" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="975" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="976" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="977" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="978" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="979" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="980" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="981" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="982" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="983" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="984" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="985" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="986" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="987" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="988" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="989" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="990" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="991" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="992" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="993" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="994" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="995" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="996" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="997" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="998" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="999" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1000" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1001" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1002" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1003" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1004" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1005" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1006" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1007" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1008" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1009" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1010" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1011" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1012" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1013" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1014" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1015" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1016" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1017" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1018" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1019" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1020" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1021" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1022" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1023" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1024" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1025" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1026" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1027" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1028" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1029" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1030" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1031" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1032" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1033" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1034" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1035" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1036" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1037" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1038" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1039" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1040" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1041" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1042" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1043" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1044" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1045" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1046" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1047" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1048" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1049" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1050" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1051" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1052" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1053" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1054" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1055" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1056" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1057" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1058" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1059" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1060" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1061" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1062" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1063" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1064" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1065" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1066" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1067" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1068" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1069" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1070" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1071" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1072" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1073" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1074" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1075" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1076" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1077" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1078" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1079" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1080" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1081" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1082" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1083" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1084" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1085" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1086" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1087" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1088" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1089" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1090" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1091" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1092" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1093" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1094" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1095" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1096" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1097" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1098" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1099" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1100" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1101" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1102" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1103" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1104" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1105" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1106" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1107" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1108" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1109" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1110" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1111" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1112" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1113" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1114" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1115" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1116" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1117" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1118" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1119" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1120" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1121" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1122" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1123" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1124" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1125" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1126" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1127" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1128" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1129" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1130" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1131" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1132" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1133" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1134" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1135" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1136" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1137" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1138" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1139" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1140" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1141" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1142" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1143" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1144" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1145" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1146" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1147" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1148" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1149" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1150" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1151" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1152" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1153" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1154" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1155" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1156" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1157" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1158" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1159" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1160" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1161" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1162" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1163" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1164" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1165" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1166" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1167" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1168" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1169" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1170" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1171" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1172" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1173" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1174" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1175" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1176" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1177" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1178" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1179" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1180" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1181" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1182" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1183" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1184" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1185" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1186" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1187" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1188" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1189" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1190" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1191" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1192" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1193" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1194" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1195" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1196" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1197" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1198" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1199" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1200" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1201" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1202" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1203" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1204" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1205" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1206" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1207" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1208" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1209" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1210" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1211" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1212" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1213" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1214" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1215" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1216" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1217" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1218" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1219" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1220" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1221" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1222" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1223" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1224" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1225" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1226" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1227" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1228" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1229" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1230" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1231" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1232" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1233" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1234" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1235" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1236" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1237" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1238" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1239" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1240" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1241" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1242" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1243" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1244" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1245" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1246" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1247" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1248" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1249" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1250" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1251" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1252" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1253" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1254" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1255" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1256" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1257" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1258" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1259" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1260" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1261" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1262" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1263" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1264" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1265" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1266" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1267" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1268" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1269" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1270" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1271" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1272" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1273" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1274" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1275" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1276" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1277" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1278" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1279" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1280" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1281" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1282" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1283" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1284" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1285" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1286" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1287" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1288" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1289" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1290" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1291" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1292" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1293" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1294" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1295" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1296" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1297" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1298" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1299" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1300" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1301" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1302" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1303" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1304" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1305" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1306" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1307" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1308" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1309" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1310" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1311" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1312" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1313" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1314" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1315" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1316" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1317" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1318" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1319" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1320" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1321" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1322" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1323" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1324" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1325" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1326" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1327" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1328" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1329" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1330" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1331" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1332" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1333" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1334" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1335" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1336" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1337" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1338" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1339" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1340" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1341" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1342" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1343" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1344" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1345" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1346" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1347" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1348" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1349" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1350" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1351" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1352" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1353" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1354" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1355" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1356" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1357" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1358" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1359" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1360" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1361" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1362" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1363" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1364" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1365" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1366" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1367" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1368" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1369" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1370" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1371" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1372" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1373" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1374" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1375" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1376" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1377" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1378" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1379" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1380" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1381" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1382" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1383" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1384" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1385" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1386" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1387" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1388" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1389" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1390" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1391" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1392" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1393" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1394" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1395" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1396" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1397" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1398" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1399" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1400" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1401" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1402" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1403" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1404" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1405" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1406" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1407" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1408" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1409" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1410" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1411" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1412" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1413" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1414" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1415" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1416" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1417" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1418" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1419" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1420" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1421" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1422" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1423" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1424" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1425" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1426" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1427" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1428" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1429" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1430" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1431" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1432" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1433" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1434" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1435" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1436" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1437" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1438" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1439" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1440" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1441" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1442" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1443" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1444" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1445" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1446" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1447" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1448" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1449" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1450" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1451" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1452" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1453" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1454" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1455" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1456" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1457" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1458" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1459" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1460" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1461" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1462" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1463" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1464" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1465" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1466" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1467" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1468" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1469" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1470" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1471" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1472" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1473" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1474" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1475" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1476" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1477" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1478" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1479" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1480" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1481" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1482" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1483" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1484" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1485" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1486" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1487" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1488" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1489" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1490" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1491" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1492" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1493" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1494" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1495" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1496" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1497" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1498" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1499" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1500" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1501" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1502" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1503" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1504" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1505" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1506" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1507" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1508" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1509" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1510" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1511" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1512" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1513" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1514" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1515" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1516" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1517" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1518" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1519" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1520" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1521" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1522" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1523" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1524" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1525" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1526" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1527" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1528" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1529" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1530" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1531" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1532" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1533" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1534" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1535" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1536" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1537" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1538" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1539" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1540" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1541" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1542" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1543" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1544" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1545" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1546" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1547" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1548" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1549" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1550" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1551" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1552" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1553" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1554" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1555" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1556" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1557" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1558" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1559" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1560" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1561" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1562" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1563" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1564" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1565" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1566" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1567" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1568" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1569" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1570" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1571" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1572" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1573" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1574" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1575" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1576" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1577" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1578" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1579" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1580" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1581" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1582" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1583" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1584" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1585" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1586" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1587" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1588" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1589" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1590" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1591" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1592" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1593" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1594" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1595" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1596" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1597" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1598" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1599" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1600" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1601" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1602" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1603" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1604" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1605" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1606" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1607" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1608" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1609" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1610" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1611" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1612" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1613" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1614" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1615" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1616" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1617" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1618" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1619" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1620" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1621" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1622" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1623" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1624" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1625" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1626" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1627" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1628" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1629" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1630" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1631" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1632" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1633" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1634" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1635" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1636" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1637" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1638" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1639" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1640" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1641" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1642" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1643" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1644" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1645" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1646" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1647" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1648" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1649" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1650" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1651" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1652" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1653" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1654" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1655" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1656" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1657" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1658" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1659" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1660" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1661" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1662" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1663" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1664" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1665" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1666" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1667" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1668" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1669" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1670" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1671" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1672" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1673" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1674" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1675" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1676" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1677" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1678" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1679" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1680" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1681" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1682" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1683" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1684" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1685" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1686" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1687" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1688" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1689" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1690" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1691" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1692" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1693" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1694" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1695" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1696" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1697" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1698" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1699" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1700" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1701" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1702" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1703" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1704" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1705" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1706" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1707" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1708" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1709" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1710" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1711" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1712" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1713" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1714" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1715" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1716" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1717" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1718" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1719" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1720" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1721" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1722" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1723" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1724" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1725" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1726" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1727" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1728" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1729" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1730" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1731" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1732" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1733" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1734" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1735" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1736" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1737" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1738" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1739" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1740" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1741" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1742" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1743" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1744" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1745" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1746" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1747" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1748" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1749" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1750" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1751" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1752" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1753" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1754" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1755" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1756" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1757" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1758" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1759" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1760" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1761" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1762" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1763" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1764" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1765" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1766" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1767" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1768" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1769" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1770" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1771" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1772" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1773" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1774" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1775" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1776" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1777" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1778" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1779" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1780" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1781" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1782" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1783" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1784" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1785" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1786" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1787" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1788" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1789" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1790" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1791" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1792" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1793" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1794" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1795" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1796" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1797" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1798" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1799" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1800" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1801" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1802" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1803" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1804" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1805" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1806" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1807" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1808" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1809" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1810" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1811" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1812" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1813" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1814" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1815" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1816" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1817" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1818" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1819" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1820" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1821" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1822" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1823" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1824" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1825" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1826" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1827" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1828" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1829" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1830" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1831" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1832" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1833" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1834" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1835" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1836" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1837" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1838" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1839" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1840" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1841" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1842" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1843" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1844" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1845" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1846" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1847" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1848" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1849" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1850" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1851" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1852" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1853" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1854" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1855" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1856" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1857" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1858" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1859" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1860" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1861" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1862" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1863" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1864" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1865" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1866" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1867" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1868" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1869" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1870" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1871" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1872" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1873" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1874" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1875" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1876" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1877" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1878" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1879" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1880" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1881" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1882" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1883" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1884" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1885" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1886" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1887" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1888" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1889" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1890" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1891" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1892" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1893" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1894" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1895" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1896" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1897" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1898" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1899" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1900" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1912" ht="14.5" x14ac:dyDescent="0.35"/>
   </sheetData>
   <autoFilter ref="A1:K1" xr:uid="{35470CDC-1200-49E5-96F1-619B2C79E206}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:K456">
     <sortCondition sortBy="fontColor" ref="I450" dxfId="0"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C633CF297E8DCD40B5CEEED7C4E234B0" ma:contentTypeVersion="3" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="42f822a42fe042292a3595c1db3cc7e3">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="acfccf65-1667-4ab2-9b4b-3877a2b053ca" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="614022938499f75b01a7af76130c4f5e" ns2:_="">
     <xsd:import namespace="acfccf65-1667-4ab2-9b4b-3877a2b053ca"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="acfccf65-1667-4ab2-9b4b-3877a2b053ca" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
@@ -31161,89 +32250,81 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{229D4139-DBF6-4698-9784-FEBB6E4F5BFD}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{01BEA012-98F5-40CC-9552-DAEE83FF2E0C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{884C3AAF-9C9D-451E-9566-3C4EE2BADB57}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...4 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{01BEA012-98F5-40CC-9552-DAEE83FF2E0C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{229D4139-DBF6-4698-9784-FEBB6E4F5BFD}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="acfccf65-1667-4ab2-9b4b-3877a2b053ca"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>