--- v1 (2025-12-19)
+++ v2 (2026-02-05)
@@ -2,89 +2,89 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\sukhjeet.gill1\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D61D3538-DCFE-4847-8CE0-8CCE3A3F94EA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{10B46039-B6A7-4E51-98FB-59B10D5CC9B9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{66F26FBC-A743-40B0-8E81-8196F8E5AD61}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{66F26FBC-A743-40B0-8E81-8196F8E5AD61}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$1:$K$1</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4222" uniqueCount="1171">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4418" uniqueCount="1208">
   <si>
     <t>Date Received</t>
   </si>
   <si>
     <t>Standard or LATE</t>
   </si>
   <si>
     <t xml:space="preserve">Premises Name </t>
   </si>
   <si>
     <t>Premises Address</t>
   </si>
   <si>
     <t>Start Date</t>
   </si>
   <si>
     <t xml:space="preserve">Start Time </t>
   </si>
   <si>
     <t xml:space="preserve">End Date </t>
   </si>
   <si>
     <t xml:space="preserve">End Time </t>
   </si>
   <si>
@@ -3554,50 +3554,161 @@
     <t>Duke of London</t>
   </si>
   <si>
     <t>Unit 2, 3, Corson Yard, Brentford, TW8 8GS</t>
   </si>
   <si>
     <t>Rendezvous Restaurant</t>
   </si>
   <si>
     <t xml:space="preserve">18 - 20, Chiswick High Road, Chiswick, London, W4 1TE </t>
   </si>
   <si>
     <t>Victoria Tavern</t>
   </si>
   <si>
     <t>56 Worple Road, London, TW7 7HU</t>
   </si>
   <si>
     <t>02:00/03:00 24/12</t>
   </si>
   <si>
     <t>Southville Stores</t>
   </si>
   <si>
     <t>252 Bedfont Lane, Feltham, TW14 9NU</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Quintine Hogg Memorial Pavillion </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sale of alcohol / Regulated Entertainment </t>
+  </si>
+  <si>
+    <t>Strawberry Local</t>
+  </si>
+  <si>
+    <t>49 Kingsley Road, Hounslow, TW3 1QB</t>
+  </si>
+  <si>
+    <t>49 Kingsley Road Hounslow, TW3 1QB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Way To Save </t>
+  </si>
+  <si>
+    <t>416 Staines Road, Feltham, TW14 8BT</t>
+  </si>
+  <si>
+    <t>St Pound Plus Ltd</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3 - 5, High Street, Hounslow, TW3 1RH </t>
+  </si>
+  <si>
+    <t>Sale of Alcohol off/ Regulated Entertainment</t>
+  </si>
+  <si>
+    <t xml:space="preserve">No Objection </t>
+  </si>
+  <si>
+    <t>Unit 5, 281 - 287, High Street, Hounslow, TW3 1EF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The George </t>
+  </si>
+  <si>
+    <t>77 Inwood Road, Isleworth, TW13</t>
+  </si>
+  <si>
+    <t>02:00 / 03:00 1/1/2026</t>
+  </si>
+  <si>
+    <t>18-20 Chiswick Hogh Road, Chiswick , London, W4 1TE</t>
+  </si>
+  <si>
+    <t>Unit 14, Kew Bridge Piazza 8, Kew Bridge Road, Brentford, TW8 0FJ</t>
+  </si>
+  <si>
+    <t>Sale of alcohol / regulated Entertainment / LNR</t>
+  </si>
+  <si>
+    <t>Kings 24</t>
+  </si>
+  <si>
+    <t>90 Kingsley Road, Hounslow, TW3 1QA</t>
+  </si>
+  <si>
+    <t>St Michaels Church Hall</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sale of alcohol on/ regulated Entertainment </t>
+  </si>
+  <si>
+    <t>Sipsmith Distillery</t>
+  </si>
+  <si>
+    <t>Old Market Place, Chiswick, W4 2DR</t>
+  </si>
+  <si>
+    <t>High Street , Isleworth, TW7 6XA</t>
+  </si>
+  <si>
+    <t>Sale of Alcohol on and off / regulated Entertainment</t>
+  </si>
+  <si>
+    <t>Macfarlane Lane Isleworth, TW7 5DB</t>
+  </si>
+  <si>
+    <t>Sale of Alcohol on and off/ LNR</t>
+  </si>
+  <si>
+    <t>Strand On The Green School</t>
+  </si>
+  <si>
+    <t>399, High Street, Brentford, TW8 0DU</t>
+  </si>
+  <si>
+    <t>St. Michael's and All Angels Church Chiswick</t>
+  </si>
+  <si>
+    <t>Elmwood Road, Chiswick, London, W4 3DZ</t>
+  </si>
+  <si>
+    <t>Hounslow Road, Hanworth, Feltham, TW13 6QQ</t>
+  </si>
+  <si>
+    <t>Goi</t>
+  </si>
+  <si>
+    <t>30 Bath Road, Hounslow, TW3 3EB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sipsmith Distillery </t>
+  </si>
+  <si>
+    <t xml:space="preserve">83 Cranbrook Road, Chiswick, London, W4 2LJ </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
@@ -4010,55 +4121,54 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{35470CDC-1200-49E5-96F1-619B2C79E206}">
-  <dimension ref="A1:O1912"/>
+  <dimension ref="A1:O1922"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="A862" sqref="A862"/>
+    <sheetView tabSelected="1" topLeftCell="A880" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="A900" sqref="A900"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="14.54296875" style="2" customWidth="1"/>
     <col min="2" max="2" width="18" customWidth="1"/>
     <col min="3" max="3" width="51.26953125" customWidth="1"/>
     <col min="4" max="4" width="75.54296875" customWidth="1"/>
     <col min="5" max="5" width="12.453125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.453125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15" customWidth="1"/>
     <col min="8" max="8" width="16.54296875" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="74" customWidth="1"/>
     <col min="10" max="10" width="85.1796875" customWidth="1"/>
     <col min="11" max="11" width="106.81640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A1" s="15" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -30919,217 +31029,1410 @@
       </c>
       <c r="B858" t="s">
         <v>317</v>
       </c>
       <c r="C858" t="s">
         <v>1164</v>
       </c>
       <c r="D858" t="s">
         <v>1165</v>
       </c>
       <c r="E858" s="2">
         <v>46010</v>
       </c>
       <c r="F858" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G858" s="2">
         <v>46013</v>
       </c>
       <c r="H858" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I858" t="s">
         <v>1152</v>
       </c>
+      <c r="J858" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="859" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A859" s="2">
         <v>45996</v>
       </c>
       <c r="B859" t="s">
         <v>317</v>
       </c>
       <c r="C859" t="s">
         <v>1054</v>
       </c>
       <c r="D859" t="s">
         <v>1089</v>
       </c>
       <c r="E859" s="2">
         <v>46004</v>
       </c>
       <c r="F859" s="1">
         <v>0.75</v>
       </c>
       <c r="G859" s="2">
         <v>46005</v>
       </c>
       <c r="H859" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I859" t="s">
         <v>16</v>
       </c>
+      <c r="J859" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="860" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A860" s="2">
         <v>45996</v>
       </c>
       <c r="B860" t="s">
         <v>196</v>
       </c>
       <c r="C860" t="s">
         <v>1166</v>
       </c>
       <c r="D860" t="s">
         <v>1167</v>
       </c>
       <c r="E860" s="2">
         <v>46022</v>
       </c>
       <c r="F860" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G860" s="2">
         <v>46023</v>
       </c>
       <c r="H860" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I860" t="s">
-        <v>29</v>
+        <v>16</v>
+      </c>
+      <c r="J860" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="861" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A861" s="2">
         <v>45999</v>
       </c>
       <c r="B861" t="s">
         <v>196</v>
       </c>
       <c r="C861" t="s">
         <v>1054</v>
       </c>
       <c r="D861" t="s">
         <v>1089</v>
       </c>
       <c r="E861" s="2">
         <v>46011</v>
       </c>
       <c r="F861" s="1">
         <v>0.5</v>
       </c>
       <c r="G861" s="2">
         <v>46018</v>
       </c>
       <c r="H861" t="s">
         <v>1168</v>
       </c>
       <c r="I861" t="s">
         <v>16</v>
       </c>
+      <c r="J861" t="s">
+        <v>158</v>
+      </c>
     </row>
     <row r="862" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A862" s="2">
         <v>45999</v>
       </c>
       <c r="B862" t="s">
         <v>196</v>
       </c>
       <c r="C862" t="s">
         <v>1169</v>
       </c>
       <c r="D862" t="s">
         <v>1170</v>
       </c>
       <c r="E862" s="2">
         <v>46015</v>
       </c>
       <c r="F862" s="1">
         <v>0.33333333333333331</v>
       </c>
       <c r="G862" s="2">
         <v>46015</v>
       </c>
       <c r="H862" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I862" t="s">
         <v>380</v>
       </c>
-    </row>
-[...49 lines deleted...]
-    <row r="912" ht="14.5" x14ac:dyDescent="0.35"/>
+      <c r="J862" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="863" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A863" s="2">
+        <v>46000</v>
+      </c>
+      <c r="B863" t="s">
+        <v>317</v>
+      </c>
+      <c r="C863" t="s">
+        <v>1171</v>
+      </c>
+      <c r="D863" t="s">
+        <v>904</v>
+      </c>
+      <c r="E863" s="2">
+        <v>46008</v>
+      </c>
+      <c r="F863" s="1">
+        <v>0</v>
+      </c>
+      <c r="G863" s="2">
+        <v>46008</v>
+      </c>
+      <c r="H863" s="1">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="I863" t="s">
+        <v>1172</v>
+      </c>
+      <c r="J863" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="864" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A864" s="2">
+        <v>46000</v>
+      </c>
+      <c r="B864" t="s">
+        <v>317</v>
+      </c>
+      <c r="C864" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D864" t="s">
+        <v>1174</v>
+      </c>
+      <c r="E864" s="2">
+        <v>46013</v>
+      </c>
+      <c r="F864" s="1">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="G864" s="2">
+        <v>46018</v>
+      </c>
+      <c r="H864" s="1">
+        <v>0.125</v>
+      </c>
+      <c r="I864" t="s">
+        <v>380</v>
+      </c>
+      <c r="J864" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="865" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A865" s="2">
+        <v>46000</v>
+      </c>
+      <c r="B865" t="s">
+        <v>235</v>
+      </c>
+      <c r="C865" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D865" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E865" s="2">
+        <v>46020</v>
+      </c>
+      <c r="F865" s="1">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="G865" s="2">
+        <v>46026</v>
+      </c>
+      <c r="H865" s="1">
+        <v>0.125</v>
+      </c>
+      <c r="I865" t="s">
+        <v>380</v>
+      </c>
+      <c r="J865" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="866" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A866" s="2">
+        <v>46000</v>
+      </c>
+      <c r="B866" t="s">
+        <v>196</v>
+      </c>
+      <c r="C866" t="s">
+        <v>1176</v>
+      </c>
+      <c r="D866" t="s">
+        <v>655</v>
+      </c>
+      <c r="E866" s="2">
+        <v>46016</v>
+      </c>
+      <c r="F866" s="1">
+        <v>0.29166666666666669</v>
+      </c>
+      <c r="G866" s="2">
+        <v>46022</v>
+      </c>
+      <c r="H866" s="1">
+        <v>0</v>
+      </c>
+      <c r="I866" t="s">
+        <v>380</v>
+      </c>
+      <c r="J866" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="867" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A867" s="2">
+        <v>46002</v>
+      </c>
+      <c r="B867" t="s">
+        <v>196</v>
+      </c>
+      <c r="C867" t="s">
+        <v>664</v>
+      </c>
+      <c r="D867" t="s">
+        <v>1177</v>
+      </c>
+      <c r="E867" s="2">
+        <v>46016</v>
+      </c>
+      <c r="F867" s="1">
+        <v>0.33333333333333331</v>
+      </c>
+      <c r="G867" s="2">
+        <v>46016</v>
+      </c>
+      <c r="H867" s="1">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="I867" t="s">
+        <v>380</v>
+      </c>
+      <c r="J867" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="868" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A868" s="2">
+        <v>46003</v>
+      </c>
+      <c r="B868" t="s">
+        <v>317</v>
+      </c>
+      <c r="C868" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D868" t="s">
+        <v>1179</v>
+      </c>
+      <c r="E868" s="2">
+        <v>46016</v>
+      </c>
+      <c r="F868" s="1">
+        <v>0.41666666666666669</v>
+      </c>
+      <c r="G868" s="2">
+        <v>46022</v>
+      </c>
+      <c r="H868" s="1">
+        <v>0</v>
+      </c>
+      <c r="I868" t="s">
+        <v>380</v>
+      </c>
+      <c r="J868" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="869" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A869" s="2">
+        <v>46003</v>
+      </c>
+      <c r="B869" t="s">
+        <v>196</v>
+      </c>
+      <c r="C869" t="s">
+        <v>985</v>
+      </c>
+      <c r="D869" t="s">
+        <v>1133</v>
+      </c>
+      <c r="E869" s="2">
+        <v>46022</v>
+      </c>
+      <c r="F869" s="1">
+        <v>0</v>
+      </c>
+      <c r="G869" s="2">
+        <v>46023</v>
+      </c>
+      <c r="H869" s="1">
+        <v>0.125</v>
+      </c>
+      <c r="I869" t="s">
+        <v>1180</v>
+      </c>
+      <c r="J869" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="870" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A870" s="2">
+        <v>46005</v>
+      </c>
+      <c r="B870" t="s">
+        <v>196</v>
+      </c>
+      <c r="C870" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D870" t="s">
+        <v>1182</v>
+      </c>
+      <c r="E870" s="2">
+        <v>46023</v>
+      </c>
+      <c r="F870" s="1">
+        <v>6.9444444444444447E-4</v>
+      </c>
+      <c r="G870" s="2">
+        <v>46023</v>
+      </c>
+      <c r="H870" s="1">
+        <v>0.14583333333333334</v>
+      </c>
+      <c r="I870" t="s">
+        <v>29</v>
+      </c>
+      <c r="J870" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="871" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A871" s="2">
+        <v>46008</v>
+      </c>
+      <c r="B871" t="s">
+        <v>317</v>
+      </c>
+      <c r="C871" t="s">
+        <v>1183</v>
+      </c>
+      <c r="D871" t="s">
+        <v>1184</v>
+      </c>
+      <c r="E871" s="2">
+        <v>46022</v>
+      </c>
+      <c r="F871" s="1">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="G871" s="2">
+        <v>46023</v>
+      </c>
+      <c r="H871" s="1">
+        <v>0.125</v>
+      </c>
+      <c r="I871" t="s">
+        <v>16</v>
+      </c>
+      <c r="J871" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="872" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A872" s="2">
+        <v>46008</v>
+      </c>
+      <c r="B872" t="s">
+        <v>317</v>
+      </c>
+      <c r="C872" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D872" t="s">
+        <v>1089</v>
+      </c>
+      <c r="E872" s="2">
+        <v>46018</v>
+      </c>
+      <c r="F872" s="1">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="G872" s="2">
+        <v>46023</v>
+      </c>
+      <c r="H872" t="s">
+        <v>1185</v>
+      </c>
+      <c r="I872" t="s">
+        <v>16</v>
+      </c>
+      <c r="J872" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="873" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A873" s="2">
+        <v>46012</v>
+      </c>
+      <c r="B873" t="s">
+        <v>317</v>
+      </c>
+      <c r="C873" t="s">
+        <v>129</v>
+      </c>
+      <c r="D873" t="s">
+        <v>1186</v>
+      </c>
+      <c r="E873" s="2">
+        <v>46022</v>
+      </c>
+      <c r="F873" s="1">
+        <v>0.70833333333333337</v>
+      </c>
+      <c r="G873" s="2">
+        <v>46023</v>
+      </c>
+      <c r="H873" s="1">
+        <v>2.0833333333333332E-2</v>
+      </c>
+      <c r="I873" t="s">
+        <v>54</v>
+      </c>
+      <c r="J873" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="874" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A874" s="2">
+        <v>46020</v>
+      </c>
+      <c r="B874" t="s">
+        <v>235</v>
+      </c>
+      <c r="C874" t="s">
+        <v>118</v>
+      </c>
+      <c r="D874" t="s">
+        <v>413</v>
+      </c>
+      <c r="E874" s="2">
+        <v>46039</v>
+      </c>
+      <c r="F874" s="1">
+        <v>0.75</v>
+      </c>
+      <c r="G874" s="2">
+        <v>46039</v>
+      </c>
+      <c r="H874" s="1">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="I874" t="s">
+        <v>54</v>
+      </c>
+      <c r="J874" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="875" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A875" s="2">
+        <v>46020</v>
+      </c>
+      <c r="B875" t="s">
+        <v>235</v>
+      </c>
+      <c r="C875" t="s">
+        <v>118</v>
+      </c>
+      <c r="D875" t="s">
+        <v>413</v>
+      </c>
+      <c r="E875" s="2">
+        <v>46053</v>
+      </c>
+      <c r="F875" s="1">
+        <v>0.75</v>
+      </c>
+      <c r="G875" s="2">
+        <v>46053</v>
+      </c>
+      <c r="H875" s="1">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="I875" t="s">
+        <v>54</v>
+      </c>
+      <c r="J875" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="876" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A876" s="2">
+        <v>46020</v>
+      </c>
+      <c r="B876" t="s">
+        <v>235</v>
+      </c>
+      <c r="C876" t="s">
+        <v>118</v>
+      </c>
+      <c r="D876" t="s">
+        <v>413</v>
+      </c>
+      <c r="E876" s="2">
+        <v>46060</v>
+      </c>
+      <c r="F876" s="1">
+        <v>0.75</v>
+      </c>
+      <c r="G876" s="2">
+        <v>46060</v>
+      </c>
+      <c r="H876" s="1">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="I876" t="s">
+        <v>54</v>
+      </c>
+      <c r="J876" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="877" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A877" s="2">
+        <v>46023</v>
+      </c>
+      <c r="B877" t="s">
+        <v>235</v>
+      </c>
+      <c r="C877" t="s">
+        <v>970</v>
+      </c>
+      <c r="D877" t="s">
+        <v>1111</v>
+      </c>
+      <c r="E877" s="2">
+        <v>46137</v>
+      </c>
+      <c r="F877" s="1">
+        <v>0.8125</v>
+      </c>
+      <c r="G877" s="2">
+        <v>46137</v>
+      </c>
+      <c r="H877" s="1">
+        <v>0.97916666666666663</v>
+      </c>
+      <c r="I877" t="s">
+        <v>1096</v>
+      </c>
+      <c r="J877" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="878" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A878" s="2">
+        <v>46024</v>
+      </c>
+      <c r="B878" t="s">
+        <v>196</v>
+      </c>
+      <c r="C878" t="s">
+        <v>69</v>
+      </c>
+      <c r="D878" t="s">
+        <v>1187</v>
+      </c>
+      <c r="E878" s="2">
+        <v>46061</v>
+      </c>
+      <c r="F878" s="1">
+        <v>0.91666666666666663</v>
+      </c>
+      <c r="G878" s="2">
+        <v>46062</v>
+      </c>
+      <c r="H878" s="1">
+        <v>0.20833333333333334</v>
+      </c>
+      <c r="I878" t="s">
+        <v>1188</v>
+      </c>
+      <c r="J878" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="879" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A879" s="2">
+        <v>46028</v>
+      </c>
+      <c r="B879" t="s">
+        <v>317</v>
+      </c>
+      <c r="C879" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D879" t="s">
+        <v>1190</v>
+      </c>
+      <c r="E879" s="2">
+        <v>46036</v>
+      </c>
+      <c r="F879" s="1">
+        <v>0.33333333333333331</v>
+      </c>
+      <c r="G879" s="2">
+        <v>46073</v>
+      </c>
+      <c r="H879" s="1">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="I879" t="s">
+        <v>576</v>
+      </c>
+      <c r="J879" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="880" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A880" s="2">
+        <v>46029</v>
+      </c>
+      <c r="B880" t="s">
+        <v>196</v>
+      </c>
+      <c r="C880" t="s">
+        <v>1191</v>
+      </c>
+      <c r="D880" t="s">
+        <v>112</v>
+      </c>
+      <c r="E880" s="2">
+        <v>46067</v>
+      </c>
+      <c r="F880" s="1">
+        <v>0.77083333333333337</v>
+      </c>
+      <c r="G880" s="2">
+        <v>46067</v>
+      </c>
+      <c r="H880" s="1">
+        <v>0.9375</v>
+      </c>
+      <c r="I880" t="s">
+        <v>79</v>
+      </c>
+      <c r="J880" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="881" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A881" s="2">
+        <v>46027</v>
+      </c>
+      <c r="B881" t="s">
+        <v>196</v>
+      </c>
+      <c r="C881" t="s">
+        <v>220</v>
+      </c>
+      <c r="D881" t="s">
+        <v>221</v>
+      </c>
+      <c r="E881" s="2">
+        <v>46067</v>
+      </c>
+      <c r="F881" s="1">
+        <v>0.75</v>
+      </c>
+      <c r="G881" s="2">
+        <v>46067</v>
+      </c>
+      <c r="H881" s="1">
+        <v>0</v>
+      </c>
+      <c r="I881" t="s">
+        <v>1192</v>
+      </c>
+      <c r="J881" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="882" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A882" s="2">
+        <v>45665</v>
+      </c>
+      <c r="B882" t="s">
+        <v>317</v>
+      </c>
+      <c r="C882" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D882" t="s">
+        <v>1190</v>
+      </c>
+      <c r="E882" s="2">
+        <v>46044</v>
+      </c>
+      <c r="F882" s="1">
+        <v>0.33333333333333331</v>
+      </c>
+      <c r="G882" s="2">
+        <v>46050</v>
+      </c>
+      <c r="H882" s="1">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="I882" t="s">
+        <v>356</v>
+      </c>
+      <c r="J882" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="883" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A883" s="2">
+        <v>45665</v>
+      </c>
+      <c r="B883" t="s">
+        <v>196</v>
+      </c>
+      <c r="C883" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D883" t="s">
+        <v>961</v>
+      </c>
+      <c r="E883" s="2">
+        <v>46050</v>
+      </c>
+      <c r="F883" s="1">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="G883" s="2">
+        <v>46050</v>
+      </c>
+      <c r="H883" s="1">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="I883" t="s">
+        <v>187</v>
+      </c>
+      <c r="J883" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="884" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A884" s="2">
+        <v>45665</v>
+      </c>
+      <c r="B884" t="s">
+        <v>317</v>
+      </c>
+      <c r="C884" t="s">
+        <v>39</v>
+      </c>
+      <c r="D884" t="s">
+        <v>1194</v>
+      </c>
+      <c r="E884" s="2">
+        <v>46040</v>
+      </c>
+      <c r="F884" s="1">
+        <v>0.39583333333333331</v>
+      </c>
+      <c r="G884" s="2">
+        <v>46040</v>
+      </c>
+      <c r="H884" s="1">
+        <v>0.625</v>
+      </c>
+      <c r="I884" t="s">
+        <v>356</v>
+      </c>
+      <c r="J884" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="885" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A885" s="2">
+        <v>46035</v>
+      </c>
+      <c r="B885" t="s">
+        <v>235</v>
+      </c>
+      <c r="C885" t="s">
+        <v>201</v>
+      </c>
+      <c r="D885" t="s">
+        <v>1195</v>
+      </c>
+      <c r="E885" s="2">
+        <v>46200</v>
+      </c>
+      <c r="F885" s="1">
+        <v>0.45833333333333331</v>
+      </c>
+      <c r="G885" s="2">
+        <v>46200</v>
+      </c>
+      <c r="H885" s="1">
+        <v>0.875</v>
+      </c>
+      <c r="I885" t="s">
+        <v>1196</v>
+      </c>
+      <c r="J885" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="886" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A886" s="2">
+        <v>46035</v>
+      </c>
+      <c r="B886" t="s">
+        <v>235</v>
+      </c>
+      <c r="C886" t="s">
+        <v>132</v>
+      </c>
+      <c r="D886" s="2" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E886" s="2">
+        <v>46067</v>
+      </c>
+      <c r="F886" s="1">
+        <v>0.77083333333333337</v>
+      </c>
+      <c r="G886" s="2">
+        <v>46068</v>
+      </c>
+      <c r="H886" s="1">
+        <v>2.0833333333333332E-2</v>
+      </c>
+      <c r="I886" t="s">
+        <v>54</v>
+      </c>
+      <c r="J886" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="887" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A887" s="2">
+        <v>46036</v>
+      </c>
+      <c r="B887" t="s">
+        <v>196</v>
+      </c>
+      <c r="C887" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D887" t="s">
+        <v>1190</v>
+      </c>
+      <c r="E887" s="2">
+        <v>46052</v>
+      </c>
+      <c r="F887" s="1">
+        <v>0.375</v>
+      </c>
+      <c r="G887" s="2">
+        <v>46058</v>
+      </c>
+      <c r="H887" s="1">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="I887" t="s">
+        <v>356</v>
+      </c>
+      <c r="J887" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="888" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A888" s="2">
+        <v>46036</v>
+      </c>
+      <c r="B888" t="s">
+        <v>196</v>
+      </c>
+      <c r="C888" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D888" t="s">
+        <v>1046</v>
+      </c>
+      <c r="E888" s="2">
+        <v>46053</v>
+      </c>
+      <c r="F888" s="1">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="G888" s="2">
+        <v>46054</v>
+      </c>
+      <c r="H888" s="1">
+        <v>0</v>
+      </c>
+      <c r="I888" t="s">
+        <v>1198</v>
+      </c>
+      <c r="J888" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="889" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A889" s="2">
+        <v>46036</v>
+      </c>
+      <c r="B889" t="s">
+        <v>235</v>
+      </c>
+      <c r="C889" t="s">
+        <v>1199</v>
+      </c>
+      <c r="D889" t="s">
+        <v>37</v>
+      </c>
+      <c r="E889" s="2">
+        <v>46101</v>
+      </c>
+      <c r="F889" s="1">
+        <v>0.64583333333333337</v>
+      </c>
+      <c r="G889" s="2">
+        <v>46102</v>
+      </c>
+      <c r="H889" s="1">
+        <v>0.91666666666666663</v>
+      </c>
+      <c r="I889" t="s">
+        <v>79</v>
+      </c>
+      <c r="J889" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="890" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A890" s="2">
+        <v>46036</v>
+      </c>
+      <c r="B890" t="s">
+        <v>235</v>
+      </c>
+      <c r="C890" t="s">
+        <v>1199</v>
+      </c>
+      <c r="D890" t="s">
+        <v>37</v>
+      </c>
+      <c r="E890" s="2">
+        <v>46059</v>
+      </c>
+      <c r="F890" s="1">
+        <v>0.72916666666666663</v>
+      </c>
+      <c r="G890" s="2">
+        <v>46059</v>
+      </c>
+      <c r="H890" s="1">
+        <v>0.91666666666666663</v>
+      </c>
+      <c r="I890" t="s">
+        <v>79</v>
+      </c>
+      <c r="J890" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="891" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A891" s="2">
+        <v>46036</v>
+      </c>
+      <c r="B891" t="s">
+        <v>235</v>
+      </c>
+      <c r="C891" t="s">
+        <v>737</v>
+      </c>
+      <c r="D891" t="s">
+        <v>699</v>
+      </c>
+      <c r="E891" s="2">
+        <v>46060</v>
+      </c>
+      <c r="F891" s="1">
+        <v>0.58333333333333337</v>
+      </c>
+      <c r="G891" s="2">
+        <v>46060</v>
+      </c>
+      <c r="H891" s="1">
+        <v>0.77083333333333337</v>
+      </c>
+      <c r="I891" t="s">
+        <v>79</v>
+      </c>
+      <c r="J891" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="892" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A892" s="2">
+        <v>46041</v>
+      </c>
+      <c r="B892" t="s">
+        <v>196</v>
+      </c>
+      <c r="C892" t="s">
+        <v>959</v>
+      </c>
+      <c r="D892" t="s">
+        <v>567</v>
+      </c>
+      <c r="E892" s="2">
+        <v>46061</v>
+      </c>
+      <c r="F892" s="1">
+        <v>0.5</v>
+      </c>
+      <c r="G892" s="2">
+        <v>46365</v>
+      </c>
+      <c r="H892" s="1">
+        <v>0.14583333333333334</v>
+      </c>
+      <c r="I892" t="s">
+        <v>41</v>
+      </c>
+      <c r="J892" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="893" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A893" s="2">
+        <v>46042</v>
+      </c>
+      <c r="B893" t="s">
+        <v>235</v>
+      </c>
+      <c r="C893" t="s">
+        <v>555</v>
+      </c>
+      <c r="D893" t="s">
+        <v>1200</v>
+      </c>
+      <c r="E893" s="2">
+        <v>46060</v>
+      </c>
+      <c r="F893" s="1">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="G893" s="2">
+        <v>46061</v>
+      </c>
+      <c r="H893" s="1">
+        <v>2.0833333333333332E-2</v>
+      </c>
+      <c r="I893" t="s">
+        <v>29</v>
+      </c>
+      <c r="J893" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="894" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A894" s="2">
+        <v>46043</v>
+      </c>
+      <c r="B894" t="s">
+        <v>196</v>
+      </c>
+      <c r="C894" t="s">
+        <v>1201</v>
+      </c>
+      <c r="D894" t="s">
+        <v>1202</v>
+      </c>
+      <c r="E894" s="2">
+        <v>46101</v>
+      </c>
+      <c r="F894" s="1">
+        <v>0.8125</v>
+      </c>
+      <c r="G894" s="2">
+        <v>46101</v>
+      </c>
+      <c r="H894" s="1">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="I894" t="s">
+        <v>29</v>
+      </c>
+      <c r="J894" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="895" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A895" s="2">
+        <v>46042</v>
+      </c>
+      <c r="B895" t="s">
+        <v>235</v>
+      </c>
+      <c r="C895" t="s">
+        <v>1062</v>
+      </c>
+      <c r="D895" t="s">
+        <v>1203</v>
+      </c>
+      <c r="E895" s="2">
+        <v>46059</v>
+      </c>
+      <c r="F895" s="1">
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="G895" s="2">
+        <v>46059</v>
+      </c>
+      <c r="H895" s="1">
+        <v>0.75</v>
+      </c>
+      <c r="I895" t="s">
+        <v>54</v>
+      </c>
+      <c r="J895" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="896" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A896" s="2">
+        <v>46042</v>
+      </c>
+      <c r="B896" t="s">
+        <v>196</v>
+      </c>
+      <c r="C896" t="s">
+        <v>885</v>
+      </c>
+      <c r="D896" t="s">
+        <v>717</v>
+      </c>
+      <c r="E896" s="2">
+        <v>46062</v>
+      </c>
+      <c r="F896" s="1">
+        <v>0</v>
+      </c>
+      <c r="G896" s="2">
+        <v>46062</v>
+      </c>
+      <c r="H896" s="1">
+        <v>0.5</v>
+      </c>
+      <c r="I896" t="s">
+        <v>1006</v>
+      </c>
+      <c r="J896" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="897" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A897" s="2">
+        <v>46043</v>
+      </c>
+      <c r="B897" t="s">
+        <v>317</v>
+      </c>
+      <c r="C897" t="s">
+        <v>985</v>
+      </c>
+      <c r="D897" t="s">
+        <v>523</v>
+      </c>
+      <c r="E897" s="2">
+        <v>46053</v>
+      </c>
+      <c r="F897" s="1">
+        <v>0</v>
+      </c>
+      <c r="G897" s="2">
+        <v>46054</v>
+      </c>
+      <c r="H897" s="1">
+        <v>0.125</v>
+      </c>
+      <c r="I897" t="s">
+        <v>54</v>
+      </c>
+      <c r="J897" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="898" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A898" s="2">
+        <v>46042</v>
+      </c>
+      <c r="B898" t="s">
+        <v>317</v>
+      </c>
+      <c r="C898" t="s">
+        <v>1204</v>
+      </c>
+      <c r="D898" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E898" s="2">
+        <v>46052</v>
+      </c>
+      <c r="F898" s="1">
+        <v>0.45833333333333331</v>
+      </c>
+      <c r="G898" s="2">
+        <v>46054</v>
+      </c>
+      <c r="H898" s="1">
+        <v>0</v>
+      </c>
+      <c r="I898" t="s">
+        <v>16</v>
+      </c>
+      <c r="J898" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="899" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A899" s="2">
+        <v>46045</v>
+      </c>
+      <c r="B899" t="s">
+        <v>196</v>
+      </c>
+      <c r="C899" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D899" t="s">
+        <v>1207</v>
+      </c>
+      <c r="E899" s="2">
+        <v>46095</v>
+      </c>
+      <c r="F899" s="1">
+        <v>0.5625</v>
+      </c>
+      <c r="G899" s="2">
+        <v>46095</v>
+      </c>
+      <c r="H899" s="1">
+        <v>0.6875</v>
+      </c>
+      <c r="I899" t="s">
+        <v>41</v>
+      </c>
+      <c r="J899" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="900" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A900" s="2">
+        <v>46048</v>
+      </c>
+      <c r="B900" t="s">
+        <v>317</v>
+      </c>
+      <c r="C900" t="s">
+        <v>34</v>
+      </c>
+      <c r="D900" t="s">
+        <v>35</v>
+      </c>
+      <c r="E900" s="2">
+        <v>46054</v>
+      </c>
+      <c r="F900" s="1">
+        <v>0.60416666666666663</v>
+      </c>
+      <c r="G900" s="2">
+        <v>46054</v>
+      </c>
+      <c r="H900" s="1">
+        <v>0.83333333333333337</v>
+      </c>
+      <c r="I900" t="s">
+        <v>29</v>
+      </c>
+      <c r="J900" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="901" spans="1:10" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="902" spans="1:10" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="903" spans="1:10" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="904" spans="1:10" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="905" spans="1:10" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="906" spans="1:10" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="907" spans="1:10" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="908" spans="1:10" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="909" spans="1:10" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="910" spans="1:10" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="911" spans="1:10" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="912" spans="1:10" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="913" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="914" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="915" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="916" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="917" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="918" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="919" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="920" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="921" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="922" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="923" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="924" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="925" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="926" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="927" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="928" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="929" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="930" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="931" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="932" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="933" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="934" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="935" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="936" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="937" ht="14.5" x14ac:dyDescent="0.35"/>
@@ -32074,91 +33377,101 @@
     <row r="1876" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="1877" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="1878" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="1879" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="1880" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="1881" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="1882" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="1883" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="1884" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="1885" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="1886" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="1887" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="1888" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="1889" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="1890" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="1891" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="1892" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="1893" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="1894" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="1895" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="1896" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="1897" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="1898" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="1899" ht="14.5" x14ac:dyDescent="0.35"/>
     <row r="1900" ht="14.5" x14ac:dyDescent="0.35"/>
-    <row r="1912" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1901" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1902" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1903" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1904" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1905" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1906" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1907" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1908" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1909" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1910" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="1922" ht="14.5" x14ac:dyDescent="0.35"/>
   </sheetData>
   <autoFilter ref="A1:K1" xr:uid="{35470CDC-1200-49E5-96F1-619B2C79E206}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:K456">
     <sortCondition sortBy="fontColor" ref="I450" dxfId="0"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C633CF297E8DCD40B5CEEED7C4E234B0" ma:contentTypeVersion="3" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="42f822a42fe042292a3595c1db3cc7e3">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="acfccf65-1667-4ab2-9b4b-3877a2b053ca" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="614022938499f75b01a7af76130c4f5e" ns2:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C633CF297E8DCD40B5CEEED7C4E234B0" ma:contentTypeVersion="3" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="bafe221d764c3b70e457bb378608bdce">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="acfccf65-1667-4ab2-9b4b-3877a2b053ca" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="dc964ac34cbcbe9f0c8579a25fff962c" ns2:_="">
     <xsd:import namespace="acfccf65-1667-4ab2-9b4b-3877a2b053ca"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="acfccf65-1667-4ab2-9b4b-3877a2b053ca" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -32251,68 +33564,68 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{01BEA012-98F5-40CC-9552-DAEE83FF2E0C}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{884C3AAF-9C9D-451E-9566-3C4EE2BADB57}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{01BEA012-98F5-40CC-9552-DAEE83FF2E0C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{229D4139-DBF6-4698-9784-FEBB6E4F5BFD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E31FA33E-CE6C-4FBE-8E15-037009244E19}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="acfccf65-1667-4ab2-9b4b-3877a2b053ca"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>