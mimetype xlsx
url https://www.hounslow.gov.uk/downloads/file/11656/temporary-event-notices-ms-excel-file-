--- v2 (2026-02-05)
+++ v3 (2026-02-26)
@@ -1,90 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29728"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\sukhjeet.gill1\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://lbhounslow.sharepoint.com/sites/LicensingPublicRegisters/Shared Documents/Licensing Public Registers/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{10B46039-B6A7-4E51-98FB-59B10D5CC9B9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="1384" documentId="13_ncr:1_{88EA21EB-3A0E-4259-95EB-826C6E80E6C8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{71C97175-A6E3-4255-85E2-85CA028A3A1B}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{66F26FBC-A743-40B0-8E81-8196F8E5AD61}"/>
+    <workbookView xWindow="-83" yWindow="0" windowWidth="10425" windowHeight="13043" xr2:uid="{66F26FBC-A743-40B0-8E81-8196F8E5AD61}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$1:$K$1</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4418" uniqueCount="1208">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4530" uniqueCount="1226">
   <si>
     <t>Date Received</t>
   </si>
   <si>
     <t>Standard or LATE</t>
   </si>
   <si>
     <t xml:space="preserve">Premises Name </t>
   </si>
   <si>
     <t>Premises Address</t>
   </si>
   <si>
     <t>Start Date</t>
   </si>
   <si>
     <t xml:space="preserve">Start Time </t>
   </si>
   <si>
     <t xml:space="preserve">End Date </t>
   </si>
   <si>
     <t xml:space="preserve">End Time </t>
   </si>
   <si>
@@ -3665,60 +3665,114 @@
     <t>Strand On The Green School</t>
   </si>
   <si>
     <t>399, High Street, Brentford, TW8 0DU</t>
   </si>
   <si>
     <t>St. Michael's and All Angels Church Chiswick</t>
   </si>
   <si>
     <t>Elmwood Road, Chiswick, London, W4 3DZ</t>
   </si>
   <si>
     <t>Hounslow Road, Hanworth, Feltham, TW13 6QQ</t>
   </si>
   <si>
     <t>Goi</t>
   </si>
   <si>
     <t>30 Bath Road, Hounslow, TW3 3EB</t>
   </si>
   <si>
     <t xml:space="preserve">Sipsmith Distillery </t>
   </si>
   <si>
     <t xml:space="preserve">83 Cranbrook Road, Chiswick, London, W4 2LJ </t>
+  </si>
+  <si>
+    <t>Takka Tak Banqueting</t>
+  </si>
+  <si>
+    <t>266 - 268, Bath Road, Hounslow, TW4 7DF</t>
+  </si>
+  <si>
+    <t>St Marys  Vicarage Hall</t>
+  </si>
+  <si>
+    <t>Worple primary School</t>
+  </si>
+  <si>
+    <t>Cranford Community College - Concert Hall</t>
+  </si>
+  <si>
+    <t>Power Road Studios - cafe</t>
+  </si>
+  <si>
+    <t>Chiswick, London</t>
+  </si>
+  <si>
+    <t>Kempton steam museum</t>
+  </si>
+  <si>
+    <t>Kempton Park Water Treatment Works, Snakey Lane, TW13 6XH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Corney Reach Way, Chiswick, London, W4 2UG </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Browells Lane, Feltham, TW13 7EF </t>
+  </si>
+  <si>
+    <t>Edward Pauling Primary School</t>
+  </si>
+  <si>
+    <t>Redford Close, Feltham, TW13 4TQ</t>
+  </si>
+  <si>
+    <t>Chiswick Street Market - Outside George VI</t>
+  </si>
+  <si>
+    <t>Carak Chaii</t>
+  </si>
+  <si>
+    <t>750 Bath Road, Hounslow, TW5 9TY</t>
+  </si>
+  <si>
+    <t>St Stephens Church</t>
+  </si>
+  <si>
+    <t>Tudor Park Sports and Leisure</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
   </numFmts>
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="9">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="10.5"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
@@ -3821,91 +3875,91 @@
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <font>
         <color auto="1"/>
       </font>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office 2013 - 2022">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2013 - 2022">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -3967,51 +4021,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2013 - 2022">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -4109,29367 +4163,30082 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{35470CDC-1200-49E5-96F1-619B2C79E206}">
-  <dimension ref="A1:O1922"/>
+  <dimension ref="A1:O1923"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A880" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="A900" sqref="A900"/>
+    <sheetView tabSelected="1" topLeftCell="A917" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="D933" sqref="D933"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="14.54296875" style="2" customWidth="1"/>
+    <col min="1" max="1" width="14.5703125" style="2" customWidth="1"/>
     <col min="2" max="2" width="18" customWidth="1"/>
-    <col min="3" max="3" width="51.26953125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6" max="6" width="11.453125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="51.28515625" customWidth="1"/>
+    <col min="4" max="4" width="75.5703125" customWidth="1"/>
+    <col min="5" max="5" width="12.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="11.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15" customWidth="1"/>
-    <col min="8" max="8" width="16.54296875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="16.5703125" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="74" customWidth="1"/>
-    <col min="10" max="10" width="85.1796875" customWidth="1"/>
-    <col min="11" max="11" width="106.81640625" customWidth="1"/>
+    <col min="10" max="10" width="85.140625" customWidth="1"/>
+    <col min="11" max="11" width="106.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:10" ht="14.25">
       <c r="A1" s="15" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="2" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:10" ht="14.25">
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>11</v>
       </c>
       <c r="E2" s="2">
         <v>45330</v>
       </c>
       <c r="F2" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G2" s="2">
         <v>45331</v>
       </c>
       <c r="H2" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I2" t="s">
         <v>12</v>
       </c>
       <c r="J2" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="3" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:10" ht="14.25">
       <c r="C3" t="s">
         <v>14</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E3" s="2">
         <v>45291</v>
       </c>
       <c r="F3" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G3" s="2">
         <v>45292</v>
       </c>
       <c r="H3" s="1">
         <v>0.125</v>
       </c>
       <c r="I3" t="s">
         <v>16</v>
       </c>
       <c r="J3" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="4" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:10" ht="14.25">
       <c r="C4" t="s">
         <v>17</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>18</v>
       </c>
       <c r="E4" s="2">
         <v>45291</v>
       </c>
       <c r="F4" s="1">
         <v>0.5</v>
       </c>
       <c r="G4" s="2">
         <v>45292</v>
       </c>
       <c r="H4" s="1">
         <v>0.125</v>
       </c>
       <c r="I4" t="s">
         <v>16</v>
       </c>
       <c r="J4" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="5" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:10" ht="14.25">
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="2">
         <v>45301</v>
       </c>
       <c r="F5" s="1">
         <v>0.75</v>
       </c>
       <c r="G5" s="2">
         <v>45301</v>
       </c>
       <c r="H5" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I5" t="s">
         <v>22</v>
       </c>
       <c r="J5" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="6" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:10" ht="14.25">
       <c r="C6" t="s">
         <v>23</v>
       </c>
       <c r="D6" t="s">
         <v>24</v>
       </c>
       <c r="E6" s="2">
         <v>45291</v>
       </c>
       <c r="F6" s="1">
         <v>0.8125</v>
       </c>
       <c r="G6" s="2">
         <v>45292</v>
       </c>
       <c r="H6" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I6" t="s">
         <v>25</v>
       </c>
       <c r="J6" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="7" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:10" ht="14.25">
       <c r="C7" t="s">
         <v>27</v>
       </c>
       <c r="D7" t="s">
         <v>28</v>
       </c>
       <c r="E7" s="2">
         <v>45331</v>
       </c>
       <c r="F7" s="1">
         <v>0.75</v>
       </c>
       <c r="G7" s="2">
         <v>45331</v>
       </c>
       <c r="H7" s="1">
         <v>0.875</v>
       </c>
       <c r="I7" t="s">
         <v>29</v>
       </c>
       <c r="J7" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="8" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:10" ht="14.25">
       <c r="C8" t="s">
         <v>30</v>
       </c>
       <c r="D8" t="s">
         <v>31</v>
       </c>
       <c r="E8" s="2">
         <v>45297</v>
       </c>
       <c r="F8" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G8" s="2">
         <v>45297</v>
       </c>
       <c r="H8" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I8" t="s">
         <v>22</v>
       </c>
       <c r="J8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="9" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:10" ht="14.25">
       <c r="C9" t="s">
         <v>32</v>
       </c>
       <c r="D9" t="s">
         <v>33</v>
       </c>
       <c r="E9" s="2">
         <v>45291</v>
       </c>
       <c r="F9" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="G9" s="2">
         <v>45292</v>
       </c>
       <c r="H9" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I9" t="s">
         <v>22</v>
       </c>
       <c r="J9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="10" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:10" ht="14.25">
       <c r="C10" t="s">
         <v>34</v>
       </c>
       <c r="D10" t="s">
         <v>35</v>
       </c>
       <c r="E10" s="2">
         <v>45319</v>
       </c>
       <c r="F10" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G10" s="2">
         <v>45319</v>
       </c>
       <c r="H10" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I10" t="s">
         <v>29</v>
       </c>
       <c r="J10" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="11" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:10" ht="14.25">
       <c r="C11" t="s">
         <v>36</v>
       </c>
       <c r="D11" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="2">
         <v>45317</v>
       </c>
       <c r="F11" s="1">
         <v>0.75</v>
       </c>
       <c r="G11" s="2">
         <v>45317</v>
       </c>
       <c r="H11" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I11" t="s">
         <v>29</v>
       </c>
       <c r="J11" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="12" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:10" ht="14.25">
       <c r="C12" t="s">
         <v>39</v>
       </c>
       <c r="D12" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="2">
         <v>45312</v>
       </c>
       <c r="F12" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G12" s="2">
         <v>45312</v>
       </c>
       <c r="H12" s="1">
         <v>0.625</v>
       </c>
       <c r="I12" t="s">
         <v>41</v>
       </c>
       <c r="J12" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="13" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:10" ht="14.25">
       <c r="C13" t="s">
         <v>42</v>
       </c>
       <c r="D13" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="2">
         <v>45346</v>
       </c>
       <c r="F13" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G13" s="2">
         <v>45347</v>
       </c>
       <c r="H13" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I13" t="s">
         <v>44</v>
       </c>
       <c r="J13" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="14" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:10" ht="14.25">
       <c r="C14" t="s">
         <v>45</v>
       </c>
       <c r="D14" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="2">
         <v>45367</v>
       </c>
       <c r="F14" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G14" s="2">
         <v>45367</v>
       </c>
       <c r="H14" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I14" t="s">
         <v>47</v>
       </c>
       <c r="J14" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="15" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:10" ht="14.25">
       <c r="C15" t="s">
         <v>49</v>
       </c>
       <c r="D15" t="s">
         <v>50</v>
       </c>
       <c r="E15" s="2">
         <v>45318</v>
       </c>
       <c r="F15" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G15" s="2">
         <v>45318</v>
       </c>
       <c r="H15" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="I15" t="s">
         <v>29</v>
       </c>
       <c r="J15" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="16" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:10" ht="14.25">
       <c r="C16" t="s">
         <v>52</v>
       </c>
       <c r="D16" t="s">
         <v>53</v>
       </c>
       <c r="E16" s="2">
         <v>45316</v>
       </c>
       <c r="F16" s="1">
         <v>0.64583333333333337</v>
       </c>
       <c r="G16" s="2">
         <v>44951</v>
       </c>
       <c r="H16" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="I16" t="s">
         <v>54</v>
       </c>
       <c r="J16" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="17" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="17" spans="3:10" ht="14.25">
       <c r="C17" t="s">
         <v>55</v>
       </c>
       <c r="D17" t="s">
         <v>56</v>
       </c>
       <c r="E17" s="2">
         <v>45318</v>
       </c>
       <c r="F17" s="1">
         <v>0</v>
       </c>
       <c r="G17" s="2">
         <v>45319</v>
       </c>
       <c r="H17" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I17" t="s">
         <v>57</v>
       </c>
       <c r="J17" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="18" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="18" spans="3:10" ht="14.25">
       <c r="C18" t="s">
         <v>59</v>
       </c>
       <c r="D18" t="s">
         <v>56</v>
       </c>
       <c r="E18" s="2">
         <v>45360</v>
       </c>
       <c r="F18" s="1">
         <v>0</v>
       </c>
       <c r="G18" s="2">
         <v>45361</v>
       </c>
       <c r="H18" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I18" t="s">
         <v>57</v>
       </c>
       <c r="J18" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="19" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="19" spans="3:10" ht="14.25">
       <c r="C19" t="s">
         <v>61</v>
       </c>
       <c r="D19" t="s">
         <v>62</v>
       </c>
       <c r="E19" s="2">
         <v>45338</v>
       </c>
       <c r="F19" s="1">
         <v>0</v>
       </c>
       <c r="G19" s="2">
         <v>45339</v>
       </c>
       <c r="H19" s="1">
         <v>0.125</v>
       </c>
       <c r="I19" t="s">
         <v>63</v>
       </c>
       <c r="J19" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="20" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="20" spans="3:10" ht="14.25">
       <c r="C20" t="s">
         <v>65</v>
       </c>
       <c r="D20" t="s">
         <v>62</v>
       </c>
       <c r="E20" s="2">
         <v>45367</v>
       </c>
       <c r="F20" s="1">
         <v>0</v>
       </c>
       <c r="G20" s="2">
         <v>45368</v>
       </c>
       <c r="H20" s="1">
         <v>0.125</v>
       </c>
       <c r="I20" t="s">
         <v>54</v>
       </c>
       <c r="J20" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="21" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="21" spans="3:10" ht="14.25">
       <c r="C21" t="s">
         <v>30</v>
       </c>
       <c r="D21" t="s">
         <v>66</v>
       </c>
       <c r="E21" s="2">
         <v>45332</v>
       </c>
       <c r="F21" s="1">
         <v>0.625</v>
       </c>
       <c r="G21" s="2">
         <v>45333</v>
       </c>
       <c r="H21" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I21" t="s">
         <v>67</v>
       </c>
       <c r="J21" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="22" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="22" spans="3:10" ht="14.25">
       <c r="C22" t="s">
         <v>69</v>
       </c>
       <c r="D22" t="s">
         <v>70</v>
       </c>
       <c r="E22" s="2">
         <v>45333</v>
       </c>
       <c r="F22" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G22" s="2">
         <v>45334</v>
       </c>
       <c r="H22" s="1">
         <v>0.375</v>
       </c>
       <c r="I22" t="s">
         <v>71</v>
       </c>
       <c r="J22" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="23" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="23" spans="3:10" ht="14.25">
       <c r="C23" t="s">
         <v>72</v>
       </c>
       <c r="D23" t="s">
         <v>73</v>
       </c>
       <c r="E23" s="2">
         <v>45332</v>
       </c>
       <c r="F23" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G23" s="2">
         <v>45332</v>
       </c>
       <c r="H23" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I23" t="s">
         <v>54</v>
       </c>
       <c r="J23" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="24" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="24" spans="3:10" ht="14.25">
       <c r="C24" t="s">
         <v>72</v>
       </c>
       <c r="D24" t="s">
         <v>73</v>
       </c>
       <c r="E24" s="2">
         <v>45339</v>
       </c>
       <c r="F24" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G24" s="2">
         <v>45339</v>
       </c>
       <c r="H24" s="1">
         <v>0</v>
       </c>
       <c r="I24" t="s">
         <v>54</v>
       </c>
       <c r="J24" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="25" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="25" spans="3:10" ht="14.25">
       <c r="C25" t="s">
         <v>72</v>
       </c>
       <c r="D25" t="s">
         <v>73</v>
       </c>
       <c r="E25" s="2">
         <v>45336</v>
       </c>
       <c r="F25" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G25" s="2">
         <v>45336</v>
       </c>
       <c r="H25" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I25" t="s">
         <v>54</v>
       </c>
       <c r="J25" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="26" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="26" spans="3:10" ht="14.25">
       <c r="C26" t="s">
         <v>72</v>
       </c>
       <c r="D26" t="s">
         <v>73</v>
       </c>
       <c r="E26" s="2">
         <v>45402</v>
       </c>
       <c r="F26" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G26" s="2">
         <v>45402</v>
       </c>
       <c r="H26" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I26" t="s">
         <v>54</v>
       </c>
       <c r="J26" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="27" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="27" spans="3:10" ht="14.25">
       <c r="C27" t="s">
         <v>72</v>
       </c>
       <c r="D27" t="s">
         <v>73</v>
       </c>
       <c r="E27" s="2">
         <v>45433</v>
       </c>
       <c r="F27" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G27" s="2">
         <v>45433</v>
       </c>
       <c r="H27" s="1">
         <v>0</v>
       </c>
       <c r="I27" t="s">
         <v>74</v>
       </c>
       <c r="J27" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="28" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="28" spans="3:10" ht="14.25">
       <c r="C28" t="s">
         <v>75</v>
       </c>
       <c r="D28" t="s">
         <v>76</v>
       </c>
       <c r="E28" s="2">
         <v>45542</v>
       </c>
       <c r="F28" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G28" s="2">
         <v>45542</v>
       </c>
       <c r="H28" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I28" t="s">
         <v>29</v>
       </c>
       <c r="J28" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="29" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="29" spans="3:10" ht="14.25">
       <c r="C29" t="s">
         <v>77</v>
       </c>
       <c r="D29" t="s">
         <v>78</v>
       </c>
       <c r="E29" s="2">
         <v>45329</v>
       </c>
       <c r="F29" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G29" s="2">
         <v>45329</v>
       </c>
       <c r="H29" s="1">
         <v>0.875</v>
       </c>
       <c r="I29" t="s">
         <v>79</v>
       </c>
       <c r="J29" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="30" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="30" spans="3:10" ht="14.25">
       <c r="C30" t="s">
         <v>80</v>
       </c>
       <c r="D30" t="s">
         <v>81</v>
       </c>
       <c r="E30" s="2">
         <v>45339</v>
       </c>
       <c r="F30" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G30" s="2">
         <v>45339</v>
       </c>
       <c r="H30" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="I30" t="s">
         <v>82</v>
       </c>
       <c r="J30" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="31" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="31" spans="3:10" ht="14.25">
       <c r="C31" t="s">
         <v>83</v>
       </c>
       <c r="D31" t="s">
         <v>84</v>
       </c>
       <c r="E31" s="2">
         <v>45359</v>
       </c>
       <c r="F31" s="1">
         <v>0.625</v>
       </c>
       <c r="G31" s="2">
         <v>45360</v>
       </c>
       <c r="H31" s="1">
         <v>0.9375</v>
       </c>
       <c r="I31" t="s">
         <v>79</v>
       </c>
       <c r="J31" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="32" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="32" spans="3:10" ht="14.25">
       <c r="C32" t="s">
         <v>85</v>
       </c>
       <c r="D32" t="s">
         <v>86</v>
       </c>
       <c r="E32" s="2">
         <v>45339</v>
       </c>
       <c r="F32" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G32" s="2">
         <v>45340</v>
       </c>
       <c r="H32" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I32" t="s">
         <v>87</v>
       </c>
       <c r="J32" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="33" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="33" spans="3:10" ht="14.25">
       <c r="C33" t="s">
         <v>88</v>
       </c>
       <c r="D33" t="s">
         <v>89</v>
       </c>
       <c r="E33" s="2">
         <v>45351</v>
       </c>
       <c r="F33" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G33" s="2">
         <v>45351</v>
       </c>
       <c r="H33" s="1">
         <v>0.9375</v>
       </c>
       <c r="I33" t="s">
         <v>29</v>
       </c>
       <c r="J33" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="34" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="34" spans="3:10" ht="14.25">
       <c r="C34" t="s">
         <v>88</v>
       </c>
       <c r="D34" t="s">
         <v>89</v>
       </c>
       <c r="E34" s="2">
         <v>45369</v>
       </c>
       <c r="F34" s="1">
         <v>0.75</v>
       </c>
       <c r="G34" s="2">
         <v>45369</v>
       </c>
       <c r="H34" s="1">
         <v>0.89583333333333337</v>
       </c>
       <c r="I34" t="s">
         <v>22</v>
       </c>
       <c r="J34" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="35" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="35" spans="3:10" ht="14.25">
       <c r="C35" t="s">
         <v>90</v>
       </c>
       <c r="D35" t="s">
         <v>91</v>
       </c>
       <c r="E35" s="2">
         <v>45339</v>
       </c>
       <c r="F35" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G35" s="2">
         <v>45339</v>
       </c>
       <c r="H35" s="1">
         <v>0.89583333333333337</v>
       </c>
       <c r="I35" t="s">
         <v>22</v>
       </c>
       <c r="J35" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="36" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="36" spans="3:10" ht="14.25">
       <c r="C36" t="s">
         <v>45</v>
       </c>
       <c r="D36" t="s">
         <v>92</v>
       </c>
       <c r="E36" s="2">
         <v>45367</v>
       </c>
       <c r="F36" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G36" s="2">
         <v>45367</v>
       </c>
       <c r="H36" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I36" t="s">
         <v>29</v>
       </c>
       <c r="J36" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="37" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="37" spans="3:10" ht="14.25">
       <c r="C37" t="s">
         <v>93</v>
       </c>
       <c r="D37" t="s">
         <v>94</v>
       </c>
       <c r="E37" s="2">
         <v>45381</v>
       </c>
       <c r="F37" s="1">
         <v>0.47916666666666669</v>
       </c>
       <c r="G37" s="2">
         <v>45381</v>
       </c>
       <c r="H37" s="1">
         <v>0.75</v>
       </c>
       <c r="I37" t="s">
         <v>41</v>
       </c>
       <c r="J37" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="38" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="38" spans="3:10" ht="14.25">
       <c r="C38" t="s">
         <v>39</v>
       </c>
       <c r="D38" t="s">
         <v>95</v>
       </c>
       <c r="E38" s="2">
         <v>45340</v>
       </c>
       <c r="F38" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G38" s="2">
         <v>45340</v>
       </c>
       <c r="H38" s="1">
         <v>0.625</v>
       </c>
       <c r="I38" t="s">
         <v>41</v>
       </c>
       <c r="J38" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="39" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="39" spans="3:10" ht="14.25">
       <c r="C39" t="s">
         <v>97</v>
       </c>
       <c r="D39" t="s">
         <v>98</v>
       </c>
       <c r="E39" s="2">
         <v>45346</v>
       </c>
       <c r="F39" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G39" s="2">
         <v>45346</v>
       </c>
       <c r="H39" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I39" t="s">
         <v>29</v>
       </c>
       <c r="J39" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="40" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="40" spans="3:10" ht="14.25">
       <c r="C40" t="s">
         <v>59</v>
       </c>
       <c r="D40" t="s">
         <v>56</v>
       </c>
       <c r="E40" s="2">
         <v>45368</v>
       </c>
       <c r="F40" s="1">
         <v>0.9375</v>
       </c>
       <c r="G40" s="2">
         <v>45368</v>
       </c>
       <c r="H40" s="1">
         <v>0</v>
       </c>
       <c r="I40" t="s">
         <v>99</v>
       </c>
       <c r="J40" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="41" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="41" spans="3:10" ht="14.25">
       <c r="C41" t="s">
         <v>100</v>
       </c>
       <c r="D41" t="s">
         <v>101</v>
       </c>
       <c r="E41" s="2">
         <v>45353</v>
       </c>
       <c r="F41" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G41" s="2">
         <v>45353</v>
       </c>
       <c r="H41" s="1">
         <v>0</v>
       </c>
       <c r="I41" t="s">
         <v>87</v>
       </c>
       <c r="J41" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="42" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="42" spans="3:10" ht="14.25">
       <c r="C42" t="s">
         <v>103</v>
       </c>
       <c r="D42" t="s">
         <v>104</v>
       </c>
       <c r="E42" s="2">
         <v>45374</v>
       </c>
       <c r="F42" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G42" s="2">
         <v>45374</v>
       </c>
       <c r="H42" s="1">
         <v>0.9375</v>
       </c>
       <c r="I42" t="s">
         <v>22</v>
       </c>
       <c r="J42" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="43" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="43" spans="3:10" ht="14.25">
       <c r="C43" t="s">
         <v>75</v>
       </c>
       <c r="D43" t="s">
         <v>105</v>
       </c>
       <c r="E43" s="2">
         <v>45395</v>
       </c>
       <c r="F43" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G43" s="2">
         <v>45395</v>
       </c>
       <c r="H43" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="I43" t="s">
         <v>106</v>
       </c>
       <c r="J43" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="44" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="44" spans="3:10" ht="14.25">
       <c r="C44" t="s">
         <v>107</v>
       </c>
       <c r="D44" t="s">
         <v>108</v>
       </c>
       <c r="E44" s="2">
         <v>45374</v>
       </c>
       <c r="F44" s="1">
         <v>0.75</v>
       </c>
       <c r="G44" s="2">
         <v>45345</v>
       </c>
       <c r="H44" s="1">
         <v>0.9375</v>
       </c>
       <c r="I44" t="s">
         <v>109</v>
       </c>
       <c r="J44" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="45" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="45" spans="3:10" ht="14.25">
       <c r="C45" t="s">
         <v>49</v>
       </c>
       <c r="D45" t="s">
         <v>110</v>
       </c>
       <c r="E45" s="2">
         <v>45366</v>
       </c>
       <c r="F45" s="1">
         <v>0.8125</v>
       </c>
       <c r="G45" s="2">
         <v>45366</v>
       </c>
       <c r="H45" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I45" t="s">
         <v>29</v>
       </c>
       <c r="J45" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="46" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="46" spans="3:10" ht="14.25">
       <c r="C46" t="s">
         <v>111</v>
       </c>
       <c r="D46" t="s">
         <v>112</v>
       </c>
       <c r="E46" s="2">
         <v>45399</v>
       </c>
       <c r="F46" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G46" s="2">
         <v>45402</v>
       </c>
       <c r="H46" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I46" t="s">
         <v>54</v>
       </c>
       <c r="J46" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="47" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="47" spans="3:10" ht="14.25">
       <c r="C47" t="s">
         <v>113</v>
       </c>
       <c r="D47" t="s">
         <v>114</v>
       </c>
       <c r="E47" s="2">
         <v>45359</v>
       </c>
       <c r="F47" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G47" s="2">
         <v>45359</v>
       </c>
       <c r="H47" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I47" t="s">
         <v>29</v>
       </c>
       <c r="J47" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="48" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="48" spans="3:10" ht="14.25">
       <c r="C48" t="s">
         <v>115</v>
       </c>
       <c r="D48" t="s">
         <v>114</v>
       </c>
       <c r="E48" s="2">
         <v>45375</v>
       </c>
       <c r="F48" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G48" s="2">
         <v>45375</v>
       </c>
       <c r="H48" s="1">
         <v>0.625</v>
       </c>
       <c r="I48" t="s">
         <v>29</v>
       </c>
       <c r="J48" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="49" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="49" spans="3:10" ht="14.25">
       <c r="C49" t="s">
         <v>116</v>
       </c>
       <c r="D49" t="s">
         <v>117</v>
       </c>
       <c r="E49" s="2">
         <v>45388</v>
       </c>
       <c r="F49" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G49" s="2">
         <v>45389</v>
       </c>
       <c r="H49" s="1">
         <v>0.20833333333333334</v>
       </c>
       <c r="I49" t="s">
         <v>109</v>
       </c>
       <c r="J49" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="50" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="50" spans="3:10" ht="14.25">
       <c r="C50" t="s">
         <v>118</v>
       </c>
       <c r="D50" t="s">
         <v>119</v>
       </c>
       <c r="E50" s="2">
         <v>45367</v>
       </c>
       <c r="F50" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G50" s="2">
         <v>45367</v>
       </c>
       <c r="H50" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I50" t="s">
         <v>120</v>
       </c>
       <c r="J50" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="51" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="51" spans="3:10" ht="14.25">
       <c r="C51" t="s">
         <v>121</v>
       </c>
       <c r="D51" t="s">
         <v>122</v>
       </c>
       <c r="E51" s="2">
         <v>45359</v>
       </c>
       <c r="F51" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G51" s="2">
         <v>45361</v>
       </c>
       <c r="H51" s="1">
         <v>0.10416666666666667</v>
       </c>
       <c r="I51" t="s">
         <v>123</v>
       </c>
       <c r="J51" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="52" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="52" spans="3:10" ht="14.25">
       <c r="C52" t="s">
         <v>39</v>
       </c>
       <c r="D52" t="s">
         <v>95</v>
       </c>
       <c r="E52" s="2">
         <v>45368</v>
       </c>
       <c r="F52" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G52" s="2">
         <v>45368</v>
       </c>
       <c r="H52" s="1">
         <v>0.625</v>
       </c>
       <c r="I52" t="s">
         <v>41</v>
       </c>
       <c r="J52" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="53" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="53" spans="3:10" ht="14.25">
       <c r="C53" t="s">
         <v>124</v>
       </c>
       <c r="D53" t="s">
         <v>125</v>
       </c>
       <c r="E53" s="2">
         <v>45373</v>
       </c>
       <c r="F53" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G53" s="2">
         <v>45373</v>
       </c>
       <c r="H53" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I53" t="s">
         <v>126</v>
       </c>
       <c r="J53" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="54" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="54" spans="3:10" ht="14.25">
       <c r="C54" t="s">
         <v>107</v>
       </c>
       <c r="D54" t="s">
         <v>108</v>
       </c>
       <c r="E54" s="2">
         <v>45368</v>
       </c>
       <c r="F54" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G54" s="2">
         <v>45368</v>
       </c>
       <c r="H54" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I54" t="s">
         <v>47</v>
       </c>
       <c r="J54" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="55" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="55" spans="3:10" ht="14.25">
       <c r="C55" t="s">
         <v>34</v>
       </c>
       <c r="D55" t="s">
         <v>128</v>
       </c>
       <c r="E55" s="2">
         <v>45374</v>
       </c>
       <c r="F55" s="1">
         <v>0.75</v>
       </c>
       <c r="G55" s="2">
         <v>45374</v>
       </c>
       <c r="H55" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I55" t="s">
         <v>22</v>
       </c>
       <c r="J55" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="56" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="56" spans="3:10" ht="14.25">
       <c r="C56" t="s">
         <v>129</v>
       </c>
       <c r="D56" t="s">
         <v>130</v>
       </c>
       <c r="E56" s="2">
         <v>45363</v>
       </c>
       <c r="F56" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G56" s="2">
         <v>45364</v>
       </c>
       <c r="H56" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I56" t="s">
         <v>131</v>
       </c>
       <c r="J56" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="57" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="57" spans="3:10" ht="14.25">
       <c r="C57" t="s">
         <v>132</v>
       </c>
       <c r="D57" t="s">
         <v>43</v>
       </c>
       <c r="E57" s="2">
         <v>45443</v>
       </c>
       <c r="F57" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G57" s="2">
         <v>45383</v>
       </c>
       <c r="H57" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I57" t="s">
         <v>44</v>
       </c>
       <c r="J57" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="58" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="58" spans="3:10" ht="14.25">
       <c r="C58" t="s">
         <v>133</v>
       </c>
       <c r="D58" t="s">
         <v>134</v>
       </c>
       <c r="E58" s="2">
         <v>45366</v>
       </c>
       <c r="F58" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G58" s="2">
         <v>45367</v>
       </c>
       <c r="H58" s="1">
         <v>0.10416666666666667</v>
       </c>
       <c r="I58" t="s">
         <v>16</v>
       </c>
       <c r="J58" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="59" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="59" spans="3:10" ht="14.25">
       <c r="C59" t="s">
         <v>133</v>
       </c>
       <c r="D59" t="s">
         <v>134</v>
       </c>
       <c r="E59" s="2">
         <v>45373</v>
       </c>
       <c r="F59" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G59" s="2">
         <v>45373</v>
       </c>
       <c r="H59" s="1">
         <v>0.10416666666666667</v>
       </c>
       <c r="I59" t="s">
         <v>16</v>
       </c>
       <c r="J59" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="60" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="60" spans="3:10" ht="14.25">
       <c r="C60" t="s">
         <v>133</v>
       </c>
       <c r="D60" t="s">
         <v>134</v>
       </c>
       <c r="E60" s="2">
         <v>45380</v>
       </c>
       <c r="F60" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G60" s="2">
         <v>45381</v>
       </c>
       <c r="H60" s="1">
         <v>0.10416666666666667</v>
       </c>
       <c r="I60" t="s">
         <v>16</v>
       </c>
       <c r="J60" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="61" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="61" spans="3:10" ht="14.25">
       <c r="C61" t="s">
         <v>118</v>
       </c>
       <c r="D61" t="s">
         <v>136</v>
       </c>
       <c r="E61" s="2">
         <v>45410</v>
       </c>
       <c r="F61" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G61" s="2">
         <v>45410</v>
       </c>
       <c r="H61" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I61" t="s">
         <v>22</v>
       </c>
       <c r="J61" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="62" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="62" spans="3:10" ht="14.25">
       <c r="C62" t="s">
         <v>85</v>
       </c>
       <c r="D62" t="s">
         <v>86</v>
       </c>
       <c r="E62" s="2">
         <v>45367</v>
       </c>
       <c r="F62" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G62" s="2">
         <v>45368</v>
       </c>
       <c r="H62" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I62" t="s">
         <v>87</v>
       </c>
       <c r="J62" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="63" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="63" spans="3:10" ht="14.25">
       <c r="C63" t="s">
         <v>85</v>
       </c>
       <c r="D63" t="s">
         <v>86</v>
       </c>
       <c r="E63" s="2">
         <v>45395</v>
       </c>
       <c r="F63" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G63" s="2">
         <v>45395</v>
       </c>
       <c r="H63" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I63" t="s">
         <v>22</v>
       </c>
       <c r="J63" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="64" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="64" spans="3:10" ht="14.25">
       <c r="C64" t="s">
         <v>137</v>
       </c>
       <c r="D64" t="s">
         <v>138</v>
       </c>
       <c r="E64" s="2">
         <v>45375</v>
       </c>
       <c r="F64" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G64" s="2">
         <v>45375</v>
       </c>
       <c r="H64" s="1">
         <v>0.625</v>
       </c>
       <c r="I64" t="s">
         <v>22</v>
       </c>
       <c r="J64" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="65" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="65" spans="3:10" ht="14.25">
       <c r="C65" t="s">
         <v>139</v>
       </c>
       <c r="D65" t="s">
         <v>140</v>
       </c>
       <c r="E65" s="2">
         <v>45375</v>
       </c>
       <c r="F65" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G65" s="2">
         <v>45375</v>
       </c>
       <c r="H65" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I65" t="s">
         <v>22</v>
       </c>
       <c r="J65" t="s">
         <v>141</v>
       </c>
     </row>
-    <row r="66" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="66" spans="3:10" ht="14.25">
       <c r="C66" t="s">
         <v>142</v>
       </c>
       <c r="D66" t="s">
         <v>143</v>
       </c>
       <c r="E66" s="2">
         <v>45381</v>
       </c>
       <c r="F66" s="1">
         <v>0.5</v>
       </c>
       <c r="G66" s="2">
         <v>45381</v>
       </c>
       <c r="H66" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I66" t="s">
         <v>29</v>
       </c>
       <c r="J66" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="67" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="67" spans="3:10" ht="14.25">
       <c r="C67" t="s">
         <v>144</v>
       </c>
       <c r="D67" t="s">
         <v>145</v>
       </c>
       <c r="E67" s="2">
         <v>45380</v>
       </c>
       <c r="F67" s="1">
         <v>0.29166666666666669</v>
       </c>
       <c r="G67" s="2">
         <v>45380</v>
       </c>
       <c r="H67" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I67" t="s">
         <v>146</v>
       </c>
       <c r="J67" t="s">
         <v>147</v>
       </c>
     </row>
-    <row r="68" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="68" spans="3:10" ht="14.25">
       <c r="C68" t="s">
         <v>148</v>
       </c>
       <c r="D68" t="s">
         <v>149</v>
       </c>
       <c r="E68" s="2">
         <v>45373</v>
       </c>
       <c r="F68" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G68" s="2">
         <v>45374</v>
       </c>
       <c r="H68" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I68" t="s">
         <v>22</v>
       </c>
       <c r="J68" t="s">
         <v>150</v>
       </c>
     </row>
-    <row r="69" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="69" spans="3:10" ht="14.25">
       <c r="C69" t="s">
         <v>148</v>
       </c>
       <c r="D69" t="s">
         <v>151</v>
       </c>
       <c r="E69" s="2">
         <v>45381</v>
       </c>
       <c r="F69" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G69" s="2">
         <v>45382</v>
       </c>
       <c r="H69" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I69" t="s">
         <v>22</v>
       </c>
       <c r="J69" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="70" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="70" spans="3:10" ht="14.25">
       <c r="C70" t="s">
         <v>152</v>
       </c>
       <c r="D70" t="s">
         <v>153</v>
       </c>
       <c r="E70" s="2">
         <v>45367</v>
       </c>
       <c r="F70" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="G70" s="2">
         <v>45368</v>
       </c>
       <c r="H70" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I70" t="s">
         <v>22</v>
       </c>
       <c r="J70" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="71" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="71" spans="3:10" ht="14.25">
       <c r="C71" t="s">
         <v>154</v>
       </c>
       <c r="D71" t="s">
         <v>73</v>
       </c>
       <c r="E71" s="2">
         <v>45367</v>
       </c>
       <c r="F71" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G71" s="2">
         <v>45367</v>
       </c>
       <c r="H71" s="1">
         <v>0</v>
       </c>
       <c r="I71" t="s">
         <v>29</v>
       </c>
       <c r="J71" t="s">
         <v>155</v>
       </c>
     </row>
-    <row r="72" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="72" spans="3:10" ht="14.25">
       <c r="C72" t="s">
         <v>156</v>
       </c>
       <c r="D72" t="s">
         <v>157</v>
       </c>
       <c r="E72" s="2">
         <v>45492</v>
       </c>
       <c r="F72" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G72" s="2">
         <v>45494</v>
       </c>
       <c r="H72" s="1">
         <v>0</v>
       </c>
       <c r="I72" t="s">
         <v>22</v>
       </c>
       <c r="J72" t="s">
         <v>158</v>
       </c>
     </row>
-    <row r="73" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="73" spans="3:10" ht="14.25">
       <c r="C73" t="s">
         <v>159</v>
       </c>
       <c r="D73" t="s">
         <v>160</v>
       </c>
       <c r="E73" s="2">
         <v>45369</v>
       </c>
       <c r="F73" s="1">
         <v>0.73958333333333337</v>
       </c>
       <c r="G73" s="2">
         <v>45369</v>
       </c>
       <c r="H73" s="1">
         <v>0.86458333333333337</v>
       </c>
       <c r="I73" t="s">
         <v>79</v>
       </c>
       <c r="J73" t="s">
         <v>155</v>
       </c>
     </row>
-    <row r="74" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="74" spans="3:10" ht="14.25">
       <c r="C74" t="s">
         <v>161</v>
       </c>
       <c r="D74" t="s">
         <v>162</v>
       </c>
       <c r="E74" s="2">
         <v>45372</v>
       </c>
       <c r="F74" s="1">
         <v>0.65625</v>
       </c>
       <c r="G74" s="2">
         <v>45372</v>
       </c>
       <c r="H74" s="6">
         <v>0.8125</v>
       </c>
       <c r="I74" t="s">
         <v>29</v>
       </c>
       <c r="J74" t="s">
         <v>155</v>
       </c>
     </row>
-    <row r="75" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="75" spans="3:10" ht="14.25">
       <c r="C75" t="s">
         <v>129</v>
       </c>
       <c r="D75" t="s">
         <v>130</v>
       </c>
       <c r="E75" s="2">
         <v>45372</v>
       </c>
       <c r="F75" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G75" s="2">
         <v>45376</v>
       </c>
       <c r="H75" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I75" t="s">
         <v>123</v>
       </c>
       <c r="J75" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="76" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="76" spans="3:10" ht="14.25">
       <c r="C76" t="s">
         <v>163</v>
       </c>
       <c r="D76" t="s">
         <v>164</v>
       </c>
       <c r="E76" s="2">
         <v>45374</v>
       </c>
       <c r="F76" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G76" s="2">
         <v>45374</v>
       </c>
       <c r="H76" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I76" t="s">
         <v>109</v>
       </c>
       <c r="J76" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="77" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="77" spans="3:10" ht="14.25">
       <c r="C77" t="s">
         <v>165</v>
       </c>
       <c r="D77" t="s">
         <v>166</v>
       </c>
       <c r="E77" s="2">
         <v>45387</v>
       </c>
       <c r="F77" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G77" s="2">
         <v>45388</v>
       </c>
       <c r="H77" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I77" t="s">
         <v>79</v>
       </c>
       <c r="J77" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="78" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="78" spans="3:10" ht="14.25">
       <c r="C78" t="s">
         <v>167</v>
       </c>
       <c r="D78" t="s">
         <v>168</v>
       </c>
       <c r="E78" s="2">
         <v>45387</v>
       </c>
       <c r="F78" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G78" s="2">
         <v>45387</v>
       </c>
       <c r="H78" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I78" t="s">
         <v>169</v>
       </c>
       <c r="J78" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="79" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="79" spans="3:10" ht="14.25">
       <c r="C79" t="s">
         <v>170</v>
       </c>
       <c r="D79" t="s">
         <v>171</v>
       </c>
       <c r="E79" s="2">
         <v>45382</v>
       </c>
       <c r="F79" s="1">
         <v>0.75</v>
       </c>
       <c r="G79" s="2">
         <v>45383</v>
       </c>
       <c r="H79" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I79" t="s">
         <v>172</v>
       </c>
       <c r="J79" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="80" spans="3:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="80" spans="3:10" ht="14.25">
       <c r="C80" t="s">
         <v>100</v>
       </c>
       <c r="D80" t="s">
         <v>15</v>
       </c>
       <c r="E80" s="2">
         <v>45388</v>
       </c>
       <c r="F80" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G80" s="2">
         <v>45389</v>
       </c>
       <c r="H80" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I80" t="s">
         <v>173</v>
       </c>
       <c r="J80" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="81" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="81" spans="1:10" ht="14.25">
       <c r="C81" t="s">
         <v>174</v>
       </c>
       <c r="D81" t="s">
         <v>175</v>
       </c>
       <c r="E81" s="2">
         <v>45389</v>
       </c>
       <c r="F81" s="1">
         <v>0.33333333333333331</v>
       </c>
       <c r="G81" s="2">
         <v>45389</v>
       </c>
       <c r="H81" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I81" t="s">
         <v>29</v>
       </c>
       <c r="J81" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="82" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="82" spans="1:10" ht="14.25">
       <c r="C82" t="s">
         <v>176</v>
       </c>
       <c r="D82" t="s">
         <v>177</v>
       </c>
       <c r="E82" s="2">
         <v>45479</v>
       </c>
       <c r="F82" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G82" s="2">
         <v>45479</v>
       </c>
       <c r="H82" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I82" t="s">
         <v>178</v>
       </c>
       <c r="J82" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="83" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="83" spans="1:10" ht="14.25">
       <c r="C83" t="s">
         <v>179</v>
       </c>
       <c r="D83" t="s">
         <v>180</v>
       </c>
       <c r="E83" s="2">
         <v>45389</v>
       </c>
       <c r="F83" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G83" s="2">
         <v>45389</v>
       </c>
       <c r="H83" s="1">
         <v>0.54166666666666663</v>
       </c>
       <c r="I83" t="s">
         <v>109</v>
       </c>
       <c r="J83" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="84" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="84" spans="1:10" ht="14.25">
       <c r="C84" s="4" t="s">
         <v>181</v>
       </c>
       <c r="D84" t="s">
         <v>182</v>
       </c>
       <c r="E84" s="2">
         <v>45395</v>
       </c>
       <c r="F84" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G84" s="2">
         <v>45395</v>
       </c>
       <c r="H84" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I84" t="s">
         <v>169</v>
       </c>
       <c r="J84" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="85" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="85" spans="1:10" ht="14.25">
       <c r="C85" s="4" t="s">
         <v>181</v>
       </c>
       <c r="D85" t="s">
         <v>182</v>
       </c>
       <c r="E85" s="2">
         <v>45402</v>
       </c>
       <c r="F85" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G85" s="2">
         <v>45402</v>
       </c>
       <c r="H85" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I85" t="s">
         <v>169</v>
       </c>
       <c r="J85" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="86" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="86" spans="1:10" ht="14.25">
       <c r="C86" s="4" t="s">
         <v>181</v>
       </c>
       <c r="D86" t="s">
         <v>182</v>
       </c>
       <c r="E86" s="2">
         <v>45437</v>
       </c>
       <c r="F86" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G86" s="2">
         <v>45437</v>
       </c>
       <c r="H86" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I86" t="s">
         <v>169</v>
       </c>
       <c r="J86" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="87" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="87" spans="1:10" ht="14.25">
       <c r="C87" s="4" t="s">
         <v>181</v>
       </c>
       <c r="D87" t="s">
         <v>182</v>
       </c>
       <c r="E87" s="2">
         <v>45493</v>
       </c>
       <c r="F87" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G87" s="2">
         <v>45493</v>
       </c>
       <c r="H87" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I87" t="s">
         <v>169</v>
       </c>
       <c r="J87" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="88" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="88" spans="1:10" ht="14.25">
       <c r="C88" t="s">
         <v>85</v>
       </c>
       <c r="D88" t="s">
         <v>183</v>
       </c>
       <c r="E88" s="2">
         <v>45388</v>
       </c>
       <c r="F88" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G88" s="2">
         <v>45389</v>
       </c>
       <c r="H88" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I88" t="s">
         <v>184</v>
       </c>
       <c r="J88" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="89" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="89" spans="1:10" ht="14.25">
       <c r="C89" t="s">
         <v>185</v>
       </c>
       <c r="D89" t="s">
         <v>186</v>
       </c>
       <c r="E89" s="2">
         <v>45388</v>
       </c>
       <c r="F89" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G89" s="2">
         <v>45388</v>
       </c>
       <c r="H89" s="1">
         <v>0.625</v>
       </c>
       <c r="I89" t="s">
         <v>187</v>
       </c>
       <c r="J89" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="90" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="90" spans="1:10" ht="14.25">
       <c r="C90" t="s">
         <v>188</v>
       </c>
       <c r="D90" s="20" t="s">
         <v>189</v>
       </c>
       <c r="E90" s="2">
         <v>45402</v>
       </c>
       <c r="F90" s="1">
         <v>0.625</v>
       </c>
       <c r="G90" s="2">
         <v>45403</v>
       </c>
       <c r="H90" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I90" t="s">
         <v>190</v>
       </c>
       <c r="J90" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="91" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="91" spans="1:10" ht="14.25">
       <c r="C91" t="s">
         <v>191</v>
       </c>
       <c r="D91" t="s">
         <v>192</v>
       </c>
       <c r="E91" s="2">
         <v>45409</v>
       </c>
       <c r="F91" s="1">
         <v>0.625</v>
       </c>
       <c r="G91" s="2">
         <v>45409</v>
       </c>
       <c r="H91" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I91" t="s">
         <v>79</v>
       </c>
       <c r="J91" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="92" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="92" spans="1:10" ht="14.25">
       <c r="C92" t="s">
         <v>191</v>
       </c>
       <c r="D92" t="s">
         <v>192</v>
       </c>
       <c r="E92" s="2">
         <v>45472</v>
       </c>
       <c r="F92" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G92" s="2">
         <v>45472</v>
       </c>
       <c r="H92" s="1">
         <v>0.75</v>
       </c>
       <c r="I92" t="s">
         <v>79</v>
       </c>
       <c r="J92" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="93" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="93" spans="1:10" ht="14.25">
       <c r="A93" s="8">
         <v>45385</v>
       </c>
       <c r="B93" t="s">
         <v>193</v>
       </c>
       <c r="C93" t="s">
         <v>194</v>
       </c>
       <c r="D93" t="s">
         <v>195</v>
       </c>
       <c r="E93" s="2">
         <v>45394</v>
       </c>
       <c r="F93" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G93" s="2">
         <v>45395</v>
       </c>
       <c r="H93" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I93" t="s">
         <v>187</v>
       </c>
       <c r="J93" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="94" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="94" spans="1:10" ht="14.25">
       <c r="A94" s="8">
         <v>45385</v>
       </c>
       <c r="B94" t="s">
         <v>196</v>
       </c>
       <c r="C94" t="s">
         <v>197</v>
       </c>
       <c r="D94" t="s">
         <v>195</v>
       </c>
       <c r="E94" s="2">
         <v>45400</v>
       </c>
       <c r="F94" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G94" s="2">
         <v>45402</v>
       </c>
       <c r="H94" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I94" t="s">
         <v>187</v>
       </c>
       <c r="J94" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="95" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="95" spans="1:10" ht="14.25">
       <c r="A95" s="8">
         <v>45385</v>
       </c>
       <c r="B95" t="s">
         <v>196</v>
       </c>
       <c r="C95" t="s">
         <v>197</v>
       </c>
       <c r="D95" t="s">
         <v>195</v>
       </c>
       <c r="E95" s="2">
         <v>45408</v>
       </c>
       <c r="F95" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G95" s="2">
         <v>45409</v>
       </c>
       <c r="H95" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I95" t="s">
         <v>187</v>
       </c>
       <c r="J95" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="96" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="96" spans="1:10" ht="14.25">
       <c r="A96" s="8">
         <v>45386</v>
       </c>
       <c r="B96" t="s">
         <v>196</v>
       </c>
       <c r="C96" t="s">
         <v>42</v>
       </c>
       <c r="D96" t="s">
         <v>198</v>
       </c>
       <c r="E96" s="2">
         <v>45395</v>
       </c>
       <c r="F96" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G96" s="2">
         <v>45396</v>
       </c>
       <c r="H96" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I96" t="s">
         <v>199</v>
       </c>
       <c r="J96" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="97" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="97" spans="1:10" ht="14.25">
       <c r="A97" s="8">
         <v>45386</v>
       </c>
       <c r="B97" t="s">
         <v>196</v>
       </c>
       <c r="C97" t="s">
         <v>139</v>
       </c>
       <c r="D97" t="s">
         <v>200</v>
       </c>
       <c r="E97" s="2">
         <v>45403</v>
       </c>
       <c r="F97" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G97" s="2">
         <v>45403</v>
       </c>
       <c r="H97" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I97" t="s">
         <v>120</v>
       </c>
       <c r="J97" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="98" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="98" spans="1:10" ht="14.25">
       <c r="A98" s="8">
         <v>45390</v>
       </c>
       <c r="B98" t="s">
         <v>196</v>
       </c>
       <c r="C98" t="s">
         <v>201</v>
       </c>
       <c r="D98" t="s">
         <v>202</v>
       </c>
       <c r="E98" s="2">
         <v>45438</v>
       </c>
       <c r="F98" s="1">
         <v>0.5</v>
       </c>
       <c r="G98" s="2">
         <v>45438</v>
       </c>
       <c r="H98" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I98" t="s">
         <v>54</v>
       </c>
       <c r="J98" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="99" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="99" spans="1:10" ht="14.25">
       <c r="A99" s="8">
         <v>45390</v>
       </c>
       <c r="B99" t="s">
         <v>193</v>
       </c>
       <c r="C99" t="s">
         <v>203</v>
       </c>
       <c r="D99" t="s">
         <v>204</v>
       </c>
       <c r="E99" s="2">
         <v>45403</v>
       </c>
       <c r="F99" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G99" s="2">
         <v>45403</v>
       </c>
       <c r="H99" s="1">
         <v>0.625</v>
       </c>
       <c r="I99" t="s">
         <v>205</v>
       </c>
       <c r="J99" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="100" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="100" spans="1:10" ht="14.25">
       <c r="A100" s="8">
         <v>45391</v>
       </c>
       <c r="B100" t="s">
         <v>193</v>
       </c>
       <c r="C100" t="s">
         <v>39</v>
       </c>
       <c r="D100" t="s">
         <v>206</v>
       </c>
       <c r="E100" s="2">
         <v>45403</v>
       </c>
       <c r="F100" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G100" s="2">
         <v>45403</v>
       </c>
       <c r="H100" s="1">
         <v>0.625</v>
       </c>
       <c r="I100" t="s">
         <v>187</v>
       </c>
       <c r="J100" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="101" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="101" spans="1:10" ht="14.25">
       <c r="A101" s="8">
         <v>45392</v>
       </c>
       <c r="B101" t="s">
         <v>196</v>
       </c>
       <c r="C101" t="s">
         <v>207</v>
       </c>
       <c r="D101" t="s">
         <v>98</v>
       </c>
       <c r="E101" s="2">
         <v>45421</v>
       </c>
       <c r="F101" s="1">
         <v>0.78125</v>
       </c>
       <c r="G101" s="2">
         <v>45423</v>
       </c>
       <c r="H101" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I101" t="s">
         <v>29</v>
       </c>
       <c r="J101" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="102" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="102" spans="1:10" ht="14.25">
       <c r="A102" s="8">
         <v>45391</v>
       </c>
       <c r="B102" t="s">
         <v>196</v>
       </c>
       <c r="C102" t="s">
         <v>208</v>
       </c>
       <c r="D102" t="s">
         <v>15</v>
       </c>
       <c r="E102" s="2">
         <v>45409</v>
       </c>
       <c r="F102" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G102" s="2">
         <v>45410</v>
       </c>
       <c r="H102" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I102" t="s">
         <v>209</v>
       </c>
       <c r="J102" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="103" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="103" spans="1:10" ht="14.25">
       <c r="A103" s="8">
         <v>45394</v>
       </c>
       <c r="B103" t="s">
         <v>196</v>
       </c>
       <c r="C103" t="s">
         <v>210</v>
       </c>
       <c r="D103" t="s">
         <v>195</v>
       </c>
       <c r="E103" s="2">
         <v>45415</v>
       </c>
       <c r="F103" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G103" s="2">
         <v>45417</v>
       </c>
       <c r="H103" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I103" t="s">
         <v>187</v>
       </c>
       <c r="J103" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="104" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="104" spans="1:10" ht="14.25">
       <c r="A104" s="8">
         <v>45394</v>
       </c>
       <c r="B104" t="s">
         <v>211</v>
       </c>
       <c r="C104" t="s">
         <v>212</v>
       </c>
       <c r="D104" t="s">
         <v>213</v>
       </c>
       <c r="E104" s="2">
         <v>45500</v>
       </c>
       <c r="F104" s="1">
         <v>0.29166666666666669</v>
       </c>
       <c r="G104" s="2">
         <v>45500</v>
       </c>
       <c r="H104" s="1">
         <v>0.75</v>
       </c>
       <c r="I104" t="s">
         <v>109</v>
       </c>
       <c r="J104" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="105" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="105" spans="1:10" ht="14.25">
       <c r="A105" s="8">
         <v>45396</v>
       </c>
       <c r="B105" t="s">
         <v>196</v>
       </c>
       <c r="C105" t="s">
         <v>214</v>
       </c>
       <c r="D105" t="s">
         <v>215</v>
       </c>
       <c r="E105" s="2">
         <v>45415</v>
       </c>
       <c r="F105" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G105" s="2">
         <v>45415</v>
       </c>
       <c r="H105" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I105" t="s">
         <v>216</v>
       </c>
       <c r="J105" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="106" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="106" spans="1:10" ht="14.25">
       <c r="A106" s="8">
         <v>45396</v>
       </c>
       <c r="B106" t="s">
         <v>193</v>
       </c>
       <c r="C106" t="s">
         <v>161</v>
       </c>
       <c r="D106" t="s">
         <v>217</v>
       </c>
       <c r="E106" s="2">
         <v>45407</v>
       </c>
       <c r="F106" s="1">
         <v>0.64583333333333337</v>
       </c>
       <c r="G106" s="2">
         <v>45407</v>
       </c>
       <c r="H106" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I106" t="s">
         <v>29</v>
       </c>
       <c r="J106" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="107" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="107" spans="1:10" ht="14.25">
       <c r="A107" s="8">
         <v>45397</v>
       </c>
       <c r="B107" t="s">
         <v>193</v>
       </c>
       <c r="C107" t="s">
         <v>218</v>
       </c>
       <c r="D107" t="s">
         <v>219</v>
       </c>
       <c r="E107" s="2">
         <v>45409</v>
       </c>
       <c r="F107" s="1">
         <v>0</v>
       </c>
       <c r="G107" s="2">
         <v>45410</v>
       </c>
       <c r="H107" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I107" t="s">
         <v>54</v>
       </c>
       <c r="J107" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="108" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="108" spans="1:10" ht="14.25">
       <c r="A108" s="8">
         <v>45400</v>
       </c>
       <c r="B108" t="s">
         <v>196</v>
       </c>
       <c r="C108" t="s">
         <v>220</v>
       </c>
       <c r="D108" t="s">
         <v>221</v>
       </c>
       <c r="E108" s="2">
         <v>45409</v>
       </c>
       <c r="F108" s="1">
         <v>0.625</v>
       </c>
       <c r="G108" s="2">
         <v>45409</v>
       </c>
       <c r="H108" s="1">
         <v>0.98958333333333337</v>
       </c>
       <c r="I108" t="s">
         <v>54</v>
       </c>
       <c r="J108" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="109" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="109" spans="1:10" ht="14.25">
       <c r="A109" s="8">
         <v>45398</v>
       </c>
       <c r="B109" t="s">
         <v>193</v>
       </c>
       <c r="C109" t="s">
         <v>222</v>
       </c>
       <c r="D109" t="s">
         <v>18</v>
       </c>
       <c r="E109" s="2">
         <v>45409</v>
       </c>
       <c r="F109" s="1">
         <v>0.5</v>
       </c>
       <c r="G109" s="2">
         <v>45410</v>
       </c>
       <c r="H109" s="1">
         <v>0.125</v>
       </c>
       <c r="I109" t="s">
         <v>223</v>
       </c>
       <c r="J109" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="110" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="110" spans="1:10" ht="14.25">
       <c r="A110" s="8">
         <v>45400</v>
       </c>
       <c r="B110" t="s">
         <v>224</v>
       </c>
       <c r="C110" t="s">
         <v>225</v>
       </c>
       <c r="D110" t="s">
         <v>226</v>
       </c>
       <c r="E110" s="2">
         <v>45408</v>
       </c>
       <c r="F110" s="1">
         <v>0.5</v>
       </c>
       <c r="G110" s="2">
         <v>45414</v>
       </c>
       <c r="H110" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I110" t="s">
         <v>227</v>
       </c>
       <c r="J110" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="111" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="111" spans="1:10" ht="14.25">
       <c r="A111" s="8">
         <v>45400</v>
       </c>
       <c r="B111" t="s">
         <v>196</v>
       </c>
       <c r="C111" t="s">
         <v>228</v>
       </c>
       <c r="D111" t="s">
         <v>229</v>
       </c>
       <c r="E111" s="2">
         <v>45444</v>
       </c>
       <c r="F111" s="1">
         <v>0.5</v>
       </c>
       <c r="G111" s="2">
         <v>45444</v>
       </c>
       <c r="H111" s="1">
         <v>0.75</v>
       </c>
       <c r="I111" t="s">
         <v>29</v>
       </c>
       <c r="J111" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="112" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="112" spans="1:10" ht="14.25">
       <c r="A112" s="8">
         <v>45401</v>
       </c>
       <c r="B112" t="s">
         <v>196</v>
       </c>
       <c r="C112" t="s">
         <v>230</v>
       </c>
       <c r="D112" t="s">
         <v>231</v>
       </c>
       <c r="E112" s="2">
         <v>45479</v>
       </c>
       <c r="F112" s="1">
         <v>0.5</v>
       </c>
       <c r="G112" s="2">
         <v>45480</v>
       </c>
       <c r="H112" s="1">
         <v>0.75</v>
       </c>
       <c r="I112" t="s">
         <v>232</v>
       </c>
       <c r="J112" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="113" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="113" spans="1:10" ht="14.25">
       <c r="A113" s="8">
         <v>45404</v>
       </c>
       <c r="B113" t="s">
         <v>196</v>
       </c>
       <c r="C113" t="s">
         <v>225</v>
       </c>
       <c r="D113" t="s">
         <v>233</v>
       </c>
       <c r="E113" s="2">
         <v>45416</v>
       </c>
       <c r="F113" s="1">
         <v>0.5</v>
       </c>
       <c r="G113" s="2">
         <v>45422</v>
       </c>
       <c r="H113" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I113" t="s">
         <v>29</v>
       </c>
       <c r="J113" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="114" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="114" spans="1:10" ht="14.25">
       <c r="A114" s="8">
         <v>45404</v>
       </c>
       <c r="B114" t="s">
         <v>196</v>
       </c>
       <c r="C114" t="s">
         <v>225</v>
       </c>
       <c r="D114" t="s">
         <v>234</v>
       </c>
       <c r="E114" s="2">
         <v>45424</v>
       </c>
       <c r="F114" s="1">
         <v>0.5</v>
       </c>
       <c r="G114" s="2">
         <v>45430</v>
       </c>
       <c r="H114" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I114" t="s">
         <v>29</v>
       </c>
       <c r="J114" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="115" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="115" spans="1:10" ht="14.25">
       <c r="A115" s="8">
         <v>45405</v>
       </c>
       <c r="B115" t="s">
         <v>235</v>
       </c>
       <c r="C115" t="s">
         <v>236</v>
       </c>
       <c r="D115" t="s">
         <v>237</v>
       </c>
       <c r="E115" s="2">
         <v>45423</v>
       </c>
       <c r="F115" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G115" s="2">
         <v>45423</v>
       </c>
       <c r="H115" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I115" t="s">
         <v>216</v>
       </c>
       <c r="J115" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="116" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="116" spans="1:10" ht="14.25">
       <c r="A116" s="8">
         <v>45411</v>
       </c>
       <c r="B116" t="s">
         <v>211</v>
       </c>
       <c r="C116" t="s">
         <v>238</v>
       </c>
       <c r="D116" t="s">
         <v>239</v>
       </c>
       <c r="E116" s="2">
         <v>45429</v>
       </c>
       <c r="F116" s="1">
         <v>0.64583333333333337</v>
       </c>
       <c r="G116" s="2">
         <v>45429</v>
       </c>
       <c r="H116" s="1">
         <v>0.75</v>
       </c>
       <c r="I116" t="s">
         <v>216</v>
       </c>
       <c r="J116" t="s">
         <v>240</v>
       </c>
     </row>
-    <row r="117" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="117" spans="1:10" ht="14.25">
       <c r="A117" s="8">
         <v>45408</v>
       </c>
       <c r="B117" t="s">
         <v>235</v>
       </c>
       <c r="C117" t="s">
         <v>85</v>
       </c>
       <c r="D117" t="s">
         <v>241</v>
       </c>
       <c r="E117" s="2">
         <v>45423</v>
       </c>
       <c r="F117" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G117" s="2">
         <v>45424</v>
       </c>
       <c r="H117" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I117" t="s">
         <v>242</v>
       </c>
       <c r="J117" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="118" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="118" spans="1:10" ht="14.25">
       <c r="A118" s="8">
         <v>45412</v>
       </c>
       <c r="B118" t="s">
         <v>196</v>
       </c>
       <c r="C118" t="s">
         <v>243</v>
       </c>
       <c r="D118" t="s">
         <v>244</v>
       </c>
       <c r="E118" s="2">
         <v>45431</v>
       </c>
       <c r="F118" s="1">
         <v>0.75</v>
       </c>
       <c r="G118" s="2">
         <v>45431</v>
       </c>
       <c r="H118" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I118" t="s">
         <v>245</v>
       </c>
       <c r="J118" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="119" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="119" spans="1:10" ht="14.25">
       <c r="A119" s="8">
         <v>45412</v>
       </c>
       <c r="B119" t="s">
         <v>196</v>
       </c>
       <c r="C119" t="s">
         <v>246</v>
       </c>
       <c r="D119" t="s">
         <v>247</v>
       </c>
       <c r="E119" s="2">
         <v>45441</v>
       </c>
       <c r="F119" s="1">
         <v>11.5</v>
       </c>
       <c r="G119" s="2">
         <v>45441</v>
       </c>
       <c r="H119" s="1">
         <v>0.625</v>
       </c>
       <c r="I119" t="s">
         <v>109</v>
       </c>
       <c r="J119" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="120" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="120" spans="1:10" ht="14.25">
       <c r="A120" s="8">
         <v>45413</v>
       </c>
       <c r="B120" t="s">
         <v>193</v>
       </c>
       <c r="C120" t="s">
         <v>248</v>
       </c>
       <c r="D120" t="s">
         <v>249</v>
       </c>
       <c r="E120" s="2">
         <v>45422</v>
       </c>
       <c r="F120" s="1">
         <v>0.75</v>
       </c>
       <c r="G120" s="2">
         <v>45422</v>
       </c>
       <c r="H120" s="1">
         <v>0</v>
       </c>
       <c r="I120" t="s">
         <v>250</v>
       </c>
       <c r="J120" s="7" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="121" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="121" spans="1:10" ht="14.25">
       <c r="A121" s="8">
         <v>45413</v>
       </c>
       <c r="B121" t="s">
         <v>196</v>
       </c>
       <c r="C121" t="s">
         <v>115</v>
       </c>
       <c r="D121" t="s">
         <v>252</v>
       </c>
       <c r="E121" s="2">
         <v>45438</v>
       </c>
       <c r="F121" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G121" s="2">
         <v>45438</v>
       </c>
       <c r="H121" s="1">
         <v>0.75</v>
       </c>
       <c r="I121" t="s">
         <v>216</v>
       </c>
       <c r="J121" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="122" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="122" spans="1:10" ht="14.25">
       <c r="A122" s="8">
         <v>45414</v>
       </c>
       <c r="B122" t="s">
         <v>196</v>
       </c>
       <c r="C122" t="s">
         <v>253</v>
       </c>
       <c r="D122" t="s">
         <v>254</v>
       </c>
       <c r="E122" s="2">
         <v>45457</v>
       </c>
       <c r="F122" s="1">
         <v>0.375</v>
       </c>
       <c r="G122" s="2">
         <v>45459</v>
       </c>
       <c r="H122" s="1">
         <v>0.89583333333333337</v>
       </c>
       <c r="I122" t="s">
         <v>205</v>
       </c>
       <c r="J122" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="123" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="123" spans="1:10" ht="14.25">
       <c r="A123" s="8">
         <v>45414</v>
       </c>
       <c r="B123" t="s">
         <v>196</v>
       </c>
       <c r="C123" t="s">
         <v>255</v>
       </c>
       <c r="D123" t="s">
         <v>256</v>
       </c>
       <c r="E123" s="2">
         <v>45493</v>
       </c>
       <c r="F123" s="1">
         <v>0.5</v>
       </c>
       <c r="G123" s="2">
         <v>45493</v>
       </c>
       <c r="H123" s="1">
         <v>0.625</v>
       </c>
       <c r="I123" t="s">
         <v>257</v>
       </c>
       <c r="J123" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="124" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="124" spans="1:10" ht="14.25">
       <c r="A124" s="8">
         <v>45407</v>
       </c>
       <c r="B124" t="s">
         <v>193</v>
       </c>
       <c r="C124" t="s">
         <v>258</v>
       </c>
       <c r="D124" t="s">
         <v>259</v>
       </c>
       <c r="E124" s="2">
         <v>45416</v>
       </c>
       <c r="F124" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G124" s="2">
         <v>45416</v>
       </c>
       <c r="H124" s="1">
         <v>0.625</v>
       </c>
       <c r="I124" t="s">
         <v>227</v>
       </c>
       <c r="J124" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="125" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="125" spans="1:10" ht="14.25">
       <c r="A125" s="8">
         <v>45415</v>
       </c>
       <c r="B125" t="s">
         <v>193</v>
       </c>
       <c r="C125" t="s">
         <v>260</v>
       </c>
       <c r="D125" t="s">
         <v>261</v>
       </c>
       <c r="E125" s="2">
         <v>45423</v>
       </c>
       <c r="F125" s="1">
         <v>0.75</v>
       </c>
       <c r="G125" s="2">
         <v>45423</v>
       </c>
       <c r="H125" s="1">
         <v>0</v>
       </c>
       <c r="I125" t="s">
         <v>223</v>
       </c>
       <c r="J125" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="126" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="126" spans="1:10" ht="14.25">
       <c r="A126" s="8">
         <v>45420</v>
       </c>
       <c r="B126" t="s">
         <v>196</v>
       </c>
       <c r="C126" t="s">
         <v>262</v>
       </c>
       <c r="D126" t="s">
         <v>263</v>
       </c>
       <c r="E126" s="2">
         <v>45457</v>
       </c>
       <c r="F126" s="1">
         <v>0.875</v>
       </c>
       <c r="G126" s="2">
         <v>45457</v>
       </c>
       <c r="H126" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I126" t="s">
         <v>264</v>
       </c>
       <c r="J126" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="127" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="127" spans="1:10" ht="14.25">
       <c r="A127" s="8">
         <v>45419</v>
       </c>
       <c r="B127" t="s">
         <v>193</v>
       </c>
       <c r="C127" t="s">
         <v>265</v>
       </c>
       <c r="D127" t="s">
         <v>266</v>
       </c>
       <c r="E127" s="2">
         <v>45430</v>
       </c>
       <c r="F127" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G127" s="2">
         <v>45430</v>
       </c>
       <c r="H127" s="1">
         <v>0.9375</v>
       </c>
       <c r="I127" t="s">
         <v>267</v>
       </c>
       <c r="J127" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="128" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="128" spans="1:10" ht="14.25">
       <c r="A128" s="8">
         <v>45415</v>
       </c>
       <c r="B128" t="s">
         <v>235</v>
       </c>
       <c r="C128" t="s">
         <v>268</v>
       </c>
       <c r="D128" t="s">
         <v>269</v>
       </c>
       <c r="E128" s="2">
         <v>45493</v>
       </c>
       <c r="F128" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G128" s="2">
         <v>45493</v>
       </c>
       <c r="H128" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I128" t="s">
         <v>54</v>
       </c>
       <c r="J128" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="129" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="129" spans="1:10" ht="14.25">
       <c r="A129" s="8">
         <v>45420</v>
       </c>
       <c r="B129" t="s">
         <v>193</v>
       </c>
       <c r="C129" t="s">
         <v>39</v>
       </c>
       <c r="D129" t="s">
         <v>270</v>
       </c>
       <c r="E129" s="2">
         <v>45431</v>
       </c>
       <c r="F129" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G129" s="2">
         <v>45431</v>
       </c>
       <c r="H129" s="1">
         <v>0.625</v>
       </c>
       <c r="I129" t="s">
         <v>187</v>
       </c>
       <c r="J129" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="130" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="130" spans="1:10" ht="14.25">
       <c r="A130" s="8">
         <v>45422</v>
       </c>
       <c r="B130" t="s">
         <v>235</v>
       </c>
       <c r="C130" t="s">
         <v>271</v>
       </c>
       <c r="D130" t="s">
         <v>269</v>
       </c>
       <c r="E130" s="2">
         <v>45472</v>
       </c>
       <c r="F130" s="1">
         <v>0.625</v>
       </c>
       <c r="G130" s="2">
         <v>45473</v>
       </c>
       <c r="H130" s="1">
         <v>0.89583333333333337</v>
       </c>
       <c r="I130" t="s">
         <v>54</v>
       </c>
       <c r="J130" s="7" t="s">
         <v>272</v>
       </c>
     </row>
-    <row r="131" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="131" spans="1:10" ht="14.25">
       <c r="A131" s="8">
         <v>45422</v>
       </c>
       <c r="B131" t="s">
         <v>196</v>
       </c>
       <c r="C131" t="s">
         <v>273</v>
       </c>
       <c r="D131" t="s">
         <v>274</v>
       </c>
       <c r="E131" s="2">
         <v>45463</v>
       </c>
       <c r="F131" s="1">
         <v>0.52083333333333337</v>
       </c>
       <c r="G131" s="2">
         <v>45463</v>
       </c>
       <c r="H131" s="1">
         <v>0.6875</v>
       </c>
       <c r="I131" t="s">
         <v>275</v>
       </c>
       <c r="J131" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="132" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="132" spans="1:10" ht="14.25">
       <c r="A132" s="8">
         <v>45425</v>
       </c>
       <c r="B132" t="s">
         <v>196</v>
       </c>
       <c r="C132" t="s">
         <v>276</v>
       </c>
       <c r="D132" t="s">
         <v>277</v>
       </c>
       <c r="E132" s="2">
         <v>45458</v>
       </c>
       <c r="F132" s="1">
         <v>0.4375</v>
       </c>
       <c r="G132" s="2">
         <v>45458</v>
       </c>
       <c r="H132" s="1">
         <v>0.64583333333333337</v>
       </c>
       <c r="I132" t="s">
         <v>29</v>
       </c>
       <c r="J132" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="133" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="133" spans="1:10" ht="14.25">
       <c r="A133" s="8">
         <v>45425</v>
       </c>
       <c r="B133" t="s">
         <v>196</v>
       </c>
       <c r="C133" t="s">
         <v>113</v>
       </c>
       <c r="D133" t="s">
         <v>215</v>
       </c>
       <c r="E133" s="2">
         <v>45450</v>
       </c>
       <c r="F133" s="1">
         <v>0.75</v>
       </c>
       <c r="G133" s="2">
         <v>45450</v>
       </c>
       <c r="H133" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="I133" t="s">
         <v>29</v>
       </c>
       <c r="J133" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="134" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="134" spans="1:10" ht="14.25">
       <c r="A134" s="8">
         <v>45425</v>
       </c>
       <c r="B134" t="s">
         <v>196</v>
       </c>
       <c r="C134" t="s">
         <v>113</v>
       </c>
       <c r="D134" t="s">
         <v>215</v>
       </c>
       <c r="E134" s="2">
         <v>45465</v>
       </c>
       <c r="F134" s="1">
         <v>0.72916666666666663</v>
       </c>
       <c r="G134" s="2">
         <v>45465</v>
       </c>
       <c r="H134" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="I134" t="s">
         <v>29</v>
       </c>
       <c r="J134" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="135" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="135" spans="1:10" ht="14.25">
       <c r="A135" s="8">
         <v>45426</v>
       </c>
       <c r="B135" t="s">
         <v>196</v>
       </c>
       <c r="C135" t="s">
         <v>278</v>
       </c>
       <c r="D135" t="s">
         <v>279</v>
       </c>
       <c r="E135" s="2">
         <v>45514</v>
       </c>
       <c r="F135" s="1">
         <v>0.54166666666666663</v>
       </c>
       <c r="G135" s="2">
         <v>45514</v>
       </c>
       <c r="H135" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I135" t="s">
         <v>22</v>
       </c>
       <c r="J135" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="136" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="136" spans="1:10" ht="14.25">
       <c r="A136" s="8">
         <v>45427</v>
       </c>
       <c r="B136" t="s">
         <v>193</v>
       </c>
       <c r="C136" t="s">
         <v>280</v>
       </c>
       <c r="D136" t="s">
         <v>281</v>
       </c>
       <c r="E136" s="2">
         <v>45436</v>
       </c>
       <c r="F136" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G136" s="2">
         <v>45437</v>
       </c>
       <c r="H136" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I136" t="s">
         <v>22</v>
       </c>
       <c r="J136" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="137" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="137" spans="1:10" ht="14.25">
       <c r="A137" s="8">
         <v>45428</v>
       </c>
       <c r="B137" t="s">
         <v>235</v>
       </c>
       <c r="C137" t="s">
         <v>282</v>
       </c>
       <c r="D137" t="s">
         <v>283</v>
       </c>
       <c r="E137" s="2">
         <v>45444</v>
       </c>
       <c r="F137" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G137" s="2">
         <v>45444</v>
       </c>
       <c r="H137" s="1">
         <v>0.625</v>
       </c>
       <c r="I137" t="s">
         <v>284</v>
       </c>
       <c r="J137" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="138" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="138" spans="1:10" ht="14.25">
       <c r="A138" s="8">
         <v>45426</v>
       </c>
       <c r="B138" t="s">
         <v>196</v>
       </c>
       <c r="C138" t="s">
         <v>285</v>
       </c>
       <c r="D138" t="s">
         <v>261</v>
       </c>
       <c r="E138" s="2">
         <v>45437</v>
       </c>
       <c r="F138" s="1">
         <v>0.625</v>
       </c>
       <c r="G138" s="2">
         <v>45437</v>
       </c>
       <c r="H138" s="1">
         <v>0</v>
       </c>
       <c r="I138" t="s">
         <v>71</v>
       </c>
       <c r="J138" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="139" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="139" spans="1:10" ht="14.25">
       <c r="A139" s="8">
         <v>45429</v>
       </c>
       <c r="B139" t="s">
         <v>196</v>
       </c>
       <c r="C139" t="s">
         <v>286</v>
       </c>
       <c r="D139" t="s">
         <v>287</v>
       </c>
       <c r="E139" s="2">
         <v>45465</v>
       </c>
       <c r="F139" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G139" s="2">
         <v>45465</v>
       </c>
       <c r="H139" s="1">
         <v>0.625</v>
       </c>
       <c r="I139" t="s">
         <v>288</v>
       </c>
       <c r="J139" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="140" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="140" spans="1:10" ht="14.25">
       <c r="A140" s="8">
         <v>45430</v>
       </c>
       <c r="B140" t="s">
         <v>196</v>
       </c>
       <c r="C140" t="s">
         <v>289</v>
       </c>
       <c r="D140" t="s">
         <v>290</v>
       </c>
       <c r="E140" s="2">
         <v>45497</v>
       </c>
       <c r="F140" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G140" s="2">
         <v>45497</v>
       </c>
       <c r="H140" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I140" t="s">
         <v>71</v>
       </c>
       <c r="J140" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="141" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="141" spans="1:10" ht="14.25">
       <c r="A141" s="8">
         <v>45428</v>
       </c>
       <c r="B141" t="s">
         <v>235</v>
       </c>
       <c r="C141" t="s">
         <v>291</v>
       </c>
       <c r="D141" t="s">
         <v>292</v>
       </c>
       <c r="E141" s="2">
         <v>45527</v>
       </c>
       <c r="F141" s="1">
         <v>0.5</v>
       </c>
       <c r="G141" s="2">
         <v>45529</v>
       </c>
       <c r="H141" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I141" t="s">
         <v>54</v>
       </c>
       <c r="J141" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="142" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="142" spans="1:10" ht="14.25">
       <c r="A142" s="2">
         <v>45465</v>
       </c>
       <c r="B142" t="s">
         <v>235</v>
       </c>
       <c r="C142" t="s">
         <v>45</v>
       </c>
       <c r="D142" t="s">
         <v>293</v>
       </c>
       <c r="E142" s="2">
         <v>45465</v>
       </c>
       <c r="F142" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G142" s="2">
         <v>45465</v>
       </c>
       <c r="H142" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I142" t="s">
         <v>29</v>
       </c>
       <c r="J142" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="143" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="143" spans="1:10" ht="14.25">
       <c r="A143" s="2">
         <v>45428</v>
       </c>
       <c r="B143" t="s">
         <v>235</v>
       </c>
       <c r="C143" t="s">
         <v>294</v>
       </c>
       <c r="D143" t="s">
         <v>295</v>
       </c>
       <c r="E143" s="2">
         <v>45451</v>
       </c>
       <c r="F143" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G143" s="2">
         <v>45451</v>
       </c>
       <c r="H143" s="1">
         <v>0.96875</v>
       </c>
       <c r="I143" t="s">
         <v>54</v>
       </c>
       <c r="J143" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="144" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="144" spans="1:10" ht="14.25">
       <c r="A144" s="2">
         <v>45434</v>
       </c>
       <c r="B144" t="s">
         <v>235</v>
       </c>
       <c r="C144" t="s">
         <v>296</v>
       </c>
       <c r="D144" t="s">
         <v>297</v>
       </c>
       <c r="E144" s="2">
         <v>45450</v>
       </c>
       <c r="F144" s="1">
         <v>0.5</v>
       </c>
       <c r="G144" s="2">
         <v>45450</v>
       </c>
       <c r="H144" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I144" t="s">
         <v>22</v>
       </c>
       <c r="J144" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="145" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="145" spans="1:10" ht="14.25">
       <c r="A145" s="2">
         <v>45434</v>
       </c>
       <c r="B145" t="s">
         <v>235</v>
       </c>
       <c r="C145" t="s">
         <v>298</v>
       </c>
       <c r="D145" t="s">
         <v>299</v>
       </c>
       <c r="E145" s="2">
         <v>45501</v>
       </c>
       <c r="F145" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G145" s="2">
         <v>45501</v>
       </c>
       <c r="H145" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I145" t="s">
         <v>29</v>
       </c>
       <c r="J145" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="146" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="146" spans="1:10" ht="14.25">
       <c r="A146" s="2">
         <v>45435</v>
       </c>
       <c r="B146" t="s">
         <v>193</v>
       </c>
       <c r="C146" t="s">
         <v>300</v>
       </c>
       <c r="D146" t="s">
         <v>301</v>
       </c>
       <c r="E146" s="2">
         <v>45444</v>
       </c>
       <c r="F146" s="1">
         <v>0.625</v>
       </c>
       <c r="G146" s="2">
         <v>45444</v>
       </c>
       <c r="H146" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I146" t="s">
         <v>302</v>
       </c>
       <c r="J146" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="147" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="147" spans="1:10" ht="14.25">
       <c r="A147" s="2">
         <v>45435</v>
       </c>
       <c r="B147" t="s">
         <v>211</v>
       </c>
       <c r="C147" t="s">
         <v>300</v>
       </c>
       <c r="D147" t="s">
         <v>301</v>
       </c>
       <c r="E147" s="2">
         <v>45451</v>
       </c>
       <c r="F147" s="1">
         <v>0.64583333333333337</v>
       </c>
       <c r="G147" s="2">
         <v>45451</v>
       </c>
       <c r="H147" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="I147" t="s">
         <v>303</v>
       </c>
       <c r="J147" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="148" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="148" spans="1:10" ht="14.25">
       <c r="A148" s="2">
         <v>45440</v>
       </c>
       <c r="B148" t="s">
         <v>196</v>
       </c>
       <c r="C148" t="s">
         <v>161</v>
       </c>
       <c r="D148" t="s">
         <v>304</v>
       </c>
       <c r="E148" s="2">
         <v>45457</v>
       </c>
       <c r="F148" s="1">
         <v>0.64583333333333337</v>
       </c>
       <c r="G148" s="2">
         <v>45457</v>
       </c>
       <c r="H148" s="1">
         <v>0.72916666666666663</v>
       </c>
       <c r="I148" t="s">
         <v>29</v>
       </c>
       <c r="J148" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="149" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="149" spans="1:10" ht="14.25">
       <c r="A149" s="2">
         <v>45437</v>
       </c>
       <c r="B149" t="s">
         <v>196</v>
       </c>
       <c r="C149" t="s">
         <v>305</v>
       </c>
       <c r="D149" t="s">
         <v>306</v>
       </c>
       <c r="E149" s="2">
         <v>45472</v>
       </c>
       <c r="F149" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G149" s="2">
         <v>45472</v>
       </c>
       <c r="H149" s="1">
         <v>0.64583333333333337</v>
       </c>
       <c r="I149" t="s">
         <v>307</v>
       </c>
       <c r="J149" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="150" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="150" spans="1:10" ht="14.25">
       <c r="A150" s="2">
         <v>45440</v>
       </c>
       <c r="B150" t="s">
         <v>235</v>
       </c>
       <c r="C150" t="s">
         <v>308</v>
       </c>
       <c r="D150" t="s">
         <v>309</v>
       </c>
       <c r="E150" s="2">
         <v>45465</v>
       </c>
       <c r="F150" s="1">
         <v>0.5</v>
       </c>
       <c r="G150" s="2">
         <v>45465</v>
       </c>
       <c r="H150" s="1">
         <v>0.75</v>
       </c>
       <c r="I150" t="s">
         <v>109</v>
       </c>
       <c r="J150" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="151" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="151" spans="1:10" ht="14.25">
       <c r="A151" s="2">
         <v>45440</v>
       </c>
       <c r="B151" t="s">
         <v>235</v>
       </c>
       <c r="C151" t="s">
         <v>308</v>
       </c>
       <c r="D151" t="s">
         <v>310</v>
       </c>
       <c r="E151" s="2">
         <v>45465</v>
       </c>
       <c r="F151" s="1">
         <v>0.5</v>
       </c>
       <c r="G151" s="2">
         <v>45465</v>
       </c>
       <c r="H151" s="1">
         <v>0.75</v>
       </c>
       <c r="I151" t="s">
         <v>109</v>
       </c>
       <c r="J151" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="152" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="152" spans="1:10" ht="14.25">
       <c r="A152" s="2">
         <v>45440</v>
       </c>
       <c r="B152" t="s">
         <v>211</v>
       </c>
       <c r="C152" t="s">
         <v>308</v>
       </c>
       <c r="D152" t="s">
         <v>311</v>
       </c>
       <c r="E152" s="2">
         <v>45465</v>
       </c>
       <c r="F152" s="1">
         <v>0.5</v>
       </c>
       <c r="G152" s="2">
         <v>45465</v>
       </c>
       <c r="H152" s="1">
         <v>0.75</v>
       </c>
       <c r="I152" t="s">
         <v>109</v>
       </c>
       <c r="J152" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="153" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="153" spans="1:10" ht="14.25">
       <c r="A153" s="2">
         <v>45440</v>
       </c>
       <c r="B153" t="s">
         <v>196</v>
       </c>
       <c r="C153" t="s">
         <v>308</v>
       </c>
       <c r="D153" t="s">
         <v>312</v>
       </c>
       <c r="E153" s="2">
         <v>45465</v>
       </c>
       <c r="F153" s="1">
         <v>0.5</v>
       </c>
       <c r="G153" s="2">
         <v>45465</v>
       </c>
       <c r="H153" s="1">
         <v>0.75</v>
       </c>
       <c r="I153" t="s">
         <v>109</v>
       </c>
       <c r="J153" t="s">
         <v>155</v>
       </c>
     </row>
-    <row r="154" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="154" spans="1:10" ht="14.25">
       <c r="A154" s="2">
         <v>45440</v>
       </c>
       <c r="B154" t="s">
         <v>196</v>
       </c>
       <c r="C154" t="s">
         <v>308</v>
       </c>
       <c r="D154" t="s">
         <v>313</v>
       </c>
       <c r="E154" s="2">
         <v>45465</v>
       </c>
       <c r="F154" s="1">
         <v>0.5</v>
       </c>
       <c r="G154" s="2">
         <v>45465</v>
       </c>
       <c r="H154" s="1">
         <v>0.75</v>
       </c>
       <c r="I154" t="s">
         <v>109</v>
       </c>
       <c r="J154" t="s">
         <v>155</v>
       </c>
     </row>
-    <row r="155" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="155" spans="1:10" ht="14.25">
       <c r="A155" s="2">
         <v>45441</v>
       </c>
       <c r="B155" t="s">
         <v>211</v>
       </c>
       <c r="C155" t="s">
         <v>314</v>
       </c>
       <c r="D155" t="s">
         <v>315</v>
       </c>
       <c r="E155" s="2">
         <v>45456</v>
       </c>
       <c r="F155" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G155" s="2">
         <v>45460</v>
       </c>
       <c r="H155" s="1">
         <v>0.20833333333333334</v>
       </c>
       <c r="I155" t="s">
         <v>242</v>
       </c>
       <c r="J155" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="156" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="156" spans="1:10" ht="14.25">
       <c r="A156" s="2">
         <v>45442</v>
       </c>
       <c r="B156" t="s">
         <v>316</v>
       </c>
       <c r="C156" t="s">
         <v>111</v>
       </c>
       <c r="D156" t="s">
         <v>112</v>
       </c>
       <c r="E156" s="2">
         <v>45476</v>
       </c>
       <c r="F156" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G156" s="2">
         <v>45479</v>
       </c>
       <c r="H156" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I156" t="s">
         <v>54</v>
       </c>
       <c r="J156" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="157" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="157" spans="1:10" ht="14.25">
       <c r="A157" s="2">
         <v>45443</v>
       </c>
       <c r="B157" t="s">
         <v>317</v>
       </c>
       <c r="C157" t="s">
         <v>285</v>
       </c>
       <c r="D157" t="s">
         <v>318</v>
       </c>
       <c r="E157" s="2">
         <v>45451</v>
       </c>
       <c r="F157" s="1">
         <v>0.75</v>
       </c>
       <c r="G157" s="2">
         <v>45451</v>
       </c>
       <c r="H157" s="1">
         <v>0</v>
       </c>
       <c r="I157" t="s">
         <v>16</v>
       </c>
       <c r="J157" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="158" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="158" spans="1:10" ht="14.25">
       <c r="A158" s="2">
         <v>45443</v>
       </c>
       <c r="B158" t="s">
         <v>235</v>
       </c>
       <c r="C158" t="s">
         <v>285</v>
       </c>
       <c r="D158" t="s">
         <v>318</v>
       </c>
       <c r="E158" s="2">
         <v>45459</v>
       </c>
       <c r="F158" s="1">
         <v>0.5</v>
       </c>
       <c r="G158" s="2">
         <v>45459</v>
       </c>
       <c r="H158" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I158" t="s">
         <v>54</v>
       </c>
       <c r="J158" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="159" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="159" spans="1:10" ht="14.25">
       <c r="A159" s="2">
         <v>45443</v>
       </c>
       <c r="B159" t="s">
         <v>316</v>
       </c>
       <c r="C159" t="s">
         <v>285</v>
       </c>
       <c r="D159" t="s">
         <v>318</v>
       </c>
       <c r="E159" s="2">
         <v>45472</v>
       </c>
       <c r="F159" s="1">
         <v>0.75</v>
       </c>
       <c r="G159" s="2">
         <v>45472</v>
       </c>
       <c r="H159" s="1">
         <v>0</v>
       </c>
       <c r="I159" t="s">
         <v>16</v>
       </c>
       <c r="J159" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="160" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="160" spans="1:10" ht="14.25">
       <c r="A160" s="2">
         <v>45443</v>
       </c>
       <c r="B160" t="s">
         <v>196</v>
       </c>
       <c r="C160" t="s">
         <v>319</v>
       </c>
       <c r="D160" t="s">
         <v>320</v>
       </c>
       <c r="E160" s="2">
         <v>45486</v>
       </c>
       <c r="F160" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G160" s="2">
         <v>45486</v>
       </c>
       <c r="H160" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I160" t="s">
         <v>321</v>
       </c>
       <c r="J160" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="161" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="161" spans="1:10" ht="14.25">
       <c r="A161" s="2">
         <v>45444</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>235</v>
       </c>
       <c r="C161" t="s">
         <v>322</v>
       </c>
       <c r="D161" t="s">
         <v>323</v>
       </c>
       <c r="E161" s="2">
         <v>45459</v>
       </c>
       <c r="F161" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G161" s="2">
         <v>45459</v>
       </c>
       <c r="H161" s="1">
         <v>0.625</v>
       </c>
       <c r="I161" s="1" t="s">
         <v>324</v>
       </c>
       <c r="J161" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="162" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="162" spans="1:10" ht="14.25">
       <c r="A162" s="2">
         <v>45444</v>
       </c>
       <c r="B162" t="s">
         <v>196</v>
       </c>
       <c r="C162" t="s">
         <v>325</v>
       </c>
       <c r="D162" t="s">
         <v>326</v>
       </c>
       <c r="E162" s="2">
         <v>45469</v>
       </c>
       <c r="F162" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G162" s="2">
         <v>45472</v>
       </c>
       <c r="H162" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I162" t="s">
         <v>327</v>
       </c>
       <c r="J162" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="163" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="163" spans="1:10" ht="14.25">
       <c r="A163" s="2">
         <v>45448</v>
       </c>
       <c r="B163" t="s">
         <v>316</v>
       </c>
       <c r="C163" t="s">
         <v>328</v>
       </c>
       <c r="D163" t="s">
         <v>329</v>
       </c>
       <c r="E163" s="2">
         <v>45464</v>
       </c>
       <c r="F163" s="1">
         <v>0.75</v>
       </c>
       <c r="G163" s="2">
         <v>45464</v>
       </c>
       <c r="H163" s="1">
         <v>0.85416666666666663</v>
       </c>
       <c r="I163" t="s">
         <v>12</v>
       </c>
       <c r="J163" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="164" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="164" spans="1:10" ht="14.25">
       <c r="A164" s="2">
         <v>45447</v>
       </c>
       <c r="B164" t="s">
         <v>211</v>
       </c>
       <c r="C164" t="s">
         <v>330</v>
       </c>
       <c r="D164" t="s">
         <v>331</v>
       </c>
       <c r="E164" s="2">
         <v>45464</v>
       </c>
       <c r="F164" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G164" s="2">
         <v>45464</v>
       </c>
       <c r="H164" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I164" t="s">
         <v>29</v>
       </c>
       <c r="J164" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="165" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="165" spans="1:10" ht="14.25">
       <c r="A165" s="2">
         <v>45447</v>
       </c>
       <c r="B165" t="s">
         <v>316</v>
       </c>
       <c r="C165" t="s">
         <v>332</v>
       </c>
       <c r="D165" t="s">
         <v>331</v>
       </c>
       <c r="E165" s="2">
         <v>45486</v>
       </c>
       <c r="F165" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G165" s="2">
         <v>45486</v>
       </c>
       <c r="H165" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I165" t="s">
         <v>22</v>
       </c>
       <c r="J165" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="166" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="166" spans="1:10" ht="14.25">
       <c r="A166" s="2">
         <v>45448</v>
       </c>
       <c r="B166" t="s">
         <v>235</v>
       </c>
       <c r="C166" t="s">
         <v>118</v>
       </c>
       <c r="D166" t="s">
         <v>333</v>
       </c>
       <c r="E166" s="2">
         <v>45467</v>
       </c>
       <c r="F166" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G166" s="2">
         <v>45467</v>
       </c>
       <c r="H166" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I166" t="s">
         <v>29</v>
       </c>
       <c r="J166" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="167" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="167" spans="1:10" ht="14.25">
       <c r="A167" s="2">
         <v>45447</v>
       </c>
       <c r="B167" t="s">
         <v>196</v>
       </c>
       <c r="C167" t="s">
         <v>334</v>
       </c>
       <c r="D167" t="s">
         <v>335</v>
       </c>
       <c r="E167" s="2">
         <v>45487</v>
       </c>
       <c r="F167" s="1">
         <v>0.9375</v>
       </c>
       <c r="G167" s="2">
         <v>45488</v>
       </c>
       <c r="H167" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I167" t="s">
         <v>336</v>
       </c>
       <c r="J167" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="168" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="168" spans="1:10" ht="14.25">
       <c r="A168" s="2">
         <v>45448</v>
       </c>
       <c r="B168" t="s">
         <v>196</v>
       </c>
       <c r="C168" t="s">
         <v>59</v>
       </c>
       <c r="D168" t="s">
         <v>337</v>
       </c>
       <c r="E168" s="2">
         <v>45459</v>
       </c>
       <c r="F168" s="1">
         <v>0.9375</v>
       </c>
       <c r="G168" s="2">
         <v>45459</v>
       </c>
       <c r="H168" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="I168" t="s">
         <v>338</v>
       </c>
       <c r="J168" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="169" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="169" spans="1:10" ht="14.25">
       <c r="A169" s="2">
         <v>45448</v>
       </c>
       <c r="B169" t="s">
         <v>196</v>
       </c>
       <c r="C169" t="s">
         <v>339</v>
       </c>
       <c r="D169" t="s">
         <v>340</v>
       </c>
       <c r="E169" s="2">
         <v>45458</v>
       </c>
       <c r="F169" s="1">
         <v>0.52083333333333337</v>
       </c>
       <c r="G169" s="2">
         <v>45458</v>
       </c>
       <c r="H169" s="1">
         <v>0.75</v>
       </c>
       <c r="I169" t="s">
         <v>29</v>
       </c>
       <c r="J169" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="170" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="170" spans="1:10" ht="14.25">
       <c r="A170" s="2">
         <v>45448</v>
       </c>
       <c r="B170" t="s">
         <v>316</v>
       </c>
       <c r="C170" t="s">
         <v>341</v>
       </c>
       <c r="D170" t="s">
         <v>342</v>
       </c>
       <c r="E170" s="2">
         <v>45472</v>
       </c>
       <c r="F170" s="1">
         <v>0.72916666666666663</v>
       </c>
       <c r="G170" s="2">
         <v>45472</v>
       </c>
       <c r="H170" s="1">
         <v>0.85416666666666663</v>
       </c>
       <c r="I170" t="s">
         <v>29</v>
       </c>
       <c r="J170" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="171" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="171" spans="1:10" ht="14.25">
       <c r="A171" s="2">
         <v>45449</v>
       </c>
       <c r="B171" t="s">
         <v>196</v>
       </c>
       <c r="C171" t="s">
         <v>343</v>
       </c>
       <c r="D171" t="s">
         <v>344</v>
       </c>
       <c r="E171" s="2">
         <v>45465</v>
       </c>
       <c r="F171" s="1">
         <v>0.5</v>
       </c>
       <c r="G171" s="2">
         <v>45465</v>
       </c>
       <c r="H171" s="1">
         <v>0.75</v>
       </c>
       <c r="I171" t="s">
         <v>275</v>
       </c>
       <c r="J171" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="172" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="172" spans="1:10" ht="14.25">
       <c r="A172" s="2">
         <v>45449</v>
       </c>
       <c r="B172" t="s">
         <v>345</v>
       </c>
       <c r="C172" t="s">
         <v>129</v>
       </c>
       <c r="D172" t="s">
         <v>346</v>
       </c>
       <c r="E172" s="2">
         <v>45457</v>
       </c>
       <c r="F172" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G172" s="2">
         <v>45458</v>
       </c>
       <c r="H172" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I172" t="s">
         <v>347</v>
       </c>
       <c r="J172" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="173" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="173" spans="1:10" ht="14.25">
       <c r="A173" s="2">
         <v>45450</v>
       </c>
       <c r="B173" t="s">
         <v>196</v>
       </c>
       <c r="C173" t="s">
         <v>159</v>
       </c>
       <c r="D173" t="s">
         <v>348</v>
       </c>
       <c r="E173" s="2">
         <v>45472</v>
       </c>
       <c r="F173" s="1">
         <v>0.47916666666666669</v>
       </c>
       <c r="G173" s="2">
         <v>45472</v>
       </c>
       <c r="H173" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I173" t="s">
         <v>29</v>
       </c>
       <c r="J173" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="174" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="174" spans="1:10" ht="14.25">
       <c r="A174" s="2">
         <v>45450</v>
       </c>
       <c r="B174" t="s">
         <v>317</v>
       </c>
       <c r="C174" t="s">
         <v>349</v>
       </c>
       <c r="D174" t="s">
         <v>350</v>
       </c>
       <c r="E174" s="2">
         <v>45462</v>
       </c>
       <c r="F174" s="1">
         <v>0.75</v>
       </c>
       <c r="G174" s="2">
         <v>45463</v>
       </c>
       <c r="H174" s="1">
         <v>0.72916666666666663</v>
       </c>
       <c r="I174" t="s">
         <v>29</v>
       </c>
       <c r="J174" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="175" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="175" spans="1:10" ht="14.25">
       <c r="A175" s="2">
         <v>45454</v>
       </c>
       <c r="B175" t="s">
         <v>196</v>
       </c>
       <c r="C175" t="s">
         <v>351</v>
       </c>
       <c r="D175" t="s">
         <v>352</v>
       </c>
       <c r="E175" s="2">
         <v>45494</v>
       </c>
       <c r="F175" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G175" s="2">
         <v>45494</v>
       </c>
       <c r="H175" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I175" t="s">
         <v>353</v>
       </c>
       <c r="J175" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="176" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="176" spans="1:10" ht="14.25">
       <c r="A176" s="2">
         <v>45454</v>
       </c>
       <c r="B176" t="s">
         <v>235</v>
       </c>
       <c r="C176" t="s">
         <v>354</v>
       </c>
       <c r="D176" t="s">
         <v>355</v>
       </c>
       <c r="E176" s="2">
         <v>45471</v>
       </c>
       <c r="F176" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G176" s="2">
         <v>45473</v>
       </c>
       <c r="H176" s="1">
         <v>0.9375</v>
       </c>
       <c r="I176" t="s">
         <v>356</v>
       </c>
       <c r="J176" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="177" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="177" spans="1:10" ht="14.25">
       <c r="A177" s="2">
         <v>45454</v>
       </c>
       <c r="B177" t="s">
         <v>235</v>
       </c>
       <c r="C177" t="s">
         <v>289</v>
       </c>
       <c r="D177" t="s">
         <v>290</v>
       </c>
       <c r="E177" s="2">
         <v>45469</v>
       </c>
       <c r="F177" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G177" s="2">
         <v>45472</v>
       </c>
       <c r="H177" s="1">
         <v>0.125</v>
       </c>
       <c r="I177" t="s">
         <v>123</v>
       </c>
       <c r="J177" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="178" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="178" spans="1:10" ht="14.25">
       <c r="A178" s="2">
         <v>45454</v>
       </c>
       <c r="B178" t="s">
         <v>196</v>
       </c>
       <c r="C178" t="s">
         <v>238</v>
       </c>
       <c r="D178" t="s">
         <v>239</v>
       </c>
       <c r="E178" s="2">
         <v>45478</v>
       </c>
       <c r="F178" s="1">
         <v>0.6875</v>
       </c>
       <c r="G178" s="2">
         <v>45478</v>
       </c>
       <c r="H178" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I178" t="s">
         <v>79</v>
       </c>
       <c r="J178" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="179" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="179" spans="1:10" ht="14.25">
       <c r="A179" s="2">
         <v>45455</v>
       </c>
       <c r="B179" t="s">
         <v>211</v>
       </c>
       <c r="C179" t="s">
         <v>357</v>
       </c>
       <c r="D179" t="s">
         <v>358</v>
       </c>
       <c r="E179" s="2">
         <v>45479</v>
       </c>
       <c r="F179" s="1">
         <v>0.54166666666666663</v>
       </c>
       <c r="G179" s="2">
         <v>45479</v>
       </c>
       <c r="H179" s="1">
         <v>0.9375</v>
       </c>
       <c r="I179" t="s">
         <v>359</v>
       </c>
       <c r="J179" t="s">
         <v>360</v>
       </c>
     </row>
-    <row r="180" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="180" spans="1:10" ht="14.25">
       <c r="A180" s="2">
         <v>45455</v>
       </c>
       <c r="B180" t="s">
         <v>211</v>
       </c>
       <c r="C180" t="s">
         <v>357</v>
       </c>
       <c r="D180" t="s">
         <v>301</v>
       </c>
       <c r="E180" s="2">
         <v>45472</v>
       </c>
       <c r="F180" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G180" s="2">
         <v>45472</v>
       </c>
       <c r="H180" s="1">
         <v>0.9375</v>
       </c>
       <c r="I180" t="s">
         <v>359</v>
       </c>
       <c r="J180" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="181" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="181" spans="1:10" ht="14.25">
       <c r="A181" s="2">
         <v>45454</v>
       </c>
       <c r="B181" t="s">
         <v>235</v>
       </c>
       <c r="C181" t="s">
         <v>325</v>
       </c>
       <c r="D181" t="s">
         <v>361</v>
       </c>
       <c r="E181" s="2">
         <v>45474</v>
       </c>
       <c r="F181" s="1">
         <v>0.5</v>
       </c>
       <c r="G181" s="2">
         <v>45480</v>
       </c>
       <c r="H181" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I181" t="s">
         <v>362</v>
       </c>
       <c r="J181" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="182" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="182" spans="1:10" ht="14.25">
       <c r="A182" s="2">
         <v>45454</v>
       </c>
       <c r="B182" t="s">
         <v>196</v>
       </c>
       <c r="C182" t="s">
         <v>325</v>
       </c>
       <c r="D182" t="s">
         <v>361</v>
       </c>
       <c r="E182" s="2">
         <v>45490</v>
       </c>
       <c r="F182" s="1">
         <v>0.5</v>
       </c>
       <c r="G182" s="2">
         <v>45494</v>
       </c>
       <c r="H182" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I182" t="s">
         <v>362</v>
       </c>
       <c r="J182" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="183" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="183" spans="1:10" ht="14.25">
       <c r="A183" s="2">
         <v>45454</v>
       </c>
       <c r="B183" t="s">
         <v>211</v>
       </c>
       <c r="C183" t="s">
         <v>325</v>
       </c>
       <c r="D183" t="s">
         <v>361</v>
       </c>
       <c r="E183" s="2">
         <v>45483</v>
       </c>
       <c r="F183" s="1">
         <v>0.5</v>
       </c>
       <c r="G183" s="2">
         <v>45487</v>
       </c>
       <c r="H183" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I183" t="s">
         <v>362</v>
       </c>
       <c r="J183" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="184" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="184" spans="1:10" ht="14.25">
       <c r="A184" s="2">
         <v>45454</v>
       </c>
       <c r="B184" t="s">
         <v>235</v>
       </c>
       <c r="C184" t="s">
         <v>325</v>
       </c>
       <c r="D184" t="s">
         <v>361</v>
       </c>
       <c r="E184" s="2">
         <v>45498</v>
       </c>
       <c r="F184" s="1">
         <v>0.5</v>
       </c>
       <c r="G184" s="2">
         <v>45501</v>
       </c>
       <c r="H184" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I184" t="s">
         <v>362</v>
       </c>
       <c r="J184" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="185" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="185" spans="1:10" ht="14.25">
       <c r="A185" s="2">
         <v>45456</v>
       </c>
       <c r="B185" t="s">
         <v>235</v>
       </c>
       <c r="C185" t="s">
         <v>294</v>
       </c>
       <c r="D185" t="s">
         <v>295</v>
       </c>
       <c r="E185" s="2">
         <v>45473</v>
       </c>
       <c r="F185" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G185" s="2">
         <v>45473</v>
       </c>
       <c r="H185" s="1">
         <v>0.75</v>
       </c>
       <c r="I185" t="s">
         <v>190</v>
       </c>
       <c r="J185" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="186" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="186" spans="1:10" ht="14.25">
       <c r="A186" s="2">
         <v>45456</v>
       </c>
       <c r="B186" t="s">
         <v>235</v>
       </c>
       <c r="C186" t="s">
         <v>294</v>
       </c>
       <c r="D186" t="s">
         <v>295</v>
       </c>
       <c r="E186" s="2">
         <v>45479</v>
       </c>
       <c r="F186" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G186" s="2">
         <v>45479</v>
       </c>
       <c r="H186" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="I186" t="s">
         <v>363</v>
       </c>
       <c r="J186" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="187" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="187" spans="1:10" ht="14.25">
       <c r="A187" s="2">
         <v>45456</v>
       </c>
       <c r="B187" t="s">
         <v>235</v>
       </c>
       <c r="C187" t="s">
         <v>364</v>
       </c>
       <c r="D187" t="s">
         <v>76</v>
       </c>
       <c r="E187" s="2">
         <v>45466</v>
       </c>
       <c r="F187" s="1">
         <v>0.33333333333333331</v>
       </c>
       <c r="G187" s="2">
         <v>45466</v>
       </c>
       <c r="H187" s="1">
         <v>0.75</v>
       </c>
       <c r="I187" t="s">
         <v>29</v>
       </c>
       <c r="J187" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="188" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="188" spans="1:10" ht="14.25">
       <c r="A188" s="2">
         <v>45456</v>
       </c>
       <c r="B188" t="s">
         <v>235</v>
       </c>
       <c r="C188" t="s">
         <v>124</v>
       </c>
       <c r="D188" t="s">
         <v>365</v>
       </c>
       <c r="E188" s="2">
         <v>45471</v>
       </c>
       <c r="F188" s="1">
         <v>0.78125</v>
       </c>
       <c r="G188" s="2">
         <v>45471</v>
       </c>
       <c r="H188" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I188" t="s">
         <v>47</v>
       </c>
       <c r="J188" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="189" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="189" spans="1:10" ht="14.25">
       <c r="A189" s="2">
         <v>45457</v>
       </c>
       <c r="B189" t="s">
         <v>211</v>
       </c>
       <c r="C189" t="s">
         <v>159</v>
       </c>
       <c r="D189" t="s">
         <v>348</v>
       </c>
       <c r="E189" s="2">
         <v>45475</v>
       </c>
       <c r="F189" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G189" s="2">
         <v>45475</v>
       </c>
       <c r="H189" s="1">
         <v>0.875</v>
       </c>
       <c r="I189" t="s">
         <v>366</v>
       </c>
       <c r="J189" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="190" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="190" spans="1:10" ht="14.25">
       <c r="A190" s="2">
         <v>45396</v>
       </c>
       <c r="B190" t="s">
         <v>211</v>
       </c>
       <c r="C190" t="s">
         <v>339</v>
       </c>
       <c r="D190" t="s">
         <v>340</v>
       </c>
       <c r="E190" s="2">
         <v>45473</v>
       </c>
       <c r="F190" s="1">
         <v>0.54166666666666663</v>
       </c>
       <c r="G190" s="2">
         <v>45473</v>
       </c>
       <c r="H190" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I190" t="s">
         <v>47</v>
       </c>
       <c r="J190" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="191" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="191" spans="1:10" ht="14.25">
       <c r="A191" s="2">
         <v>45487</v>
       </c>
       <c r="B191" t="s">
         <v>235</v>
       </c>
       <c r="C191" t="s">
         <v>159</v>
       </c>
       <c r="D191" t="s">
         <v>348</v>
       </c>
       <c r="E191" s="2">
         <v>45488</v>
       </c>
       <c r="F191" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G191" s="2">
         <v>45489</v>
       </c>
       <c r="H191" s="1">
         <v>0.89583333333333337</v>
       </c>
       <c r="I191" t="s">
         <v>123</v>
       </c>
       <c r="J191" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="192" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="192" spans="1:10" ht="14.25">
       <c r="A192" s="2">
         <v>45457</v>
       </c>
       <c r="B192" t="s">
         <v>235</v>
       </c>
       <c r="C192" t="s">
         <v>124</v>
       </c>
       <c r="D192" t="s">
         <v>365</v>
       </c>
       <c r="E192" s="2">
         <v>45470</v>
       </c>
       <c r="F192" s="1">
         <v>0.75</v>
       </c>
       <c r="G192" s="2">
         <v>45470</v>
       </c>
       <c r="H192" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I192" t="s">
         <v>29</v>
       </c>
       <c r="J192" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="193" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="193" spans="1:10" ht="14.25">
       <c r="A193" s="2">
         <v>45457</v>
       </c>
       <c r="B193" t="s">
         <v>211</v>
       </c>
       <c r="C193" t="s">
         <v>334</v>
       </c>
       <c r="D193" t="s">
         <v>335</v>
       </c>
       <c r="E193" s="2">
         <v>45501</v>
       </c>
       <c r="F193" s="1">
         <v>0</v>
       </c>
       <c r="G193" s="2">
         <v>45501</v>
       </c>
       <c r="H193" s="1">
         <v>0.125</v>
       </c>
       <c r="I193" t="s">
         <v>123</v>
       </c>
       <c r="J193" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="194" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="194" spans="1:10" ht="14.25">
       <c r="A194" s="2">
         <v>45457</v>
       </c>
       <c r="B194" t="s">
         <v>211</v>
       </c>
       <c r="C194" t="s">
         <v>294</v>
       </c>
       <c r="D194" t="s">
         <v>295</v>
       </c>
       <c r="E194" s="2">
         <v>45489</v>
       </c>
       <c r="F194" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G194" s="2">
         <v>45491</v>
       </c>
       <c r="H194" s="1">
         <v>0.4375</v>
       </c>
       <c r="I194" t="s">
         <v>367</v>
       </c>
       <c r="J194" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="195" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="195" spans="1:10" ht="14.25">
       <c r="A195" s="2">
         <v>45459</v>
       </c>
       <c r="B195" t="s">
         <v>316</v>
       </c>
       <c r="C195" t="s">
         <v>368</v>
       </c>
       <c r="D195" t="s">
         <v>369</v>
       </c>
       <c r="E195" s="2">
         <v>45471</v>
       </c>
       <c r="F195" s="1">
         <v>0.5</v>
       </c>
       <c r="G195" s="2">
         <v>45471</v>
       </c>
       <c r="H195" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I195" t="s">
         <v>370</v>
       </c>
       <c r="J195" t="s">
         <v>155</v>
       </c>
     </row>
-    <row r="196" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="196" spans="1:10" ht="14.25">
       <c r="A196" s="2">
         <v>45461</v>
       </c>
       <c r="B196" t="s">
         <v>235</v>
       </c>
       <c r="C196" t="s">
         <v>371</v>
       </c>
       <c r="D196" t="s">
         <v>372</v>
       </c>
       <c r="E196" s="2">
         <v>45479</v>
       </c>
       <c r="F196" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G196" s="2">
         <v>45479</v>
       </c>
       <c r="H196" s="1">
         <v>0.625</v>
       </c>
       <c r="I196" t="s">
         <v>41</v>
       </c>
       <c r="J196" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="197" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="197" spans="1:10" ht="14.25">
       <c r="A197" s="2">
         <v>45461</v>
       </c>
       <c r="B197" t="s">
         <v>235</v>
       </c>
       <c r="C197" t="s">
         <v>373</v>
       </c>
       <c r="D197" t="s">
         <v>374</v>
       </c>
       <c r="E197" s="2">
         <v>45487</v>
       </c>
       <c r="F197" s="1">
         <v>0.5</v>
       </c>
       <c r="G197" s="2">
         <v>45487</v>
       </c>
       <c r="H197" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I197" t="s">
         <v>79</v>
       </c>
       <c r="J197" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="198" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="198" spans="1:10" ht="14.25">
       <c r="A198" s="2">
         <v>45462</v>
       </c>
       <c r="B198" t="s">
         <v>196</v>
       </c>
       <c r="C198" t="s">
         <v>375</v>
       </c>
       <c r="D198" t="s">
         <v>376</v>
       </c>
       <c r="E198" s="2">
         <v>45478</v>
       </c>
       <c r="F198" s="1">
         <v>0.75</v>
       </c>
       <c r="G198" s="2">
         <v>45478</v>
       </c>
       <c r="H198" s="1">
         <v>0.89583333333333337</v>
       </c>
       <c r="I198" t="s">
         <v>216</v>
       </c>
       <c r="J198" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="199" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="199" spans="1:10" ht="14.25">
       <c r="A199" s="2">
         <v>45457</v>
       </c>
       <c r="B199" t="s">
         <v>196</v>
       </c>
       <c r="C199" t="s">
         <v>220</v>
       </c>
       <c r="D199" t="s">
         <v>221</v>
       </c>
       <c r="E199" s="2">
         <v>45484</v>
       </c>
       <c r="F199" s="1">
         <v>0.625</v>
       </c>
       <c r="G199" s="2">
         <v>45484</v>
       </c>
       <c r="H199" s="1">
         <v>0.875</v>
       </c>
       <c r="I199" t="s">
         <v>377</v>
       </c>
       <c r="J199" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="200" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="200" spans="1:10" ht="14.25">
       <c r="A200" s="2">
         <v>45464</v>
       </c>
       <c r="B200" t="s">
         <v>317</v>
       </c>
       <c r="C200" t="s">
         <v>378</v>
       </c>
       <c r="D200" t="s">
         <v>379</v>
       </c>
       <c r="E200" s="2">
         <v>45477</v>
       </c>
       <c r="F200" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G200" s="2">
         <v>45480</v>
       </c>
       <c r="H200" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I200" t="s">
         <v>380</v>
       </c>
       <c r="J200" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="201" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="201" spans="1:10" ht="14.25">
       <c r="A201" s="2">
         <v>45468</v>
       </c>
       <c r="B201" t="s">
         <v>317</v>
       </c>
       <c r="C201" t="s">
         <v>381</v>
       </c>
       <c r="D201" t="s">
         <v>382</v>
       </c>
       <c r="E201" s="2">
         <v>45478</v>
       </c>
       <c r="F201" s="1">
         <v>0</v>
       </c>
       <c r="G201" s="2">
         <v>45478</v>
       </c>
       <c r="H201" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I201" t="s">
         <v>44</v>
       </c>
       <c r="J201" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="202" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="202" spans="1:10" ht="14.25">
       <c r="A202" s="2">
         <v>45467</v>
       </c>
       <c r="B202" t="s">
         <v>317</v>
       </c>
       <c r="C202" t="s">
         <v>383</v>
       </c>
       <c r="D202" t="s">
         <v>384</v>
       </c>
       <c r="E202" s="2">
         <v>45478</v>
       </c>
       <c r="F202" s="1">
         <v>0.625</v>
       </c>
       <c r="G202" s="2">
         <v>45478</v>
       </c>
       <c r="H202" s="1">
         <v>0.72916666666666663</v>
       </c>
       <c r="I202" t="s">
         <v>216</v>
       </c>
       <c r="J202" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="203" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="203" spans="1:10" ht="14.25">
       <c r="A203" s="2">
         <v>45469</v>
       </c>
       <c r="B203" t="s">
         <v>235</v>
       </c>
       <c r="C203" t="s">
         <v>330</v>
       </c>
       <c r="D203" t="s">
         <v>385</v>
       </c>
       <c r="E203" s="2">
         <v>45490</v>
       </c>
       <c r="F203" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G203" s="2">
         <v>45490</v>
       </c>
       <c r="H203" s="1">
         <v>0.875</v>
       </c>
       <c r="I203" t="s">
         <v>216</v>
       </c>
       <c r="J203" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="204" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="204" spans="1:10" ht="14.25">
       <c r="A204" s="2">
         <v>45468</v>
       </c>
       <c r="B204" t="s">
         <v>211</v>
       </c>
       <c r="C204" t="s">
         <v>386</v>
       </c>
       <c r="D204" t="s">
         <v>387</v>
       </c>
       <c r="E204" s="2">
         <v>45482</v>
       </c>
       <c r="F204" s="1">
         <v>0.625</v>
       </c>
       <c r="G204" s="2">
         <v>45482</v>
       </c>
       <c r="H204" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I204" t="s">
         <v>388</v>
       </c>
       <c r="J204" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="205" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="205" spans="1:10" ht="14.25">
       <c r="A205" s="2">
         <v>45468</v>
       </c>
       <c r="B205" t="s">
         <v>196</v>
       </c>
       <c r="C205" t="s">
         <v>389</v>
       </c>
       <c r="D205" t="s">
         <v>390</v>
       </c>
       <c r="E205" s="2">
         <v>45486</v>
       </c>
       <c r="F205" s="1">
         <v>0.47916666666666669</v>
       </c>
       <c r="G205" s="2">
         <v>45486</v>
       </c>
       <c r="H205" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I205" t="s">
         <v>377</v>
       </c>
       <c r="J205" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="206" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="206" spans="1:10" ht="14.25">
       <c r="A206" s="2">
         <v>45470</v>
       </c>
       <c r="B206" t="s">
         <v>317</v>
       </c>
       <c r="C206" t="s">
         <v>339</v>
       </c>
       <c r="D206" t="s">
         <v>340</v>
       </c>
       <c r="E206" s="2">
         <v>45480</v>
       </c>
       <c r="F206" s="1">
         <v>0.5</v>
       </c>
       <c r="G206" s="2">
         <v>45480</v>
       </c>
       <c r="H206" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I206" t="s">
         <v>216</v>
       </c>
       <c r="J206" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="207" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="207" spans="1:10" ht="14.25">
       <c r="A207" s="2">
         <v>45470</v>
       </c>
       <c r="B207" t="s">
         <v>317</v>
       </c>
       <c r="C207" t="s">
         <v>391</v>
       </c>
       <c r="D207" t="s">
         <v>392</v>
       </c>
       <c r="E207" s="2">
         <v>45478</v>
       </c>
       <c r="F207" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G207" s="2">
         <v>45478</v>
       </c>
       <c r="H207" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I207" t="s">
         <v>109</v>
       </c>
       <c r="J207" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="208" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="208" spans="1:10" ht="14.25">
       <c r="A208" s="2">
         <v>45468</v>
       </c>
       <c r="B208" t="s">
         <v>196</v>
       </c>
       <c r="C208" t="s">
         <v>393</v>
       </c>
       <c r="D208" t="s">
         <v>394</v>
       </c>
       <c r="E208" s="2">
         <v>45543</v>
       </c>
       <c r="F208" s="1">
         <v>0.75</v>
       </c>
       <c r="G208" s="2">
         <v>45543</v>
       </c>
       <c r="H208" s="1">
         <v>0.875</v>
       </c>
       <c r="I208" t="s">
         <v>109</v>
       </c>
       <c r="J208" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="209" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="209" spans="1:10" ht="14.25">
       <c r="A209" s="2">
         <v>45470</v>
       </c>
       <c r="B209" t="s">
         <v>196</v>
       </c>
       <c r="C209" t="s">
         <v>395</v>
       </c>
       <c r="D209" t="s">
         <v>396</v>
       </c>
       <c r="E209" s="2">
         <v>45493</v>
       </c>
       <c r="F209" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G209" s="2">
         <v>45493</v>
       </c>
       <c r="H209" s="1">
         <v>0</v>
       </c>
       <c r="I209" t="s">
         <v>190</v>
       </c>
       <c r="J209" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="210" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="210" spans="1:10" ht="14.25">
       <c r="A210" s="2">
         <v>45473</v>
       </c>
       <c r="B210" t="s">
         <v>235</v>
       </c>
       <c r="C210" t="s">
         <v>107</v>
       </c>
       <c r="D210" t="s">
         <v>397</v>
       </c>
       <c r="E210" s="2">
         <v>45493</v>
       </c>
       <c r="F210" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G210" s="2">
         <v>45493</v>
       </c>
       <c r="H210" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I210" t="s">
         <v>398</v>
       </c>
       <c r="J210" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="211" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="211" spans="1:10" ht="14.25">
       <c r="A211" s="2">
         <v>45474</v>
       </c>
       <c r="B211" t="s">
         <v>196</v>
       </c>
       <c r="C211" t="s">
         <v>214</v>
       </c>
       <c r="D211" t="s">
         <v>399</v>
       </c>
       <c r="E211" s="2">
         <v>45493</v>
       </c>
       <c r="F211" s="1">
         <v>0.75</v>
       </c>
       <c r="G211" s="2">
         <v>44032</v>
       </c>
       <c r="H211" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="I211" t="s">
         <v>29</v>
       </c>
       <c r="J211" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="212" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="212" spans="1:10" ht="14.25">
       <c r="A212" s="2">
         <v>45470</v>
       </c>
       <c r="B212" t="s">
         <v>317</v>
       </c>
       <c r="C212" t="s">
         <v>230</v>
       </c>
       <c r="D212" t="s">
         <v>400</v>
       </c>
       <c r="E212" s="2">
         <v>45483</v>
       </c>
       <c r="F212" s="1">
         <v>0.6875</v>
       </c>
       <c r="G212" s="2">
         <v>45484</v>
       </c>
       <c r="H212" s="1">
         <v>0.85416666666666663</v>
       </c>
       <c r="I212" t="s">
         <v>370</v>
       </c>
       <c r="J212" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="213" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="213" spans="1:10" ht="14.25">
       <c r="A213" s="2">
         <v>45475</v>
       </c>
       <c r="B213" t="s">
         <v>235</v>
       </c>
       <c r="C213" t="s">
         <v>401</v>
       </c>
       <c r="D213" t="s">
         <v>402</v>
       </c>
       <c r="E213" s="2">
         <v>45512</v>
       </c>
       <c r="F213" s="1">
         <v>0.5</v>
       </c>
       <c r="G213" s="2">
         <v>45515</v>
       </c>
       <c r="H213" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I213" t="s">
         <v>29</v>
       </c>
       <c r="J213" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="214" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="214" spans="1:10" ht="14.25">
       <c r="A214" s="2">
         <v>45474</v>
       </c>
       <c r="B214" t="s">
         <v>235</v>
       </c>
       <c r="C214" t="s">
         <v>401</v>
       </c>
       <c r="D214" t="s">
         <v>402</v>
       </c>
       <c r="E214" s="2">
         <v>45505</v>
       </c>
       <c r="F214" s="1">
         <v>0.5</v>
       </c>
       <c r="G214" s="2">
         <v>45508</v>
       </c>
       <c r="H214" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I214" t="s">
         <v>47</v>
       </c>
       <c r="J214" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="215" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="215" spans="1:10" ht="14.25">
       <c r="A215" s="2">
         <v>45475</v>
       </c>
       <c r="B215" t="s">
         <v>316</v>
       </c>
       <c r="C215" t="s">
         <v>403</v>
       </c>
       <c r="D215" t="s">
         <v>404</v>
       </c>
       <c r="E215" s="2">
         <v>45487</v>
       </c>
       <c r="F215" s="1">
         <v>0</v>
       </c>
       <c r="G215" s="2">
         <v>45487</v>
       </c>
       <c r="H215" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I215" t="s">
         <v>405</v>
       </c>
       <c r="J215" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="216" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="216" spans="1:10" ht="14.25">
       <c r="A216" s="2">
         <v>45475</v>
       </c>
       <c r="B216" t="s">
         <v>235</v>
       </c>
       <c r="C216" t="s">
         <v>401</v>
       </c>
       <c r="D216" t="s">
         <v>402</v>
       </c>
       <c r="E216" s="2">
         <v>45519</v>
       </c>
       <c r="F216" s="1">
         <v>0.5</v>
       </c>
       <c r="G216" s="2">
         <v>45522</v>
       </c>
       <c r="H216" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I216" t="s">
         <v>29</v>
       </c>
       <c r="J216" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="217" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="217" spans="1:10" ht="14.25">
       <c r="A217" s="2">
         <v>45475</v>
       </c>
       <c r="B217" t="s">
         <v>235</v>
       </c>
       <c r="C217" t="s">
         <v>401</v>
       </c>
       <c r="D217" t="s">
         <v>402</v>
       </c>
       <c r="E217" s="2">
         <v>45535</v>
       </c>
       <c r="F217" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G217" s="2">
         <v>45535</v>
       </c>
       <c r="H217" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I217" t="s">
         <v>47</v>
       </c>
       <c r="J217" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="218" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="218" spans="1:10" ht="14.25">
       <c r="A218" s="2">
         <v>45476</v>
       </c>
       <c r="B218" t="s">
         <v>317</v>
       </c>
       <c r="C218" t="s">
         <v>406</v>
       </c>
       <c r="D218" t="s">
         <v>407</v>
       </c>
       <c r="E218" s="2">
         <v>45485</v>
       </c>
       <c r="F218" s="1">
         <v>0.64583333333333337</v>
       </c>
       <c r="G218" s="2">
         <v>45485</v>
       </c>
       <c r="H218" s="1">
         <v>0.72916666666666663</v>
       </c>
       <c r="I218" t="s">
         <v>29</v>
       </c>
       <c r="J218" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="219" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="219" spans="1:10" ht="14.25">
       <c r="A219" s="2">
         <v>45477</v>
       </c>
       <c r="B219" t="s">
         <v>316</v>
       </c>
       <c r="C219" t="s">
         <v>408</v>
       </c>
       <c r="D219" t="s">
         <v>204</v>
       </c>
       <c r="E219" s="2">
         <v>45501</v>
       </c>
       <c r="F219" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G219" s="2">
         <v>45501</v>
       </c>
       <c r="H219" s="1">
         <v>0.625</v>
       </c>
       <c r="I219" t="s">
         <v>22</v>
       </c>
       <c r="J219" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="220" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="220" spans="1:10" ht="14.25">
       <c r="A220" s="2">
         <v>45476</v>
       </c>
       <c r="B220" t="s">
         <v>196</v>
       </c>
       <c r="C220" t="s">
         <v>30</v>
       </c>
       <c r="D220" t="s">
         <v>409</v>
       </c>
       <c r="E220" s="2">
         <v>45542</v>
       </c>
       <c r="F220" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G220" s="2">
         <v>45542</v>
       </c>
       <c r="H220" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I220" t="s">
         <v>47</v>
       </c>
       <c r="J220" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="221" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="221" spans="1:10" ht="14.25">
       <c r="A221" s="2">
         <v>45478</v>
       </c>
       <c r="B221" t="s">
         <v>317</v>
       </c>
       <c r="C221" t="s">
         <v>161</v>
       </c>
       <c r="D221" t="s">
         <v>217</v>
       </c>
       <c r="E221" s="2">
         <v>45492</v>
       </c>
       <c r="F221" s="1">
         <v>0.64583333333333337</v>
       </c>
       <c r="G221" s="2">
         <v>45492</v>
       </c>
       <c r="H221" s="1">
         <v>0.8125</v>
       </c>
       <c r="I221" t="s">
         <v>29</v>
       </c>
       <c r="J221" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="222" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="222" spans="1:10" ht="14.25">
       <c r="A222" s="2">
         <v>45480</v>
       </c>
       <c r="B222" t="s">
         <v>211</v>
       </c>
       <c r="C222" t="s">
         <v>410</v>
       </c>
       <c r="D222" t="s">
         <v>411</v>
       </c>
       <c r="E222" s="2">
         <v>45493</v>
       </c>
       <c r="F222" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G222" s="2">
         <v>45493</v>
       </c>
       <c r="H222" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I222" t="s">
         <v>12</v>
       </c>
       <c r="J222" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="223" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="223" spans="1:10" ht="14.25">
       <c r="A223" s="2">
         <v>45484</v>
       </c>
       <c r="B223" t="s">
         <v>317</v>
       </c>
       <c r="C223" t="s">
         <v>412</v>
       </c>
       <c r="D223" t="s">
         <v>413</v>
       </c>
       <c r="E223" s="2">
         <v>45493</v>
       </c>
       <c r="F223" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G223" s="2">
         <v>45493</v>
       </c>
       <c r="H223" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="I223" t="s">
         <v>12</v>
       </c>
       <c r="J223" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="224" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="224" spans="1:10" ht="14.25">
       <c r="A224" s="2">
         <v>45483</v>
       </c>
       <c r="B224" t="s">
         <v>317</v>
       </c>
       <c r="C224" t="s">
         <v>39</v>
       </c>
       <c r="D224" t="s">
         <v>323</v>
       </c>
       <c r="E224" s="2">
         <v>45494</v>
       </c>
       <c r="F224" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G224" s="2">
         <v>45494</v>
       </c>
       <c r="H224" s="1">
         <v>0.625</v>
       </c>
       <c r="I224" t="s">
         <v>414</v>
       </c>
       <c r="J224" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="225" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="225" spans="1:10" ht="14.25">
       <c r="A225" s="2">
         <v>45483</v>
       </c>
       <c r="B225" t="s">
         <v>211</v>
       </c>
       <c r="C225" t="s">
         <v>415</v>
       </c>
       <c r="D225" t="s">
         <v>416</v>
       </c>
       <c r="E225" s="2">
         <v>45508</v>
       </c>
       <c r="F225" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G225" s="2">
         <v>45509</v>
       </c>
       <c r="H225" s="1">
         <v>0.10416666666666667</v>
       </c>
       <c r="I225" t="s">
         <v>417</v>
       </c>
       <c r="J225" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="226" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="226" spans="1:10" ht="14.25">
       <c r="A226" s="2">
         <v>45488</v>
       </c>
       <c r="B226" t="s">
         <v>317</v>
       </c>
       <c r="C226" t="s">
         <v>386</v>
       </c>
       <c r="D226" t="s">
         <v>387</v>
       </c>
       <c r="E226" s="2">
         <v>45497</v>
       </c>
       <c r="F226" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G226" s="2">
         <v>45497</v>
       </c>
       <c r="H226" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I226" t="s">
         <v>29</v>
       </c>
       <c r="J226" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="227" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="227" spans="1:10" ht="14.25">
       <c r="A227" s="2">
         <v>45486</v>
       </c>
       <c r="B227" t="s">
         <v>235</v>
       </c>
       <c r="C227" t="s">
         <v>181</v>
       </c>
       <c r="D227" t="s">
         <v>418</v>
       </c>
       <c r="E227" s="2">
         <v>45534</v>
       </c>
       <c r="F227" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="G227" s="2">
         <v>45535</v>
       </c>
       <c r="H227" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I227" t="s">
         <v>16</v>
       </c>
       <c r="J227" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="228" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="228" spans="1:10" ht="14.25">
       <c r="A228" s="2">
         <v>45485</v>
       </c>
       <c r="B228" t="s">
         <v>316</v>
       </c>
       <c r="C228" t="s">
         <v>419</v>
       </c>
       <c r="D228" t="s">
         <v>420</v>
       </c>
       <c r="E228" s="2">
         <v>45521</v>
       </c>
       <c r="F228" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="G228" s="2">
         <v>45522</v>
       </c>
       <c r="H228" s="1">
         <v>0</v>
       </c>
       <c r="I228" t="s">
         <v>421</v>
       </c>
       <c r="J228" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="229" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="229" spans="1:10" ht="14.25">
       <c r="A229" s="2">
         <v>45485</v>
       </c>
       <c r="B229" t="s">
         <v>196</v>
       </c>
       <c r="C229" t="s">
         <v>419</v>
       </c>
       <c r="D229" t="s">
         <v>420</v>
       </c>
       <c r="E229" s="2">
         <v>45513</v>
       </c>
       <c r="F229" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="G229" s="2">
         <v>45515</v>
       </c>
       <c r="H229" s="1">
         <v>0</v>
       </c>
       <c r="I229" t="s">
         <v>421</v>
       </c>
       <c r="J229" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="230" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="230" spans="1:10" ht="14.25">
       <c r="A230" s="2">
         <v>45489</v>
       </c>
       <c r="B230" t="s">
         <v>317</v>
       </c>
       <c r="C230" t="s">
         <v>422</v>
       </c>
       <c r="D230" t="s">
         <v>422</v>
       </c>
       <c r="E230" s="2">
         <v>45501</v>
       </c>
       <c r="F230" s="1">
         <v>0.5</v>
       </c>
       <c r="G230" s="2">
         <v>45501</v>
       </c>
       <c r="H230" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I230" t="s">
         <v>109</v>
       </c>
       <c r="J230" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="231" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="231" spans="1:10" ht="14.25">
       <c r="A231" s="2">
         <v>45496</v>
       </c>
       <c r="B231" t="s">
         <v>235</v>
       </c>
       <c r="C231" t="s">
         <v>423</v>
       </c>
       <c r="D231" t="s">
         <v>424</v>
       </c>
       <c r="E231" s="2">
         <v>45512</v>
       </c>
       <c r="F231" s="1">
         <v>0.8125</v>
       </c>
       <c r="G231" s="2">
         <v>45515</v>
       </c>
       <c r="H231" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I231" t="s">
         <v>29</v>
       </c>
       <c r="J231" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="232" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="232" spans="1:10" ht="14.25">
       <c r="A232" s="2">
         <v>45496</v>
       </c>
       <c r="B232" t="s">
         <v>235</v>
       </c>
       <c r="C232" t="s">
         <v>425</v>
       </c>
       <c r="D232" t="s">
         <v>426</v>
       </c>
       <c r="E232" s="2">
         <v>45513</v>
       </c>
       <c r="F232" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G232" s="2">
         <v>45515</v>
       </c>
       <c r="H232" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I232" t="s">
         <v>427</v>
       </c>
       <c r="J232" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="233" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="233" spans="1:10" ht="14.25">
       <c r="A233" s="2">
         <v>45498</v>
       </c>
       <c r="B233" t="s">
         <v>196</v>
       </c>
       <c r="C233" t="s">
         <v>111</v>
       </c>
       <c r="D233" t="s">
         <v>428</v>
       </c>
       <c r="E233" s="2">
         <v>45567</v>
       </c>
       <c r="F233" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G233" s="2">
         <v>45570</v>
       </c>
       <c r="H233" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I233" t="s">
         <v>429</v>
       </c>
       <c r="J233" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="234" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="234" spans="1:10" ht="14.25">
       <c r="A234" s="2">
         <v>45499</v>
       </c>
       <c r="B234" t="s">
         <v>235</v>
       </c>
       <c r="C234" t="s">
         <v>403</v>
       </c>
       <c r="D234" t="s">
         <v>430</v>
       </c>
       <c r="E234" s="2">
         <v>45514</v>
       </c>
       <c r="F234" s="1">
         <v>0</v>
       </c>
       <c r="G234" s="2">
         <v>45515</v>
       </c>
       <c r="H234" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I234" t="s">
         <v>431</v>
       </c>
       <c r="J234" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="235" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="235" spans="1:10" ht="14.25">
       <c r="A235" s="2">
         <v>45499</v>
       </c>
       <c r="B235" t="s">
         <v>317</v>
       </c>
       <c r="C235" t="s">
         <v>432</v>
       </c>
       <c r="D235" t="s">
         <v>433</v>
       </c>
       <c r="E235" s="2">
         <v>45520</v>
       </c>
       <c r="F235" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G235" s="2">
         <v>45520</v>
       </c>
       <c r="H235" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I235" t="s">
         <v>54</v>
       </c>
       <c r="J235" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="236" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="236" spans="1:10" ht="14.25">
       <c r="A236" s="2">
         <v>45498</v>
       </c>
       <c r="B236" t="s">
         <v>317</v>
       </c>
       <c r="C236" t="s">
         <v>75</v>
       </c>
       <c r="D236" t="s">
         <v>434</v>
       </c>
       <c r="E236" s="2">
         <v>45508</v>
       </c>
       <c r="F236" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G236" s="2">
         <v>45508</v>
       </c>
       <c r="H236" s="1">
         <v>0.88888888888888884</v>
       </c>
       <c r="I236" t="s">
         <v>435</v>
       </c>
       <c r="J236" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="237" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="237" spans="1:10" ht="14.25">
       <c r="A237" s="2">
         <v>45503</v>
       </c>
       <c r="B237" t="s">
         <v>317</v>
       </c>
       <c r="C237" t="s">
         <v>75</v>
       </c>
       <c r="D237" t="s">
         <v>434</v>
       </c>
       <c r="E237" s="2">
         <v>45507</v>
       </c>
       <c r="F237" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G237" s="2">
         <v>45507</v>
       </c>
       <c r="H237" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I237" t="s">
         <v>29</v>
       </c>
       <c r="J237" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="238" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="238" spans="1:10" ht="14.25">
       <c r="A238" s="2">
         <v>45503</v>
       </c>
       <c r="B238" t="s">
         <v>196</v>
       </c>
       <c r="C238" t="s">
         <v>75</v>
       </c>
       <c r="D238" t="s">
         <v>434</v>
       </c>
       <c r="E238" s="2">
         <v>45535</v>
       </c>
       <c r="F238" s="1">
         <v>0.375</v>
       </c>
       <c r="G238" s="2">
         <v>45536</v>
       </c>
       <c r="H238" s="1">
         <v>0.875</v>
       </c>
       <c r="I238" t="s">
         <v>47</v>
       </c>
       <c r="J238" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="239" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="239" spans="1:10" ht="14.25">
       <c r="A239" s="2">
         <v>45504</v>
       </c>
       <c r="B239" t="s">
         <v>316</v>
       </c>
       <c r="C239" t="s">
         <v>75</v>
       </c>
       <c r="D239" t="s">
         <v>434</v>
       </c>
       <c r="E239" s="2">
         <v>45521</v>
       </c>
       <c r="F239" s="1">
         <v>0.54166666666666663</v>
       </c>
       <c r="G239" s="2">
         <v>45521</v>
       </c>
       <c r="H239" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I239" t="s">
         <v>22</v>
       </c>
       <c r="J239" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="240" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="240" spans="1:10" ht="14.25">
       <c r="A240" s="2">
         <v>45505</v>
       </c>
       <c r="B240" t="s">
         <v>196</v>
       </c>
       <c r="C240" t="s">
         <v>436</v>
       </c>
       <c r="D240" t="s">
         <v>81</v>
       </c>
       <c r="E240" s="2">
         <v>45522</v>
       </c>
       <c r="F240">
         <v>10.3</v>
       </c>
       <c r="G240" s="2">
         <v>45522</v>
       </c>
       <c r="H240" s="1">
         <v>0</v>
       </c>
       <c r="I240" t="s">
         <v>437</v>
       </c>
       <c r="J240" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="241" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="241" spans="1:10" ht="14.25">
       <c r="A241" s="2">
         <v>45505</v>
       </c>
       <c r="B241" t="s">
         <v>317</v>
       </c>
       <c r="C241" t="s">
         <v>438</v>
       </c>
       <c r="D241" t="s">
         <v>439</v>
       </c>
       <c r="E241" s="2">
         <v>45514</v>
       </c>
       <c r="F241" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G241" s="2">
         <v>45514</v>
       </c>
       <c r="H241" s="1">
         <v>0</v>
       </c>
       <c r="I241" t="s">
         <v>109</v>
       </c>
       <c r="J241" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="242" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="242" spans="1:10" ht="14.25">
       <c r="A242" s="2">
         <v>45506</v>
       </c>
       <c r="B242" t="s">
         <v>317</v>
       </c>
       <c r="C242" t="s">
         <v>440</v>
       </c>
       <c r="D242" t="s">
         <v>441</v>
       </c>
       <c r="E242" s="2">
         <v>45519</v>
       </c>
       <c r="F242" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G242" s="2">
         <v>45522</v>
       </c>
       <c r="H242" s="1">
         <v>0.125</v>
       </c>
       <c r="I242" t="s">
         <v>442</v>
       </c>
       <c r="J242" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="243" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="243" spans="1:10" ht="14.25">
       <c r="A243" s="2">
         <v>45514</v>
       </c>
       <c r="B243" t="s">
         <v>235</v>
       </c>
       <c r="C243" t="s">
         <v>129</v>
       </c>
       <c r="D243" t="s">
         <v>443</v>
       </c>
       <c r="E243" s="2">
         <v>45542</v>
       </c>
       <c r="F243" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G243" s="2">
         <v>45543</v>
       </c>
       <c r="H243" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I243" t="s">
         <v>444</v>
       </c>
       <c r="J243" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="244" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="244" spans="1:10" ht="14.25">
       <c r="A244" s="2">
         <v>45518</v>
       </c>
       <c r="B244" t="s">
         <v>196</v>
       </c>
       <c r="C244" t="s">
         <v>445</v>
       </c>
       <c r="D244" t="s">
         <v>433</v>
       </c>
       <c r="E244" s="2">
         <v>45584</v>
       </c>
       <c r="F244" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G244" s="2">
         <v>45584</v>
       </c>
       <c r="H244" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I244" t="s">
         <v>22</v>
       </c>
       <c r="J244" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="245" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="245" spans="1:10" ht="14.25">
       <c r="A245" s="2">
         <v>45518</v>
       </c>
       <c r="B245" t="s">
         <v>235</v>
       </c>
       <c r="C245" t="s">
         <v>334</v>
       </c>
       <c r="D245" t="s">
         <v>335</v>
       </c>
       <c r="E245" s="2">
         <v>45536</v>
       </c>
       <c r="F245" s="1">
         <v>0.9375</v>
       </c>
       <c r="G245" s="2">
         <v>45537</v>
       </c>
       <c r="H245" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I245" t="s">
         <v>22</v>
       </c>
       <c r="J245" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="246" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="246" spans="1:10" ht="14.25">
       <c r="A246" s="2">
         <v>45520</v>
       </c>
       <c r="B246" t="s">
         <v>196</v>
       </c>
       <c r="C246" t="s">
         <v>334</v>
       </c>
       <c r="D246" t="s">
         <v>335</v>
       </c>
       <c r="E246" s="2">
         <v>45543</v>
       </c>
       <c r="F246" s="1">
         <v>0</v>
       </c>
       <c r="G246" s="2">
         <v>45544</v>
       </c>
       <c r="H246" s="1">
         <v>0.125</v>
       </c>
       <c r="I246" t="s">
         <v>22</v>
       </c>
       <c r="J246" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="247" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="247" spans="1:10" ht="14.25">
       <c r="A247" s="2">
         <v>45523</v>
       </c>
       <c r="B247" t="s">
         <v>235</v>
       </c>
       <c r="C247" t="s">
         <v>373</v>
       </c>
       <c r="D247" t="s">
         <v>374</v>
       </c>
       <c r="E247" s="2">
         <v>45542</v>
       </c>
       <c r="F247" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G247" s="2">
         <v>45542</v>
       </c>
       <c r="H247" s="1">
         <v>0.875</v>
       </c>
       <c r="I247" t="s">
         <v>29</v>
       </c>
       <c r="J247" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="248" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="248" spans="1:10" ht="14.25">
       <c r="A248" s="2">
         <v>45524</v>
       </c>
       <c r="B248" t="s">
         <v>235</v>
       </c>
       <c r="C248" t="s">
         <v>75</v>
       </c>
       <c r="D248" t="s">
         <v>434</v>
       </c>
       <c r="E248" s="2">
         <v>45562</v>
       </c>
       <c r="F248" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G248" s="2">
         <v>45563</v>
       </c>
       <c r="H248" s="1">
         <v>0.20833333333333334</v>
       </c>
       <c r="I248" t="s">
         <v>446</v>
       </c>
       <c r="J248" t="s">
         <v>447</v>
       </c>
     </row>
-    <row r="249" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="249" spans="1:10" ht="14.25">
       <c r="A249" s="2">
         <v>45524</v>
       </c>
       <c r="B249" t="s">
         <v>196</v>
       </c>
       <c r="C249" t="s">
         <v>448</v>
       </c>
       <c r="D249" t="s">
         <v>449</v>
       </c>
       <c r="E249" s="2">
         <v>45559</v>
       </c>
       <c r="F249" s="1">
         <v>0.5</v>
       </c>
       <c r="G249" s="2">
         <v>45559</v>
       </c>
       <c r="H249" s="1">
         <v>0.75</v>
       </c>
       <c r="I249" t="s">
         <v>29</v>
       </c>
       <c r="J249" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="250" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="250" spans="1:10" ht="14.25">
       <c r="A250" s="2">
         <v>45530</v>
       </c>
       <c r="B250" t="s">
         <v>235</v>
       </c>
       <c r="C250" t="s">
         <v>408</v>
       </c>
       <c r="D250" t="s">
         <v>204</v>
       </c>
       <c r="E250" s="2">
         <v>45592</v>
       </c>
       <c r="F250" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G250" s="2">
         <v>45592</v>
       </c>
       <c r="H250" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I250" t="s">
         <v>178</v>
       </c>
       <c r="J250" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="251" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="251" spans="1:10" ht="14.25">
       <c r="A251" s="2">
         <v>45530</v>
       </c>
       <c r="B251" t="s">
         <v>235</v>
       </c>
       <c r="C251" t="s">
         <v>408</v>
       </c>
       <c r="D251" t="s">
         <v>204</v>
       </c>
       <c r="E251" s="2">
         <v>45564</v>
       </c>
       <c r="F251" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G251" s="2">
         <v>45564</v>
       </c>
       <c r="H251" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I251" t="s">
         <v>178</v>
       </c>
       <c r="J251" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="252" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="252" spans="1:10" ht="14.25">
       <c r="A252" s="2">
         <v>45528</v>
       </c>
       <c r="B252" t="s">
         <v>235</v>
       </c>
       <c r="C252" t="s">
         <v>39</v>
       </c>
       <c r="D252" t="s">
         <v>323</v>
       </c>
       <c r="E252" s="2">
         <v>45550</v>
       </c>
       <c r="F252" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G252" s="2">
         <v>45550</v>
       </c>
       <c r="H252" s="1">
         <v>0.625</v>
       </c>
       <c r="I252" t="s">
         <v>414</v>
       </c>
       <c r="J252" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="253" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="253" spans="1:10" ht="14.25">
       <c r="A253" s="2">
         <v>45531</v>
       </c>
       <c r="B253" t="s">
         <v>317</v>
       </c>
       <c r="C253" t="s">
         <v>440</v>
       </c>
       <c r="D253" t="s">
         <v>441</v>
       </c>
       <c r="E253" s="2">
         <v>45539</v>
       </c>
       <c r="F253" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G253" s="2">
         <v>45541</v>
       </c>
       <c r="H253" s="1">
         <v>0.125</v>
       </c>
       <c r="I253" t="s">
         <v>442</v>
       </c>
       <c r="J253" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="254" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="254" spans="1:10" ht="14.25">
       <c r="A254" s="2">
         <v>45533</v>
       </c>
       <c r="B254" t="s">
         <v>196</v>
       </c>
       <c r="C254" t="s">
         <v>113</v>
       </c>
       <c r="D254" t="s">
         <v>215</v>
       </c>
       <c r="E254" s="2">
         <v>45563</v>
       </c>
       <c r="F254" s="1">
         <v>0.75</v>
       </c>
       <c r="G254" s="2">
         <v>45563</v>
       </c>
       <c r="H254" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="I254" t="s">
         <v>450</v>
       </c>
       <c r="J254" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="255" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="255" spans="1:10" ht="14.25">
       <c r="A255" s="2">
         <v>45532</v>
       </c>
       <c r="B255" t="s">
         <v>193</v>
       </c>
       <c r="C255" t="s">
         <v>451</v>
       </c>
       <c r="D255" t="s">
         <v>452</v>
       </c>
       <c r="E255" s="2">
         <v>45541</v>
       </c>
       <c r="F255" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G255" s="2">
         <v>45543</v>
       </c>
       <c r="H255" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I255" t="s">
         <v>29</v>
       </c>
       <c r="J255" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="256" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="256" spans="1:10" ht="14.25">
       <c r="A256" s="2">
         <v>45532</v>
       </c>
       <c r="B256" t="s">
         <v>235</v>
       </c>
       <c r="C256" t="s">
         <v>451</v>
       </c>
       <c r="D256" t="s">
         <v>452</v>
       </c>
       <c r="E256" s="2">
         <v>45559</v>
       </c>
       <c r="F256" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G256" s="2">
         <v>45564</v>
       </c>
       <c r="H256" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I256" t="s">
         <v>29</v>
       </c>
       <c r="J256" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="257" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="257" spans="1:10" ht="14.25">
       <c r="A257" s="2">
         <v>45532</v>
       </c>
       <c r="B257" t="s">
         <v>235</v>
       </c>
       <c r="C257" t="s">
         <v>451</v>
       </c>
       <c r="D257" t="s">
         <v>452</v>
       </c>
       <c r="E257" s="2">
         <v>45552</v>
       </c>
       <c r="F257" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G257" s="2">
         <v>45557</v>
       </c>
       <c r="H257" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I257" t="s">
         <v>29</v>
       </c>
       <c r="J257" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="258" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="258" spans="1:10" ht="14.25">
       <c r="A258" s="2">
         <v>45532</v>
       </c>
       <c r="B258" t="s">
         <v>235</v>
       </c>
       <c r="C258" t="s">
         <v>451</v>
       </c>
       <c r="D258" t="s">
         <v>452</v>
       </c>
       <c r="E258" s="2">
         <v>45545</v>
       </c>
       <c r="F258" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G258" s="2">
         <v>45550</v>
       </c>
       <c r="H258" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I258" t="s">
         <v>29</v>
       </c>
       <c r="J258" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="259" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="259" spans="1:10" ht="14.25">
       <c r="A259" s="2">
         <v>45534</v>
       </c>
       <c r="B259" t="s">
         <v>235</v>
       </c>
       <c r="C259" t="s">
         <v>212</v>
       </c>
       <c r="D259" t="s">
         <v>453</v>
       </c>
       <c r="E259" s="2">
         <v>45612</v>
       </c>
       <c r="F259" s="1">
         <v>0.29166666666666669</v>
       </c>
       <c r="G259" s="2">
         <v>45612</v>
       </c>
       <c r="H259" s="1">
         <v>0.75</v>
       </c>
       <c r="I259" t="s">
         <v>109</v>
       </c>
       <c r="J259" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="260" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="260" spans="1:10" ht="14.25">
       <c r="A260" s="2">
         <v>45535</v>
       </c>
       <c r="B260" t="s">
         <v>317</v>
       </c>
       <c r="C260" t="s">
         <v>129</v>
       </c>
       <c r="D260" t="s">
         <v>443</v>
       </c>
       <c r="E260" s="2">
         <v>45549</v>
       </c>
       <c r="F260" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G260" s="2">
         <v>45550</v>
       </c>
       <c r="H260" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I260" t="s">
         <v>442</v>
       </c>
       <c r="J260" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="261" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="261" spans="1:10" ht="14.25">
       <c r="A261" s="2">
         <v>45537</v>
       </c>
       <c r="B261" t="s">
         <v>317</v>
       </c>
       <c r="C261" t="s">
         <v>454</v>
       </c>
       <c r="D261" t="s">
         <v>455</v>
       </c>
       <c r="E261" s="2">
         <v>45551</v>
       </c>
       <c r="F261" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G261" s="2">
         <v>45551</v>
       </c>
       <c r="H261" s="1">
         <v>0.4375</v>
       </c>
       <c r="I261" t="s">
         <v>29</v>
       </c>
       <c r="J261" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="262" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="262" spans="1:10" ht="14.25">
       <c r="A262" s="2">
         <v>45541</v>
       </c>
       <c r="B262" t="s">
         <v>235</v>
       </c>
       <c r="C262" t="s">
         <v>456</v>
       </c>
       <c r="D262" t="s">
         <v>457</v>
       </c>
       <c r="E262" s="2">
         <v>45571</v>
       </c>
       <c r="F262" s="1">
         <v>0</v>
       </c>
       <c r="G262" s="2">
         <v>45571</v>
       </c>
       <c r="H262" s="1">
         <v>0.10416666666666667</v>
       </c>
       <c r="I262" t="s">
         <v>458</v>
       </c>
       <c r="J262" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="263" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="263" spans="1:10" ht="14.25">
       <c r="A263" s="2">
         <v>45541</v>
       </c>
       <c r="B263" t="s">
         <v>235</v>
       </c>
       <c r="C263" t="s">
         <v>30</v>
       </c>
       <c r="D263" t="s">
         <v>459</v>
       </c>
       <c r="E263" s="2">
         <v>45563</v>
       </c>
       <c r="F263" s="1">
         <v>0.625</v>
       </c>
       <c r="G263" s="2">
         <v>45564</v>
       </c>
       <c r="H263" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I263" t="s">
         <v>22</v>
       </c>
       <c r="J263" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="264" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+    <row r="264" spans="1:10" ht="28.5">
       <c r="A264" s="2">
         <v>45540</v>
       </c>
       <c r="B264" t="s">
         <v>317</v>
       </c>
       <c r="C264" t="s">
         <v>460</v>
       </c>
       <c r="D264" s="3" t="s">
         <v>461</v>
       </c>
       <c r="E264" s="2">
         <v>45550</v>
       </c>
       <c r="F264" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G264" s="2">
         <v>45550</v>
       </c>
       <c r="H264" s="1">
         <v>0.89583333333333337</v>
       </c>
       <c r="I264" s="9" t="s">
         <v>462</v>
       </c>
       <c r="J264" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="265" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="265" spans="1:10" ht="14.25">
       <c r="A265" s="2">
         <v>45544</v>
       </c>
       <c r="B265" t="s">
         <v>317</v>
       </c>
       <c r="C265" t="s">
         <v>463</v>
       </c>
       <c r="D265" t="s">
         <v>464</v>
       </c>
       <c r="E265" s="2">
         <v>45556</v>
       </c>
       <c r="F265" s="1">
         <v>0.5</v>
       </c>
       <c r="G265" s="2">
         <v>45556</v>
       </c>
       <c r="H265" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I265" s="9" t="s">
         <v>22</v>
       </c>
       <c r="J265" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="266" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="266" spans="1:10" ht="14.25">
       <c r="A266" s="2">
         <v>45544</v>
       </c>
       <c r="B266" t="s">
         <v>317</v>
       </c>
       <c r="C266" t="s">
         <v>132</v>
       </c>
       <c r="D266" t="s">
         <v>465</v>
       </c>
       <c r="E266" s="2">
         <v>45556</v>
       </c>
       <c r="F266" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G266" s="2">
         <v>45557</v>
       </c>
       <c r="H266" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I266" t="s">
         <v>466</v>
       </c>
       <c r="J266" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="267" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="267" spans="1:10" ht="14.25">
       <c r="A267" s="2">
         <v>45544</v>
       </c>
       <c r="B267" t="s">
         <v>235</v>
       </c>
       <c r="C267" t="s">
         <v>467</v>
       </c>
       <c r="D267" t="s">
         <v>468</v>
       </c>
       <c r="E267" s="2">
         <v>45563</v>
       </c>
       <c r="F267" s="1">
         <v>0.5</v>
       </c>
       <c r="G267" s="2">
         <v>45563</v>
       </c>
       <c r="H267" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I267" t="s">
         <v>29</v>
       </c>
       <c r="J267" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="268" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="268" spans="1:10" ht="14.25">
       <c r="A268" s="2">
         <v>45545</v>
       </c>
       <c r="B268" t="s">
         <v>317</v>
       </c>
       <c r="C268" s="20" t="s">
         <v>77</v>
       </c>
       <c r="D268" t="s">
         <v>469</v>
       </c>
       <c r="E268" s="2">
         <v>45553</v>
       </c>
       <c r="F268" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G268" s="2">
         <v>45553</v>
       </c>
       <c r="H268" s="1">
         <v>0.89583333333333337</v>
       </c>
       <c r="I268" t="s">
         <v>29</v>
       </c>
       <c r="J268" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="269" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="269" spans="1:10" ht="14.25">
       <c r="A269" s="2">
         <v>45545</v>
       </c>
       <c r="B269" t="s">
         <v>317</v>
       </c>
       <c r="C269" t="s">
         <v>403</v>
       </c>
       <c r="D269" t="s">
         <v>470</v>
       </c>
       <c r="E269" s="2">
         <v>45557</v>
       </c>
       <c r="F269" s="1">
         <v>0</v>
       </c>
       <c r="G269" s="2">
         <v>45557</v>
       </c>
       <c r="H269" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I269" t="s">
         <v>22</v>
       </c>
       <c r="J269" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="270" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="270" spans="1:10" ht="14.25">
       <c r="A270" s="2">
         <v>45545</v>
       </c>
       <c r="B270" t="s">
         <v>235</v>
       </c>
       <c r="C270" t="s">
         <v>471</v>
       </c>
       <c r="D270" t="s">
         <v>472</v>
       </c>
       <c r="E270" s="2" t="s">
         <v>473</v>
       </c>
       <c r="F270" s="1">
         <v>0.4375</v>
       </c>
       <c r="G270" s="2" t="s">
         <v>473</v>
       </c>
       <c r="H270" s="1">
         <v>0.6875</v>
       </c>
       <c r="I270" t="s">
         <v>29</v>
       </c>
       <c r="J270" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="271" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="271" spans="1:10" ht="14.25">
       <c r="A271" s="2">
         <v>45547</v>
       </c>
       <c r="B271" t="s">
         <v>317</v>
       </c>
       <c r="C271" t="s">
         <v>474</v>
       </c>
       <c r="D271" t="s">
         <v>475</v>
       </c>
       <c r="E271" s="2">
         <v>45555</v>
       </c>
       <c r="F271" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G271" s="2">
         <v>45557</v>
       </c>
       <c r="H271" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I271" t="s">
         <v>29</v>
       </c>
       <c r="J271" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="272" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="272" spans="1:10" ht="14.25">
       <c r="A272" s="2">
         <v>45538</v>
       </c>
       <c r="B272" t="s">
         <v>317</v>
       </c>
       <c r="C272" t="s">
         <v>476</v>
       </c>
       <c r="D272" t="s">
         <v>477</v>
       </c>
       <c r="E272" s="2">
         <v>45549</v>
       </c>
       <c r="F272" s="1">
         <v>0.60416666666666663</v>
       </c>
       <c r="G272" s="2">
         <v>45549</v>
       </c>
       <c r="H272" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I272" t="s">
         <v>29</v>
       </c>
       <c r="J272" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="273" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="273" spans="1:10" ht="14.25">
       <c r="A273" s="2">
         <v>45551</v>
       </c>
       <c r="B273" t="s">
         <v>193</v>
       </c>
       <c r="C273" t="s">
         <v>159</v>
       </c>
       <c r="D273" t="s">
         <v>478</v>
       </c>
       <c r="E273" s="2">
         <v>45561</v>
       </c>
       <c r="F273" s="1">
         <v>0.72916666666666663</v>
       </c>
       <c r="G273" s="2">
         <v>45561</v>
       </c>
       <c r="H273" s="1">
         <v>0.85416666666666663</v>
       </c>
       <c r="I273" t="s">
         <v>29</v>
       </c>
       <c r="J273" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="274" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="274" spans="1:10" ht="14.25">
       <c r="A274" s="2">
         <v>45553</v>
       </c>
       <c r="B274" t="s">
         <v>196</v>
       </c>
       <c r="C274" t="s">
         <v>474</v>
       </c>
       <c r="D274" t="s">
         <v>475</v>
       </c>
       <c r="E274" s="2">
         <v>45576</v>
       </c>
       <c r="F274" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G274" s="2">
         <v>45578</v>
       </c>
       <c r="H274" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I274" t="s">
         <v>29</v>
       </c>
       <c r="J274" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="275" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="275" spans="1:10" ht="14.25">
       <c r="A275" s="2">
         <v>45553</v>
       </c>
       <c r="B275" t="s">
         <v>196</v>
       </c>
       <c r="C275" t="s">
         <v>474</v>
       </c>
       <c r="D275" t="s">
         <v>475</v>
       </c>
       <c r="E275" s="2">
         <v>45569</v>
       </c>
       <c r="F275" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G275" s="2">
         <v>45571</v>
       </c>
       <c r="H275" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I275" t="s">
         <v>29</v>
       </c>
       <c r="J275" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="276" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="276" spans="1:10" ht="14.25">
       <c r="A276" s="2">
         <v>45557</v>
       </c>
       <c r="B276" t="s">
         <v>235</v>
       </c>
       <c r="C276" t="s">
         <v>39</v>
       </c>
       <c r="D276" t="s">
         <v>323</v>
       </c>
       <c r="E276" s="2">
         <v>45585</v>
       </c>
       <c r="F276" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G276" s="2">
         <v>45585</v>
       </c>
       <c r="H276" s="1">
         <v>0.625</v>
       </c>
       <c r="I276" t="s">
         <v>414</v>
       </c>
       <c r="J276" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="277" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="277" spans="1:10" ht="14.25">
       <c r="A277" s="2">
         <v>45555</v>
       </c>
       <c r="B277" t="s">
         <v>235</v>
       </c>
       <c r="C277" t="s">
         <v>474</v>
       </c>
       <c r="D277" t="s">
         <v>475</v>
       </c>
       <c r="E277" s="2">
         <v>45590</v>
       </c>
       <c r="F277" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G277" s="2">
         <v>45592</v>
       </c>
       <c r="H277" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I277" t="s">
         <v>29</v>
       </c>
       <c r="J277" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="278" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="278" spans="1:10" ht="16.5" customHeight="1">
       <c r="A278" s="2">
         <v>45555</v>
       </c>
       <c r="B278" t="s">
         <v>235</v>
       </c>
       <c r="C278" t="s">
         <v>474</v>
       </c>
       <c r="D278" t="s">
         <v>475</v>
       </c>
       <c r="E278" s="2">
         <v>45583</v>
       </c>
       <c r="F278" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G278" s="2">
         <v>45585</v>
       </c>
       <c r="H278" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I278" t="s">
         <v>29</v>
       </c>
       <c r="J278" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="279" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="279" spans="1:10" ht="14.25">
       <c r="A279" s="2">
         <v>45555</v>
       </c>
       <c r="B279" t="s">
         <v>235</v>
       </c>
       <c r="C279" t="s">
         <v>479</v>
       </c>
       <c r="D279" t="s">
         <v>192</v>
       </c>
       <c r="E279" s="2">
         <v>45238</v>
       </c>
       <c r="F279" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G279" s="2">
         <v>45604</v>
       </c>
       <c r="H279" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I279" t="s">
         <v>29</v>
       </c>
       <c r="J279" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="280" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="280" spans="1:10" ht="14.25">
       <c r="A280" s="2">
         <v>45555</v>
       </c>
       <c r="B280" t="s">
         <v>235</v>
       </c>
       <c r="C280" t="s">
         <v>479</v>
       </c>
       <c r="D280" t="s">
         <v>192</v>
       </c>
       <c r="E280" s="2">
         <v>45626</v>
       </c>
       <c r="F280" s="1">
         <v>0.5</v>
       </c>
       <c r="G280" s="2">
         <v>45626</v>
       </c>
       <c r="H280" s="1">
         <v>0.6875</v>
       </c>
       <c r="I280" t="s">
         <v>29</v>
       </c>
       <c r="J280" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="281" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="281" spans="1:10" ht="14.25">
       <c r="A281" s="2">
         <v>45555</v>
       </c>
       <c r="B281" t="s">
         <v>196</v>
       </c>
       <c r="C281" t="s">
         <v>296</v>
       </c>
       <c r="D281" t="s">
         <v>480</v>
       </c>
       <c r="E281" s="2">
         <v>45604</v>
       </c>
       <c r="F281" s="1">
         <v>0.6875</v>
       </c>
       <c r="G281" s="2">
         <v>45604</v>
       </c>
       <c r="H281" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I281" t="s">
         <v>22</v>
       </c>
       <c r="J281" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="282" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="282" spans="1:10" ht="14.25">
       <c r="A282" s="2">
         <v>45554</v>
       </c>
       <c r="B282" t="s">
         <v>317</v>
       </c>
       <c r="C282" t="s">
         <v>481</v>
       </c>
       <c r="D282" t="s">
         <v>482</v>
       </c>
       <c r="E282" s="2">
         <v>45563</v>
       </c>
       <c r="F282" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G282" s="2">
         <v>45564</v>
       </c>
       <c r="H282" s="1">
         <v>0.125</v>
       </c>
       <c r="I282" t="s">
         <v>22</v>
       </c>
       <c r="J282" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="283" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="283" spans="1:10" ht="15.75">
       <c r="A283" s="2">
         <v>45558</v>
       </c>
       <c r="B283" t="s">
         <v>317</v>
       </c>
       <c r="C283" s="10" t="s">
         <v>483</v>
       </c>
       <c r="D283" s="10" t="s">
         <v>484</v>
       </c>
       <c r="E283" s="2">
         <v>45563</v>
       </c>
       <c r="F283" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G283" s="2">
         <v>45563</v>
       </c>
       <c r="H283" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I283" t="s">
         <v>22</v>
       </c>
       <c r="J283" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="284" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="284" spans="1:10" ht="14.25">
       <c r="A284" s="2">
         <v>45558</v>
       </c>
       <c r="B284" t="s">
         <v>235</v>
       </c>
       <c r="C284" t="s">
         <v>220</v>
       </c>
       <c r="D284" t="s">
         <v>221</v>
       </c>
       <c r="E284" s="2">
         <v>45627</v>
       </c>
       <c r="F284" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G284" s="2">
         <v>45627</v>
       </c>
       <c r="H284" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="I284" t="s">
         <v>29</v>
       </c>
       <c r="J284" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="285" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="285" spans="1:10" ht="14.25">
       <c r="A285" s="2">
         <v>45558</v>
       </c>
       <c r="B285" t="s">
         <v>235</v>
       </c>
       <c r="C285" t="s">
         <v>485</v>
       </c>
       <c r="D285" t="s">
         <v>486</v>
       </c>
       <c r="E285" s="2">
         <v>45598</v>
       </c>
       <c r="F285" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G285" s="2">
         <v>45598</v>
       </c>
       <c r="H285" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I285" t="s">
         <v>109</v>
       </c>
       <c r="J285" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="286" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="286" spans="1:10" ht="14.25">
       <c r="A286" s="2">
         <v>45565</v>
       </c>
       <c r="B286" t="s">
         <v>317</v>
       </c>
       <c r="C286" s="11" t="s">
         <v>487</v>
       </c>
       <c r="D286" t="s">
         <v>488</v>
       </c>
       <c r="E286" s="2">
         <v>45577</v>
       </c>
       <c r="F286" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G286" s="2">
         <v>45608</v>
       </c>
       <c r="H286" s="1">
         <v>0.125</v>
       </c>
       <c r="I286" t="s">
         <v>442</v>
       </c>
       <c r="J286" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="287" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="287" spans="1:10" ht="14.25">
       <c r="A287" s="2">
         <v>45566</v>
       </c>
       <c r="B287" t="s">
         <v>317</v>
       </c>
       <c r="C287" s="20" t="s">
         <v>489</v>
       </c>
       <c r="D287" t="s">
         <v>348</v>
       </c>
       <c r="E287" s="2">
         <v>45574</v>
       </c>
       <c r="F287" s="1">
         <v>0.75</v>
       </c>
       <c r="G287" s="2">
         <v>45574</v>
       </c>
       <c r="H287" s="1">
         <v>0.85416666666666663</v>
       </c>
       <c r="I287" t="s">
         <v>22</v>
       </c>
       <c r="J287" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="288" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="288" spans="1:10" ht="14.25">
       <c r="A288" s="2">
         <v>45566</v>
       </c>
       <c r="B288" t="s">
         <v>317</v>
       </c>
       <c r="C288" t="s">
         <v>289</v>
       </c>
       <c r="D288" t="s">
         <v>490</v>
       </c>
       <c r="E288" s="2">
         <v>45574</v>
       </c>
       <c r="F288" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="G288" s="2">
         <v>45575</v>
       </c>
       <c r="H288" s="1">
         <v>0.11458333333333333</v>
       </c>
       <c r="I288" t="s">
         <v>491</v>
       </c>
       <c r="J288" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="289" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="289" spans="1:10" ht="14.25">
       <c r="A289" s="2">
         <v>45566</v>
       </c>
       <c r="B289" t="s">
         <v>235</v>
       </c>
       <c r="C289" s="20" t="s">
         <v>492</v>
       </c>
       <c r="D289" s="20" t="s">
         <v>493</v>
       </c>
       <c r="E289" s="2">
         <v>45584</v>
       </c>
       <c r="F289" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G289" s="2">
         <v>45584</v>
       </c>
       <c r="H289" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I289" t="s">
         <v>29</v>
       </c>
       <c r="J289" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="290" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="290" spans="1:10" ht="14.25">
       <c r="A290" s="2">
         <v>45566</v>
       </c>
       <c r="B290" t="s">
         <v>196</v>
       </c>
       <c r="C290" t="s">
         <v>494</v>
       </c>
       <c r="D290" t="s">
         <v>495</v>
       </c>
       <c r="E290" s="2">
         <v>45597</v>
       </c>
       <c r="F290" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G290" s="2">
         <v>45598</v>
       </c>
       <c r="H290" s="1">
         <v>0.20833333333333334</v>
       </c>
       <c r="I290" t="s">
         <v>442</v>
       </c>
       <c r="J290" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="291" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="291" spans="1:10" ht="14.25">
       <c r="A291" s="2">
         <v>45567</v>
       </c>
       <c r="B291" t="s">
         <v>196</v>
       </c>
       <c r="C291" t="s">
         <v>496</v>
       </c>
       <c r="D291" t="s">
         <v>497</v>
       </c>
       <c r="E291" s="2">
         <v>45638</v>
       </c>
       <c r="F291" s="1">
         <v>0.75</v>
       </c>
       <c r="G291" s="2">
         <v>45639</v>
       </c>
       <c r="H291" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I291" t="s">
         <v>22</v>
       </c>
       <c r="J291" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="292" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="292" spans="1:10" ht="14.25">
       <c r="A292" s="2">
         <v>45566</v>
       </c>
       <c r="B292" t="s">
         <v>196</v>
       </c>
       <c r="C292" t="s">
         <v>159</v>
       </c>
       <c r="D292" t="s">
         <v>498</v>
       </c>
       <c r="E292" s="2">
         <v>45607</v>
       </c>
       <c r="F292" s="1">
         <v>0.72916666666666663</v>
       </c>
       <c r="G292" s="2">
         <v>45597</v>
       </c>
       <c r="H292" s="1">
         <v>0.85416666666666663</v>
       </c>
       <c r="I292" t="s">
         <v>29</v>
       </c>
       <c r="J292" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="293" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="293" spans="1:10" ht="14.25">
       <c r="A293" s="2">
         <v>45568</v>
       </c>
       <c r="B293" t="s">
         <v>316</v>
       </c>
       <c r="C293" t="s">
         <v>499</v>
       </c>
       <c r="D293" t="s">
         <v>329</v>
       </c>
       <c r="E293" s="2">
         <v>45583</v>
       </c>
       <c r="F293" s="1">
         <v>0.72916666666666663</v>
       </c>
       <c r="G293" s="2">
         <v>45583</v>
       </c>
       <c r="H293" s="1">
         <v>0.85416666666666663</v>
       </c>
       <c r="I293" t="s">
         <v>29</v>
       </c>
       <c r="J293" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="294" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="294" spans="1:10" ht="14.25">
       <c r="A294" s="2">
         <v>45570</v>
       </c>
       <c r="B294" t="s">
         <v>196</v>
       </c>
       <c r="C294" t="s">
         <v>500</v>
       </c>
       <c r="D294" t="s">
         <v>501</v>
       </c>
       <c r="E294" s="2">
         <v>45588</v>
       </c>
       <c r="F294" s="1">
         <v>0.73958333333333337</v>
       </c>
       <c r="G294" s="2">
         <v>45588</v>
       </c>
       <c r="H294" s="1">
         <v>0.84375</v>
       </c>
       <c r="I294" t="s">
         <v>29</v>
       </c>
       <c r="J294" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="295" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="295" spans="1:10" ht="14.25">
       <c r="A295" s="2">
         <v>45569</v>
       </c>
       <c r="B295" t="s">
         <v>196</v>
       </c>
       <c r="C295" t="s">
         <v>502</v>
       </c>
       <c r="D295" t="s">
         <v>53</v>
       </c>
       <c r="E295" s="2">
         <v>45584</v>
       </c>
       <c r="F295" s="1">
         <v>0.64583333333333337</v>
       </c>
       <c r="G295" s="2">
         <v>45584</v>
       </c>
       <c r="H295" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I295" t="s">
         <v>29</v>
       </c>
       <c r="J295" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="296" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="296" spans="1:10" ht="14.25">
       <c r="A296" s="2">
         <v>45569</v>
       </c>
       <c r="B296" t="s">
         <v>196</v>
       </c>
       <c r="C296" t="s">
         <v>503</v>
       </c>
       <c r="D296" t="s">
         <v>365</v>
       </c>
       <c r="E296" s="2">
         <v>45631</v>
       </c>
       <c r="F296" s="1">
         <v>0.75</v>
       </c>
       <c r="G296" s="2">
         <v>45631</v>
       </c>
       <c r="H296" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I296" t="s">
         <v>22</v>
       </c>
       <c r="J296" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="297" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="297" spans="1:10" ht="14.25">
       <c r="A297" s="2">
         <v>45569</v>
       </c>
       <c r="B297" t="s">
         <v>196</v>
       </c>
       <c r="C297" t="s">
         <v>159</v>
       </c>
       <c r="D297" t="s">
         <v>498</v>
       </c>
       <c r="E297" s="2">
         <v>45612</v>
       </c>
       <c r="F297" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G297" s="2">
         <v>45612</v>
       </c>
       <c r="H297" s="1">
         <v>0.875</v>
       </c>
       <c r="I297" t="s">
         <v>22</v>
       </c>
       <c r="J297" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="298" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="298" spans="1:10" ht="14.25">
       <c r="A298" s="2">
         <v>45568</v>
       </c>
       <c r="B298" t="s">
         <v>196</v>
       </c>
       <c r="C298" t="s">
         <v>504</v>
       </c>
       <c r="D298" t="s">
         <v>505</v>
       </c>
       <c r="E298" s="2">
         <v>45640</v>
       </c>
       <c r="F298" s="1">
         <v>0.60416666666666663</v>
       </c>
       <c r="G298" s="2">
         <v>45640</v>
       </c>
       <c r="H298" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I298" t="s">
         <v>29</v>
       </c>
       <c r="J298" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="299" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="299" spans="1:10" ht="14.25">
       <c r="A299" s="2">
         <v>45568</v>
       </c>
       <c r="B299" t="s">
         <v>196</v>
       </c>
       <c r="C299" t="s">
         <v>476</v>
       </c>
       <c r="D299" t="s">
         <v>477</v>
       </c>
       <c r="E299" s="2">
         <v>45642</v>
       </c>
       <c r="F299" s="1">
         <v>0.5625</v>
       </c>
       <c r="G299" s="2">
         <v>45642</v>
       </c>
       <c r="H299" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I299" t="s">
         <v>29</v>
       </c>
       <c r="J299" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="300" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="300" spans="1:10" ht="14.25">
       <c r="A300" s="2">
         <v>45572</v>
       </c>
       <c r="B300" t="s">
         <v>196</v>
       </c>
       <c r="C300" t="s">
         <v>330</v>
       </c>
       <c r="D300" t="s">
         <v>385</v>
       </c>
       <c r="E300" s="2">
         <v>45590</v>
       </c>
       <c r="F300" s="1">
         <v>0.64583333333333337</v>
       </c>
       <c r="G300" s="2">
         <v>45590</v>
       </c>
       <c r="H300" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I300" t="s">
         <v>216</v>
       </c>
       <c r="J300" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="301" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="301" spans="1:10" ht="14.25">
       <c r="A301" s="2">
         <v>45573</v>
       </c>
       <c r="B301" t="s">
         <v>196</v>
       </c>
       <c r="C301" t="s">
         <v>506</v>
       </c>
       <c r="D301" t="s">
         <v>507</v>
       </c>
       <c r="E301" s="2">
         <v>45627</v>
       </c>
       <c r="F301" s="1">
         <v>0.5</v>
       </c>
       <c r="G301" s="2">
         <v>45627</v>
       </c>
       <c r="H301" s="1">
         <v>0.75</v>
       </c>
       <c r="I301" t="s">
         <v>41</v>
       </c>
       <c r="J301" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="302" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="302" spans="1:10" ht="14.25">
       <c r="A302" s="2">
         <v>45572</v>
       </c>
       <c r="B302" t="s">
         <v>196</v>
       </c>
       <c r="C302" t="s">
         <v>508</v>
       </c>
       <c r="D302" t="s">
         <v>509</v>
       </c>
       <c r="E302" s="2">
         <v>45603</v>
       </c>
       <c r="F302" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G302" s="2">
         <v>45603</v>
       </c>
       <c r="H302" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I302" t="s">
         <v>29</v>
       </c>
       <c r="J302" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="303" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="303" spans="1:10" ht="14.25">
       <c r="A303" s="2">
         <v>45572</v>
       </c>
       <c r="B303" t="s">
         <v>196</v>
       </c>
       <c r="C303" t="s">
         <v>510</v>
       </c>
       <c r="D303" t="s">
         <v>511</v>
       </c>
       <c r="E303" s="2">
         <v>45598</v>
       </c>
       <c r="F303" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G303" s="2">
         <v>45598</v>
       </c>
       <c r="H303" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I303" t="s">
         <v>22</v>
       </c>
       <c r="J303" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="304" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="304" spans="1:10" ht="14.25">
       <c r="A304" s="2">
         <v>45572</v>
       </c>
       <c r="B304" t="s">
         <v>196</v>
       </c>
       <c r="C304" t="s">
         <v>132</v>
       </c>
       <c r="D304" t="s">
         <v>512</v>
       </c>
       <c r="E304" s="2">
         <v>45267</v>
       </c>
       <c r="F304" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G304" s="2">
         <v>45267</v>
       </c>
       <c r="H304" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I304" t="s">
         <v>513</v>
       </c>
       <c r="J304" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="305" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="305" spans="1:10" ht="14.25">
       <c r="A305" s="2">
         <v>45574</v>
       </c>
       <c r="B305" t="s">
         <v>196</v>
       </c>
       <c r="C305" t="s">
         <v>10</v>
       </c>
       <c r="D305" t="s">
         <v>514</v>
       </c>
       <c r="E305" s="2">
         <v>45623</v>
       </c>
       <c r="F305" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G305" s="2">
         <v>45625</v>
       </c>
       <c r="H305" s="1">
         <v>0.9375</v>
       </c>
       <c r="I305" t="s">
         <v>29</v>
       </c>
       <c r="J305" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="306" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="306" spans="1:10" ht="14.25">
       <c r="A306" s="2">
         <v>45575</v>
       </c>
       <c r="B306" t="s">
         <v>211</v>
       </c>
       <c r="C306" t="s">
         <v>298</v>
       </c>
       <c r="D306" t="s">
         <v>515</v>
       </c>
       <c r="E306" s="2">
         <v>45592</v>
       </c>
       <c r="F306" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G306" s="2">
         <v>45592</v>
       </c>
       <c r="H306" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I306" t="s">
         <v>22</v>
       </c>
       <c r="J306" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="307" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="307" spans="1:10" ht="14.25">
       <c r="A307" s="2">
         <v>45575</v>
       </c>
       <c r="B307" t="s">
         <v>196</v>
       </c>
       <c r="C307" t="s">
         <v>516</v>
       </c>
       <c r="D307" t="s">
         <v>517</v>
       </c>
       <c r="E307" s="2">
         <v>45597</v>
       </c>
       <c r="F307" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G307" s="2">
         <v>45598</v>
       </c>
       <c r="H307" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I307" t="s">
         <v>518</v>
       </c>
       <c r="J307" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="308" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="308" spans="1:10" ht="14.25">
       <c r="A308" s="2">
         <v>45575</v>
       </c>
       <c r="B308" t="s">
         <v>317</v>
       </c>
       <c r="C308" t="s">
         <v>519</v>
       </c>
       <c r="D308" t="s">
         <v>520</v>
       </c>
       <c r="E308" s="2">
         <v>45583</v>
       </c>
       <c r="F308" s="1">
         <v>0.71875</v>
       </c>
       <c r="G308" s="2">
         <v>45583</v>
       </c>
       <c r="H308" s="1">
         <v>0.80208333333333337</v>
       </c>
       <c r="I308" t="s">
         <v>29</v>
       </c>
       <c r="J308" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="309" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="309" spans="1:10" ht="14.25">
       <c r="A309" s="2">
         <v>45575</v>
       </c>
       <c r="B309" t="s">
         <v>196</v>
       </c>
       <c r="C309" t="s">
         <v>521</v>
       </c>
       <c r="D309" t="s">
         <v>522</v>
       </c>
       <c r="E309" s="2">
         <v>45590</v>
       </c>
       <c r="F309" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G309" s="2">
         <v>45590</v>
       </c>
       <c r="H309" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I309" t="s">
         <v>29</v>
       </c>
       <c r="J309" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="310" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="310" spans="1:10" ht="14.25">
       <c r="A310" s="2">
         <v>45576</v>
       </c>
       <c r="B310" t="s">
         <v>196</v>
       </c>
       <c r="C310" t="s">
         <v>218</v>
       </c>
       <c r="D310" t="s">
         <v>523</v>
       </c>
       <c r="E310" s="2">
         <v>45591</v>
       </c>
       <c r="F310" s="1">
         <v>0</v>
       </c>
       <c r="G310" s="2">
         <v>45592</v>
       </c>
       <c r="H310" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I310" t="s">
         <v>22</v>
       </c>
       <c r="J310" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="311" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="311" spans="1:10" ht="14.25">
       <c r="A311" s="2">
         <v>45578</v>
       </c>
       <c r="B311" t="s">
         <v>235</v>
       </c>
       <c r="C311" t="s">
         <v>524</v>
       </c>
       <c r="D311" t="s">
         <v>525</v>
       </c>
       <c r="E311" s="2">
         <v>45589</v>
       </c>
       <c r="F311" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G311" s="2">
         <v>45589</v>
       </c>
       <c r="H311" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I311" t="s">
         <v>47</v>
       </c>
       <c r="J311" t="s">
         <v>526</v>
       </c>
     </row>
-    <row r="312" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="312" spans="1:10" ht="14.25">
       <c r="A312" s="2">
         <v>45579</v>
       </c>
       <c r="B312" t="s">
         <v>196</v>
       </c>
       <c r="C312" t="s">
         <v>527</v>
       </c>
       <c r="D312" t="s">
         <v>528</v>
       </c>
       <c r="E312" s="2">
         <v>45591</v>
       </c>
       <c r="F312" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G312" s="2">
         <v>45592</v>
       </c>
       <c r="H312" s="1">
         <v>0.125</v>
       </c>
       <c r="I312" t="s">
         <v>22</v>
       </c>
       <c r="J312" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="313" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="313" spans="1:10" ht="14.25">
       <c r="A313" s="2">
         <v>45580</v>
       </c>
       <c r="B313" t="s">
         <v>196</v>
       </c>
       <c r="C313" t="s">
         <v>529</v>
       </c>
       <c r="D313" t="s">
         <v>530</v>
       </c>
       <c r="E313" s="2">
         <v>45618</v>
       </c>
       <c r="F313" s="1">
         <v>0.8125</v>
       </c>
       <c r="G313" s="2">
         <v>45618</v>
       </c>
       <c r="H313" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I313" t="s">
         <v>216</v>
       </c>
       <c r="J313" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="314" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="314" spans="1:10" ht="14.25">
       <c r="A314" s="2">
         <v>45579</v>
       </c>
       <c r="B314" t="s">
         <v>196</v>
       </c>
       <c r="C314" t="s">
         <v>500</v>
       </c>
       <c r="D314" t="s">
         <v>501</v>
       </c>
       <c r="E314" s="2">
         <v>45595</v>
       </c>
       <c r="F314" s="1">
         <v>0.73958333333333337</v>
       </c>
       <c r="G314" s="2">
         <v>45595</v>
       </c>
       <c r="H314" s="1">
         <v>0.84375</v>
       </c>
       <c r="I314" t="s">
         <v>216</v>
       </c>
       <c r="J314" t="s">
         <v>526</v>
       </c>
     </row>
-    <row r="315" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="315" spans="1:10" ht="14.25">
       <c r="A315" s="2">
         <v>45581</v>
       </c>
       <c r="B315" t="s">
         <v>196</v>
       </c>
       <c r="C315" t="s">
         <v>531</v>
       </c>
       <c r="D315" t="s">
         <v>182</v>
       </c>
       <c r="E315" s="2">
         <v>45626</v>
       </c>
       <c r="F315" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G315" s="2">
         <v>45627</v>
       </c>
       <c r="H315" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I315" t="s">
         <v>41</v>
       </c>
       <c r="J315" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="316" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="316" spans="1:10" ht="14.25">
       <c r="A316" s="2">
         <v>45581</v>
       </c>
       <c r="B316" t="s">
         <v>317</v>
       </c>
       <c r="C316" t="s">
         <v>481</v>
       </c>
       <c r="D316" t="s">
         <v>482</v>
       </c>
       <c r="E316" s="2">
         <v>45591</v>
       </c>
       <c r="F316" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G316" s="2">
         <v>45592</v>
       </c>
       <c r="H316" s="1">
         <v>0.125</v>
       </c>
       <c r="I316" t="s">
         <v>533</v>
       </c>
       <c r="J316" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="317" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="317" spans="1:10" ht="14.25">
       <c r="A317" s="2">
         <v>45581</v>
       </c>
       <c r="B317" t="s">
         <v>196</v>
       </c>
       <c r="C317" t="s">
         <v>481</v>
       </c>
       <c r="D317" t="s">
         <v>482</v>
       </c>
       <c r="E317" s="2">
         <v>45598</v>
       </c>
       <c r="F317" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G317" s="2">
         <v>45599</v>
       </c>
       <c r="H317" s="1">
         <v>0.125</v>
       </c>
       <c r="I317" t="s">
         <v>533</v>
       </c>
       <c r="J317" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="318" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="318" spans="1:10" ht="14.25">
       <c r="A318" s="2">
         <v>45581</v>
       </c>
       <c r="B318" t="s">
         <v>317</v>
       </c>
       <c r="C318" t="s">
         <v>129</v>
       </c>
       <c r="D318" t="s">
         <v>443</v>
       </c>
       <c r="E318" s="2">
         <v>45591</v>
       </c>
       <c r="F318" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G318" s="2">
         <v>45592</v>
       </c>
       <c r="H318" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I318" t="s">
         <v>442</v>
       </c>
       <c r="J318" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="319" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="319" spans="1:10" ht="14.25">
       <c r="A319" s="2">
         <v>45581</v>
       </c>
       <c r="B319" t="s">
         <v>196</v>
       </c>
       <c r="C319" t="s">
         <v>129</v>
       </c>
       <c r="D319" t="s">
         <v>443</v>
       </c>
       <c r="E319" s="2">
         <v>45597</v>
       </c>
       <c r="F319" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G319" s="2">
         <v>45599</v>
       </c>
       <c r="H319" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I319" t="s">
         <v>442</v>
       </c>
       <c r="J319" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="320" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="320" spans="1:10" ht="14.25">
       <c r="A320" s="2">
         <v>45581</v>
       </c>
       <c r="B320" t="s">
         <v>196</v>
       </c>
       <c r="C320" t="s">
         <v>133</v>
       </c>
       <c r="D320" t="s">
         <v>134</v>
       </c>
       <c r="E320" s="2">
         <v>45590</v>
       </c>
       <c r="F320" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G320" s="2">
         <v>45592</v>
       </c>
       <c r="H320" s="1">
         <v>0.10416666666666667</v>
       </c>
       <c r="I320" t="s">
         <v>16</v>
       </c>
       <c r="J320" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="321" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="321" spans="1:10" ht="14.25">
       <c r="A321" s="2">
         <v>45581</v>
       </c>
       <c r="B321" t="s">
         <v>196</v>
       </c>
       <c r="C321" t="s">
         <v>534</v>
       </c>
       <c r="D321" t="s">
         <v>399</v>
       </c>
       <c r="E321" s="2">
         <v>45620</v>
       </c>
       <c r="F321" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G321" s="2">
         <v>45620</v>
       </c>
       <c r="H321" s="1">
         <v>0.75</v>
       </c>
       <c r="I321" t="s">
         <v>29</v>
       </c>
       <c r="J321" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="322" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="322" spans="1:10" ht="14.25">
       <c r="A322" s="2">
         <v>45581</v>
       </c>
       <c r="B322" t="s">
         <v>196</v>
       </c>
       <c r="C322" t="s">
         <v>535</v>
       </c>
       <c r="D322" t="s">
         <v>536</v>
       </c>
       <c r="E322" s="2">
         <v>45650</v>
       </c>
       <c r="F322" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G322" s="2">
         <v>45651</v>
       </c>
       <c r="H322" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I322" t="s">
         <v>178</v>
       </c>
       <c r="J322" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="323" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="323" spans="1:10" ht="14.25">
       <c r="A323" s="2">
         <v>45581</v>
       </c>
       <c r="B323" t="s">
         <v>196</v>
       </c>
       <c r="C323" t="s">
         <v>535</v>
       </c>
       <c r="D323" t="s">
         <v>536</v>
       </c>
       <c r="E323" s="2">
         <v>45657</v>
       </c>
       <c r="F323" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G323" s="2">
         <v>45658</v>
       </c>
       <c r="H323" s="1">
         <v>0.125</v>
       </c>
       <c r="I323" t="s">
         <v>178</v>
       </c>
       <c r="J323" t="s">
         <v>526</v>
       </c>
     </row>
-    <row r="324" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="324" spans="1:10" ht="14.25">
       <c r="A324" s="2">
         <v>45581</v>
       </c>
       <c r="B324" t="s">
         <v>196</v>
       </c>
       <c r="C324" t="s">
         <v>230</v>
       </c>
       <c r="D324" t="s">
         <v>400</v>
       </c>
       <c r="E324" s="2">
         <v>45633</v>
       </c>
       <c r="F324" s="1">
         <v>0.5</v>
       </c>
       <c r="G324" s="2">
         <v>45633</v>
       </c>
       <c r="H324" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I324" t="s">
         <v>22</v>
       </c>
       <c r="J324" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="325" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="325" spans="1:10" ht="14.25">
       <c r="A325" s="2">
         <v>45581</v>
       </c>
       <c r="B325" t="s">
         <v>193</v>
       </c>
       <c r="C325" t="s">
         <v>230</v>
       </c>
       <c r="D325" t="s">
         <v>400</v>
       </c>
       <c r="E325" s="2">
         <v>45590</v>
       </c>
       <c r="F325" s="1">
         <v>0.625</v>
       </c>
       <c r="G325" s="2">
         <v>45590</v>
       </c>
       <c r="H325" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I325" t="s">
         <v>22</v>
       </c>
       <c r="J325" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="326" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="326" spans="1:10" ht="14.25">
       <c r="A326" s="2">
         <v>45581</v>
       </c>
       <c r="B326" t="s">
         <v>196</v>
       </c>
       <c r="C326" t="s">
         <v>230</v>
       </c>
       <c r="D326" t="s">
         <v>400</v>
       </c>
       <c r="E326" s="2">
         <v>45633</v>
       </c>
       <c r="F326" s="1">
         <v>0.5</v>
       </c>
       <c r="G326" s="2">
         <v>45633</v>
       </c>
       <c r="H326" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I326" t="s">
         <v>22</v>
       </c>
       <c r="J326" t="s">
         <v>526</v>
       </c>
     </row>
-    <row r="327" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="327" spans="1:10" ht="14.25">
       <c r="A327" s="2">
         <v>45582</v>
       </c>
       <c r="B327" t="s">
         <v>193</v>
       </c>
       <c r="C327" t="s">
         <v>537</v>
       </c>
       <c r="D327" t="s">
         <v>538</v>
       </c>
       <c r="E327" s="2">
         <v>45590</v>
       </c>
       <c r="F327" s="1">
         <v>0.75</v>
       </c>
       <c r="G327" s="2">
         <v>45590</v>
       </c>
       <c r="H327" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I327" t="s">
         <v>22</v>
       </c>
       <c r="J327" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="328" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="328" spans="1:10" ht="14.25">
       <c r="A328" s="2">
         <v>45583</v>
       </c>
       <c r="B328" t="s">
         <v>196</v>
       </c>
       <c r="C328" t="s">
         <v>539</v>
       </c>
       <c r="D328" t="s">
         <v>540</v>
       </c>
       <c r="E328" s="2">
         <v>45603</v>
       </c>
       <c r="F328" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G328" s="2">
         <v>45603</v>
       </c>
       <c r="H328" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="I328" t="s">
         <v>22</v>
       </c>
       <c r="J328" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="329" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="329" spans="1:10" ht="14.25">
       <c r="A329" s="2">
         <v>45584</v>
       </c>
       <c r="B329" t="s">
         <v>196</v>
       </c>
       <c r="C329" t="s">
         <v>159</v>
       </c>
       <c r="D329" t="s">
         <v>348</v>
       </c>
       <c r="E329" s="2">
         <v>45603</v>
       </c>
       <c r="F329" s="1">
         <v>0.75</v>
       </c>
       <c r="G329" s="2">
         <v>45603</v>
       </c>
       <c r="H329" s="1">
         <v>0.85416666666666663</v>
       </c>
       <c r="I329" t="s">
         <v>22</v>
       </c>
       <c r="J329" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="330" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="330" spans="1:10" ht="14.25">
       <c r="A330" s="2">
         <v>45586</v>
       </c>
       <c r="B330" t="s">
         <v>196</v>
       </c>
       <c r="C330" t="s">
         <v>541</v>
       </c>
       <c r="D330" t="s">
         <v>542</v>
       </c>
       <c r="E330" s="2">
         <v>45647</v>
       </c>
       <c r="F330" s="1">
         <v>0.29166666666666669</v>
       </c>
       <c r="G330" s="2">
         <v>45650</v>
       </c>
       <c r="H330" s="1">
         <v>0.33333333333333331</v>
       </c>
       <c r="I330" t="s">
         <v>146</v>
       </c>
       <c r="J330" t="s">
         <v>526</v>
       </c>
     </row>
-    <row r="331" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="331" spans="1:10" ht="14.25">
       <c r="A331" s="2">
         <v>45585</v>
       </c>
       <c r="B331" t="s">
         <v>196</v>
       </c>
       <c r="C331" t="s">
         <v>118</v>
       </c>
       <c r="D331" t="s">
         <v>333</v>
       </c>
       <c r="E331" s="2">
         <v>45619</v>
       </c>
       <c r="F331" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G331" s="2">
         <v>45619</v>
       </c>
       <c r="H331" s="1">
         <v>0</v>
       </c>
       <c r="I331" t="s">
         <v>543</v>
       </c>
       <c r="J331" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="332" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="332" spans="1:10" ht="14.25">
       <c r="A332" s="2">
         <v>45585</v>
       </c>
       <c r="B332" t="s">
         <v>196</v>
       </c>
       <c r="C332" s="11" t="s">
         <v>487</v>
       </c>
       <c r="D332" t="s">
         <v>488</v>
       </c>
       <c r="E332" s="2">
         <v>45598</v>
       </c>
       <c r="F332" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G332" s="2">
         <v>45599</v>
       </c>
       <c r="H332" s="1">
         <v>0.10416666666666667</v>
       </c>
       <c r="I332" t="s">
         <v>458</v>
       </c>
       <c r="J332" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="333" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="333" spans="1:10" ht="14.25">
       <c r="A333" s="2">
         <v>45586</v>
       </c>
       <c r="B333" t="s">
         <v>196</v>
       </c>
       <c r="C333" s="11" t="s">
         <v>544</v>
       </c>
       <c r="D333" t="s">
         <v>545</v>
       </c>
       <c r="E333" s="2">
         <v>45605</v>
       </c>
       <c r="F333" s="1">
         <v>0.75</v>
       </c>
       <c r="G333" s="2">
         <v>45606</v>
       </c>
       <c r="H333" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I333" t="s">
         <v>22</v>
       </c>
       <c r="J333" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="334" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="334" spans="1:10" ht="14.25">
       <c r="A334" s="2">
         <v>45586</v>
       </c>
       <c r="B334" t="s">
         <v>196</v>
       </c>
       <c r="C334" s="11" t="s">
         <v>546</v>
       </c>
       <c r="D334" t="s">
         <v>545</v>
       </c>
       <c r="E334" s="2">
         <v>45619</v>
       </c>
       <c r="F334" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G334" s="2">
         <v>45620</v>
       </c>
       <c r="H334" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I334" t="s">
         <v>22</v>
       </c>
       <c r="J334" t="s">
         <v>526</v>
       </c>
     </row>
-    <row r="335" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="335" spans="1:10" ht="14.25">
       <c r="A335" s="2">
         <v>45586</v>
       </c>
       <c r="B335" t="s">
         <v>193</v>
       </c>
       <c r="C335" t="s">
         <v>547</v>
       </c>
       <c r="D335" t="s">
         <v>548</v>
       </c>
       <c r="E335" s="2">
         <v>45598</v>
       </c>
       <c r="F335" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G335" s="2">
         <v>45599</v>
       </c>
       <c r="H335" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I335" t="s">
         <v>458</v>
       </c>
       <c r="J335" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="336" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="336" spans="1:10" ht="14.25">
       <c r="A336" s="2">
         <v>45589</v>
       </c>
       <c r="B336" t="s">
         <v>196</v>
       </c>
       <c r="C336" t="s">
         <v>534</v>
       </c>
       <c r="D336" t="s">
         <v>399</v>
       </c>
       <c r="E336" s="2">
         <v>45626</v>
       </c>
       <c r="F336" s="1">
         <v>0.75</v>
       </c>
       <c r="G336" s="2">
         <v>45626</v>
       </c>
       <c r="H336" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I336" t="s">
         <v>47</v>
       </c>
       <c r="J336" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="337" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="337" spans="1:10" ht="14.25">
       <c r="A337" s="2">
         <v>45589</v>
       </c>
       <c r="B337" t="s">
         <v>196</v>
       </c>
       <c r="C337" t="s">
         <v>111</v>
       </c>
       <c r="D337" t="s">
         <v>112</v>
       </c>
       <c r="E337" s="2">
         <v>45636</v>
       </c>
       <c r="F337" s="1">
         <v>0.625</v>
       </c>
       <c r="G337" s="2">
         <v>45640</v>
       </c>
       <c r="H337" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I337" t="s">
         <v>549</v>
       </c>
       <c r="J337" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="338" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="338" spans="1:10" ht="14.25">
       <c r="A338" s="2">
         <v>45590</v>
       </c>
       <c r="B338" t="s">
         <v>196</v>
       </c>
       <c r="C338" t="s">
         <v>93</v>
       </c>
       <c r="D338" t="s">
         <v>550</v>
       </c>
       <c r="E338" s="2">
         <v>45622</v>
       </c>
       <c r="F338" s="1">
         <v>0.75</v>
       </c>
       <c r="G338" s="2">
         <v>45622</v>
       </c>
       <c r="H338" s="1">
         <v>0.89583333333333337</v>
       </c>
       <c r="I338" t="s">
         <v>47</v>
       </c>
       <c r="J338" t="s">
         <v>526</v>
       </c>
     </row>
-    <row r="339" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="339" spans="1:10" ht="14.25">
       <c r="A339" s="2">
         <v>45590</v>
       </c>
       <c r="B339" t="s">
         <v>196</v>
       </c>
       <c r="C339" t="s">
         <v>159</v>
       </c>
       <c r="D339" t="s">
         <v>348</v>
       </c>
       <c r="E339" s="2">
         <v>45633</v>
       </c>
       <c r="F339" s="1">
         <v>0.54166666666666663</v>
       </c>
       <c r="G339" s="2">
         <v>45633</v>
       </c>
       <c r="H339" s="1">
         <v>0.75</v>
       </c>
       <c r="I339" t="s">
         <v>29</v>
       </c>
       <c r="J339" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="340" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="340" spans="1:10" ht="14.25">
       <c r="A340" s="2">
         <v>45595</v>
       </c>
       <c r="B340" t="s">
         <v>196</v>
       </c>
       <c r="C340" t="s">
         <v>551</v>
       </c>
       <c r="D340" t="s">
         <v>552</v>
       </c>
       <c r="E340" s="2">
         <v>45626</v>
       </c>
       <c r="F340" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G340" s="2">
         <v>45626</v>
       </c>
       <c r="H340" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I340" t="s">
         <v>29</v>
       </c>
       <c r="J340" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="341" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="341" spans="1:10" ht="14.25">
       <c r="A341" s="2">
         <v>45594</v>
       </c>
       <c r="B341" t="s">
         <v>196</v>
       </c>
       <c r="C341" t="s">
         <v>553</v>
       </c>
       <c r="D341" t="s">
         <v>554</v>
       </c>
       <c r="E341" s="2">
         <v>45646</v>
       </c>
       <c r="F341" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="G341" s="2">
         <v>45646</v>
       </c>
       <c r="H341" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I341" t="s">
         <v>414</v>
       </c>
       <c r="J341" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="342" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="342" spans="1:10" ht="14.25">
       <c r="A342" s="2">
         <v>45594</v>
       </c>
       <c r="B342" t="s">
         <v>196</v>
       </c>
       <c r="C342" t="s">
         <v>553</v>
       </c>
       <c r="D342" t="s">
         <v>554</v>
       </c>
       <c r="E342" s="2">
         <v>45649</v>
       </c>
       <c r="F342" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="G342" s="2">
         <v>45650</v>
       </c>
       <c r="H342" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I342" t="s">
         <v>414</v>
       </c>
       <c r="J342" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="343" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="343" spans="1:10" ht="14.25">
       <c r="A343" s="2">
         <v>45594</v>
       </c>
       <c r="B343" t="s">
         <v>196</v>
       </c>
       <c r="C343" t="s">
         <v>553</v>
       </c>
       <c r="D343" t="s">
         <v>554</v>
       </c>
       <c r="E343" s="2">
         <v>45656</v>
       </c>
       <c r="F343" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="G343" s="2">
         <v>45657</v>
       </c>
       <c r="H343" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I343" t="s">
         <v>414</v>
       </c>
       <c r="J343" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="344" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="344" spans="1:10" ht="14.25">
       <c r="A344" s="2">
         <v>45594</v>
       </c>
       <c r="B344" t="s">
         <v>235</v>
       </c>
       <c r="C344" t="s">
         <v>39</v>
       </c>
       <c r="D344" t="s">
         <v>323</v>
       </c>
       <c r="E344" s="2">
         <v>45613</v>
       </c>
       <c r="F344" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G344" s="2">
         <v>45613</v>
       </c>
       <c r="H344" s="1">
         <v>0.625</v>
       </c>
       <c r="I344" t="s">
         <v>435</v>
       </c>
       <c r="J344" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="345" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="345" spans="1:10" ht="14.25">
       <c r="A345" s="2">
         <v>45593</v>
       </c>
       <c r="B345" t="s">
         <v>235</v>
       </c>
       <c r="C345" t="s">
         <v>555</v>
       </c>
       <c r="D345" t="s">
         <v>556</v>
       </c>
       <c r="E345" s="2">
         <v>45640</v>
       </c>
       <c r="F345" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G345" s="2">
         <v>45641</v>
       </c>
       <c r="H345" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I345" t="s">
         <v>458</v>
       </c>
       <c r="J345" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="346" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="346" spans="1:10" ht="14.25">
       <c r="A346" s="2">
         <v>45594</v>
       </c>
       <c r="B346" t="s">
         <v>235</v>
       </c>
       <c r="C346" t="s">
         <v>557</v>
       </c>
       <c r="D346" t="s">
         <v>558</v>
       </c>
       <c r="E346" s="2">
         <v>45644</v>
       </c>
       <c r="F346" s="1">
         <v>0.25</v>
       </c>
       <c r="G346" s="2">
         <v>45650</v>
       </c>
       <c r="H346" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I346" t="s">
         <v>380</v>
       </c>
       <c r="J346" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="347" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="347" spans="1:10" ht="14.25">
       <c r="A347" s="2">
         <v>45594</v>
       </c>
       <c r="B347" t="s">
         <v>193</v>
       </c>
       <c r="C347" t="s">
         <v>559</v>
       </c>
       <c r="D347" t="s">
         <v>560</v>
       </c>
       <c r="E347" s="2">
         <v>45604</v>
       </c>
       <c r="F347" s="1">
         <v>0.75</v>
       </c>
       <c r="G347" s="2">
         <v>45604</v>
       </c>
       <c r="H347" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I347" t="s">
         <v>29</v>
       </c>
       <c r="J347" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="348" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="348" spans="1:10" ht="14.25">
       <c r="A348" s="2">
         <v>45594</v>
       </c>
       <c r="B348" t="s">
         <v>193</v>
       </c>
       <c r="C348" t="s">
         <v>561</v>
       </c>
       <c r="D348" t="s">
         <v>562</v>
       </c>
       <c r="E348" s="2">
         <v>45603</v>
       </c>
       <c r="F348" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G348" s="2">
         <v>45603</v>
       </c>
       <c r="H348" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="I348" t="s">
         <v>549</v>
       </c>
       <c r="J348" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="349" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="349" spans="1:10" ht="14.25">
       <c r="A349" s="2">
         <v>45595</v>
       </c>
       <c r="B349" t="s">
         <v>193</v>
       </c>
       <c r="C349" t="s">
         <v>563</v>
       </c>
       <c r="D349" t="s">
         <v>564</v>
       </c>
       <c r="E349" s="2">
         <v>45603</v>
       </c>
       <c r="F349" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G349" s="2">
         <v>45604</v>
       </c>
       <c r="H349" s="1">
         <v>6.25E-2</v>
       </c>
       <c r="I349" t="s">
         <v>549</v>
       </c>
       <c r="J349" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="350" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="350" spans="1:10" ht="14.25">
       <c r="A350" s="2">
         <v>45595</v>
       </c>
       <c r="B350" t="s">
         <v>193</v>
       </c>
       <c r="C350" t="s">
         <v>561</v>
       </c>
       <c r="D350" t="s">
         <v>562</v>
       </c>
       <c r="E350" s="2">
         <v>45605</v>
       </c>
       <c r="F350" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G350" s="2">
         <v>45605</v>
       </c>
       <c r="H350" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="I350" t="s">
         <v>549</v>
       </c>
       <c r="J350" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="351" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="351" spans="1:10" ht="14.25">
       <c r="A351" s="2">
         <v>45595</v>
       </c>
       <c r="B351" t="s">
         <v>235</v>
       </c>
       <c r="C351" t="s">
         <v>565</v>
       </c>
       <c r="D351" t="s">
         <v>566</v>
       </c>
       <c r="E351" s="2">
         <v>45619</v>
       </c>
       <c r="F351" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G351" s="2">
         <v>45619</v>
       </c>
       <c r="H351" s="1">
         <v>0.85416666666666663</v>
       </c>
       <c r="I351" t="s">
         <v>109</v>
       </c>
       <c r="J351" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="352" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="352" spans="1:10" ht="14.25">
       <c r="A352" s="2">
         <v>45595</v>
       </c>
       <c r="B352" t="s">
         <v>235</v>
       </c>
       <c r="C352" t="s">
         <v>535</v>
       </c>
       <c r="D352" t="s">
         <v>567</v>
       </c>
       <c r="E352" s="2">
         <v>45648</v>
       </c>
       <c r="F352" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G352" s="2">
         <v>45648</v>
       </c>
       <c r="H352" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I352" t="s">
         <v>435</v>
       </c>
       <c r="J352" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="353" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="353" spans="1:10" ht="14.25">
       <c r="A353" s="2">
         <v>45595</v>
       </c>
       <c r="B353" t="s">
         <v>235</v>
       </c>
       <c r="C353" t="s">
         <v>535</v>
       </c>
       <c r="D353" t="s">
         <v>567</v>
       </c>
       <c r="E353" s="2">
         <v>45655</v>
       </c>
       <c r="F353" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G353" s="2">
         <v>45655</v>
       </c>
       <c r="H353" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I353" t="s">
         <v>435</v>
       </c>
       <c r="J353" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="354" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="354" spans="1:10" ht="14.25">
       <c r="A354" s="2">
         <v>45597</v>
       </c>
       <c r="B354" t="s">
         <v>196</v>
       </c>
       <c r="C354" t="s">
         <v>568</v>
       </c>
       <c r="D354" t="s">
         <v>569</v>
       </c>
       <c r="E354" s="2">
         <v>45615</v>
       </c>
       <c r="F354" s="1">
         <v>0.6875</v>
       </c>
       <c r="G354" s="2">
         <v>45615</v>
       </c>
       <c r="H354" s="1">
         <v>0.72916666666666663</v>
       </c>
       <c r="I354" t="s">
         <v>109</v>
       </c>
       <c r="J354" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="355" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="355" spans="1:10" ht="14.25">
       <c r="A355" s="2">
         <v>45597</v>
       </c>
       <c r="B355" t="s">
         <v>196</v>
       </c>
       <c r="C355" t="s">
         <v>570</v>
       </c>
       <c r="D355" t="s">
         <v>571</v>
       </c>
       <c r="E355" s="2">
         <v>45618</v>
       </c>
       <c r="F355" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G355" s="2">
         <v>45619</v>
       </c>
       <c r="H355" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I355" t="s">
         <v>187</v>
       </c>
       <c r="J355" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="356" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="356" spans="1:10" ht="14.25">
       <c r="A356" s="2">
         <v>45597</v>
       </c>
       <c r="B356" t="s">
         <v>196</v>
       </c>
       <c r="C356" t="s">
         <v>572</v>
       </c>
       <c r="D356" t="s">
         <v>573</v>
       </c>
       <c r="E356" s="2">
         <v>45657</v>
       </c>
       <c r="F356" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G356" s="2">
         <v>45658</v>
       </c>
       <c r="H356" s="1">
         <v>0.16666666666666666</v>
       </c>
       <c r="I356" t="s">
         <v>22</v>
       </c>
       <c r="J356" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="357" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="357" spans="1:10" ht="14.25">
       <c r="A357" s="2">
         <v>45600</v>
       </c>
       <c r="B357" t="s">
         <v>211</v>
       </c>
       <c r="C357" t="s">
         <v>574</v>
       </c>
       <c r="D357" t="s">
         <v>575</v>
       </c>
       <c r="E357" s="2">
         <v>45616</v>
       </c>
       <c r="F357" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G357" s="2">
         <v>45616</v>
       </c>
       <c r="H357" s="1">
         <v>0.625</v>
       </c>
       <c r="I357" t="s">
         <v>576</v>
       </c>
       <c r="J357" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="358" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="358" spans="1:10" ht="14.25">
       <c r="A358" s="2">
         <v>45600</v>
       </c>
       <c r="B358" t="s">
         <v>235</v>
       </c>
       <c r="C358" t="s">
         <v>577</v>
       </c>
       <c r="D358" t="s">
         <v>578</v>
       </c>
       <c r="E358" s="2">
         <v>45619</v>
       </c>
       <c r="F358" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G358" s="2">
         <v>45619</v>
       </c>
       <c r="H358" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I358" t="s">
         <v>579</v>
       </c>
       <c r="J358" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="359" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="359" spans="1:10" ht="14.25">
       <c r="A359" s="2">
         <v>45602</v>
       </c>
       <c r="B359" t="s">
         <v>235</v>
       </c>
       <c r="C359" t="s">
         <v>580</v>
       </c>
       <c r="D359" t="s">
         <v>145</v>
       </c>
       <c r="E359" s="2">
         <v>52219</v>
       </c>
       <c r="F359" s="1">
         <v>0.29166666666666669</v>
       </c>
       <c r="G359" s="2">
         <v>45650</v>
       </c>
       <c r="H359" s="1">
         <v>0.33333333333333331</v>
       </c>
       <c r="I359" t="s">
         <v>380</v>
       </c>
       <c r="J359" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="360" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="360" spans="1:10" ht="14.25">
       <c r="A360" s="2">
         <v>45603</v>
       </c>
       <c r="B360" t="s">
         <v>235</v>
       </c>
       <c r="C360" t="s">
         <v>581</v>
       </c>
       <c r="D360" t="s">
         <v>582</v>
       </c>
       <c r="E360" s="2">
         <v>45640</v>
       </c>
       <c r="F360" s="1">
         <v>0.60416666666666663</v>
       </c>
       <c r="G360" s="2">
         <v>45640</v>
       </c>
       <c r="H360" s="1">
         <v>0.625</v>
       </c>
       <c r="I360" t="s">
         <v>22</v>
       </c>
       <c r="J360" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="361" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="361" spans="1:10" ht="14.25">
       <c r="A361" s="2">
         <v>45603</v>
       </c>
       <c r="B361" t="s">
         <v>235</v>
       </c>
       <c r="C361" t="s">
         <v>330</v>
       </c>
       <c r="D361" t="s">
         <v>331</v>
       </c>
       <c r="E361" s="2">
         <v>45639</v>
       </c>
       <c r="F361" s="1">
         <v>0.625</v>
       </c>
       <c r="G361" s="2">
         <v>45639</v>
       </c>
       <c r="H361" s="1">
         <v>0.75</v>
       </c>
       <c r="I361" t="s">
         <v>29</v>
       </c>
       <c r="J361" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="362" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="362" spans="1:10" ht="14.25">
       <c r="A362" s="2">
         <v>45603</v>
       </c>
       <c r="B362" t="s">
         <v>316</v>
       </c>
       <c r="C362" t="s">
         <v>583</v>
       </c>
       <c r="D362" t="s">
         <v>584</v>
       </c>
       <c r="E362" s="2">
         <v>45620</v>
       </c>
       <c r="F362" s="1">
         <v>0.375</v>
       </c>
       <c r="G362" s="2">
         <v>45620</v>
       </c>
       <c r="H362" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I362" t="s">
         <v>41</v>
       </c>
       <c r="J362" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="363" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="363" spans="1:10" ht="14.25">
       <c r="A363" s="2">
         <v>45603</v>
       </c>
       <c r="B363" t="s">
         <v>316</v>
       </c>
       <c r="C363" t="s">
         <v>585</v>
       </c>
       <c r="D363" t="s">
         <v>384</v>
       </c>
       <c r="E363" s="2">
         <v>45618</v>
       </c>
       <c r="F363" s="1">
         <v>0.625</v>
       </c>
       <c r="G363" s="2">
         <v>45618</v>
       </c>
       <c r="H363" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I363" t="s">
         <v>29</v>
       </c>
       <c r="J363" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="364" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="364" spans="1:10" ht="14.25">
       <c r="A364" s="2">
         <v>45604</v>
       </c>
       <c r="B364" t="s">
         <v>235</v>
       </c>
       <c r="C364" t="s">
         <v>403</v>
       </c>
       <c r="D364" t="s">
         <v>523</v>
       </c>
       <c r="E364" s="2">
         <v>45619</v>
       </c>
       <c r="F364" s="1">
         <v>0</v>
       </c>
       <c r="G364" s="2">
         <v>45620</v>
       </c>
       <c r="H364" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I364" t="s">
         <v>586</v>
       </c>
       <c r="J364" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="365" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="365" spans="1:10" ht="14.25">
       <c r="A365" s="2">
         <v>45605</v>
       </c>
       <c r="B365" t="s">
         <v>235</v>
       </c>
       <c r="C365" t="s">
         <v>587</v>
       </c>
       <c r="D365" t="s">
         <v>493</v>
       </c>
       <c r="E365" s="2">
         <v>45619</v>
       </c>
       <c r="F365" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G365" s="2">
         <v>45619</v>
       </c>
       <c r="H365" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I365" t="s">
         <v>29</v>
       </c>
       <c r="J365" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="366" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="366" spans="1:10" ht="14.25">
       <c r="A366" s="2">
         <v>45605</v>
       </c>
       <c r="B366" t="s">
         <v>235</v>
       </c>
       <c r="C366" t="s">
         <v>129</v>
       </c>
       <c r="D366" t="s">
         <v>443</v>
       </c>
       <c r="E366" s="2">
         <v>45632</v>
       </c>
       <c r="F366" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G366" s="2">
         <v>45633</v>
       </c>
       <c r="H366" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I366" t="s">
         <v>16</v>
       </c>
       <c r="J366" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="367" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="367" spans="1:10" ht="14.25">
       <c r="A367" s="2">
         <v>45607</v>
       </c>
       <c r="B367" t="s">
         <v>196</v>
       </c>
       <c r="C367" t="s">
         <v>588</v>
       </c>
       <c r="D367" t="s">
         <v>589</v>
       </c>
       <c r="E367" s="2">
         <v>45626</v>
       </c>
       <c r="F367" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G367" s="2">
         <v>45626</v>
       </c>
       <c r="H367" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I367" t="s">
         <v>47</v>
       </c>
       <c r="J367" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="368" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="368" spans="1:10" ht="14.25">
       <c r="A368" s="2">
         <v>45608</v>
       </c>
       <c r="B368" t="s">
         <v>317</v>
       </c>
       <c r="C368" t="s">
         <v>590</v>
       </c>
       <c r="D368" t="s">
         <v>407</v>
       </c>
       <c r="E368" s="2">
         <v>45618</v>
       </c>
       <c r="F368" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G368" s="2">
         <v>45618</v>
       </c>
       <c r="H368" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I368" t="s">
         <v>29</v>
       </c>
       <c r="J368" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="369" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="369" spans="1:10" ht="14.25">
       <c r="A369" s="2">
         <v>45608</v>
       </c>
       <c r="B369" t="s">
         <v>317</v>
       </c>
       <c r="C369" t="s">
         <v>591</v>
       </c>
       <c r="D369" t="s">
         <v>342</v>
       </c>
       <c r="E369" s="2">
         <v>45624</v>
       </c>
       <c r="F369" s="1">
         <v>0.69791666666666663</v>
       </c>
       <c r="G369" s="2">
         <v>45624</v>
       </c>
       <c r="H369" s="1">
         <v>0.8125</v>
       </c>
       <c r="I369" t="s">
         <v>29</v>
       </c>
       <c r="J369" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="370" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="370" spans="1:10" ht="14.25">
       <c r="A370" s="2">
         <v>45609</v>
       </c>
       <c r="B370" t="s">
         <v>235</v>
       </c>
       <c r="C370" t="s">
         <v>592</v>
       </c>
       <c r="D370" t="s">
         <v>593</v>
       </c>
       <c r="E370" s="2">
         <v>45658</v>
       </c>
       <c r="F370" s="1">
         <v>6.25E-2</v>
       </c>
       <c r="G370" s="2">
         <v>45658</v>
       </c>
       <c r="H370" s="1">
         <v>0.625</v>
       </c>
       <c r="I370" t="s">
         <v>16</v>
       </c>
       <c r="J370" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="371" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="371" spans="1:10" ht="14.25">
       <c r="A371" s="2">
         <v>45610</v>
       </c>
       <c r="B371" t="s">
         <v>196</v>
       </c>
       <c r="C371" t="s">
         <v>294</v>
       </c>
       <c r="D371" t="s">
         <v>295</v>
       </c>
       <c r="E371" s="2">
         <v>45632</v>
       </c>
       <c r="F371" s="1">
         <v>0.72916666666666663</v>
       </c>
       <c r="G371" s="2">
         <v>45632</v>
       </c>
       <c r="H371" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="I371" t="s">
         <v>16</v>
       </c>
       <c r="J371" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="372" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="372" spans="1:10" ht="14.25">
       <c r="A372" s="2">
         <v>45611</v>
       </c>
       <c r="B372" t="s">
         <v>235</v>
       </c>
       <c r="C372" t="s">
         <v>594</v>
       </c>
       <c r="D372" t="s">
         <v>595</v>
       </c>
       <c r="E372" s="2">
         <v>45658</v>
       </c>
       <c r="F372" s="1">
         <v>6.9444444444444447E-4</v>
       </c>
       <c r="G372" s="2">
         <v>45658</v>
       </c>
       <c r="H372" s="1">
         <v>0.20833333333333334</v>
       </c>
       <c r="I372" t="s">
         <v>596</v>
       </c>
       <c r="J372" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="373" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="373" spans="1:10" ht="14.25">
       <c r="A373" s="2">
         <v>45611</v>
       </c>
       <c r="B373" t="s">
         <v>235</v>
       </c>
       <c r="C373" t="s">
         <v>597</v>
       </c>
       <c r="D373" t="s">
         <v>523</v>
       </c>
       <c r="E373" s="2">
         <v>45626</v>
       </c>
       <c r="F373" s="1">
         <v>0</v>
       </c>
       <c r="G373" s="2">
         <v>45627</v>
       </c>
       <c r="H373" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I373" t="s">
         <v>586</v>
       </c>
       <c r="J373" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="374" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="374" spans="1:10" ht="14.25">
       <c r="A374" s="2">
         <v>45611</v>
       </c>
       <c r="B374" t="s">
         <v>196</v>
       </c>
       <c r="C374" t="s">
         <v>598</v>
       </c>
       <c r="D374" t="s">
         <v>599</v>
       </c>
       <c r="E374" s="2">
         <v>45634</v>
       </c>
       <c r="F374" s="1">
         <v>0.5</v>
       </c>
       <c r="G374" s="2">
         <v>45634</v>
       </c>
       <c r="H374" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I374" t="s">
         <v>41</v>
       </c>
       <c r="J374" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="375" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="375" spans="1:10" ht="14.25">
       <c r="A375" s="2">
         <v>45616</v>
       </c>
       <c r="B375" t="s">
         <v>196</v>
       </c>
       <c r="C375" t="s">
         <v>77</v>
       </c>
       <c r="D375" t="s">
         <v>600</v>
       </c>
       <c r="E375" s="2">
         <v>45630</v>
       </c>
       <c r="F375" s="1">
         <v>0.75</v>
       </c>
       <c r="G375" s="2">
         <v>45630</v>
       </c>
       <c r="H375" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I375" t="s">
         <v>216</v>
       </c>
       <c r="J375" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="376" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="376" spans="1:10" ht="14.25">
       <c r="A376" s="2">
         <v>45614</v>
       </c>
       <c r="B376" t="s">
         <v>235</v>
       </c>
       <c r="C376" t="s">
         <v>276</v>
       </c>
       <c r="D376" t="s">
         <v>509</v>
       </c>
       <c r="E376" s="2">
         <v>45633</v>
       </c>
       <c r="F376" s="1">
         <v>0.44791666666666669</v>
       </c>
       <c r="G376" s="2">
         <v>45633</v>
       </c>
       <c r="H376" s="1">
         <v>0.64583333333333337</v>
       </c>
       <c r="I376" t="s">
         <v>79</v>
       </c>
       <c r="J376" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="377" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="377" spans="1:10" ht="14.25">
       <c r="A377" s="2">
         <v>45614</v>
       </c>
       <c r="B377" t="s">
         <v>196</v>
       </c>
       <c r="C377" t="s">
         <v>601</v>
       </c>
       <c r="D377" t="s">
         <v>602</v>
       </c>
       <c r="E377" s="2">
         <v>45647</v>
       </c>
       <c r="F377" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G377" s="2">
         <v>45647</v>
       </c>
       <c r="H377" s="1">
         <v>0.625</v>
       </c>
       <c r="I377" t="s">
         <v>79</v>
       </c>
       <c r="J377" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="378" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="378" spans="1:10" ht="14.25">
       <c r="A378" s="2">
         <v>45615</v>
       </c>
       <c r="B378" t="s">
         <v>196</v>
       </c>
       <c r="C378" t="s">
         <v>10</v>
       </c>
       <c r="D378" t="s">
         <v>603</v>
       </c>
       <c r="E378" s="2">
         <v>45645</v>
       </c>
       <c r="F378" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G378" s="2">
         <v>45645</v>
       </c>
       <c r="H378" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I378" t="s">
         <v>29</v>
       </c>
       <c r="J378" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="379" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="379" spans="1:10" ht="14.25">
       <c r="A379" s="2">
         <v>45616</v>
       </c>
       <c r="B379" t="s">
         <v>317</v>
       </c>
       <c r="C379" t="s">
         <v>604</v>
       </c>
       <c r="D379" t="s">
         <v>605</v>
       </c>
       <c r="E379" s="2">
         <v>45626</v>
       </c>
       <c r="F379" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G379" s="2">
         <v>45627</v>
       </c>
       <c r="H379" s="1">
         <v>0.10416666666666667</v>
       </c>
       <c r="I379" t="s">
         <v>16</v>
       </c>
       <c r="J379" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="380" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="380" spans="1:10" ht="14.25">
       <c r="A380" s="2">
         <v>45618</v>
       </c>
       <c r="B380" t="s">
         <v>196</v>
       </c>
       <c r="C380" t="s">
         <v>606</v>
       </c>
       <c r="D380" t="s">
         <v>607</v>
       </c>
       <c r="E380" s="2">
         <v>45651</v>
       </c>
       <c r="F380" s="1">
         <v>0.33333333333333331</v>
       </c>
       <c r="G380" s="2">
         <v>45621</v>
       </c>
       <c r="H380" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I380" t="s">
         <v>356</v>
       </c>
       <c r="J380" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="381" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="381" spans="1:10" ht="14.25">
       <c r="A381" s="2">
         <v>45619</v>
       </c>
       <c r="B381" t="s">
         <v>316</v>
       </c>
       <c r="C381" t="s">
         <v>395</v>
       </c>
       <c r="D381" t="s">
         <v>396</v>
       </c>
       <c r="E381" s="2">
         <v>45639</v>
       </c>
       <c r="F381" s="1">
         <v>0.875</v>
       </c>
       <c r="G381" s="2">
         <v>45640</v>
       </c>
       <c r="H381" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I381" t="s">
         <v>275</v>
       </c>
       <c r="J381" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="382" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="382" spans="1:10" ht="14.25">
       <c r="A382" s="2">
         <v>45618</v>
       </c>
       <c r="B382" t="s">
         <v>211</v>
       </c>
       <c r="C382" t="s">
         <v>608</v>
       </c>
       <c r="D382" t="s">
         <v>609</v>
       </c>
       <c r="E382" s="2">
         <v>45657</v>
       </c>
       <c r="F382" s="1">
         <v>0.8125</v>
       </c>
       <c r="G382" s="2">
         <v>45658</v>
       </c>
       <c r="H382" s="1">
         <v>6.25E-2</v>
       </c>
       <c r="I382" t="s">
         <v>610</v>
       </c>
       <c r="J382" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="383" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="383" spans="1:10" ht="14.25">
       <c r="A383" s="2">
         <v>45621</v>
       </c>
       <c r="B383" t="s">
         <v>196</v>
       </c>
       <c r="C383" t="s">
         <v>39</v>
       </c>
       <c r="D383" t="s">
         <v>323</v>
       </c>
       <c r="E383" s="2">
         <v>45641</v>
       </c>
       <c r="F383" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G383" s="2">
         <v>45641</v>
       </c>
       <c r="H383" s="1">
         <v>0.625</v>
       </c>
       <c r="I383" t="s">
         <v>187</v>
       </c>
       <c r="J383" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="384" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="384" spans="1:10" ht="14.25">
       <c r="A384" s="2">
         <v>45622</v>
       </c>
       <c r="B384" t="s">
         <v>196</v>
       </c>
       <c r="C384" t="s">
         <v>59</v>
       </c>
       <c r="D384" t="s">
         <v>56</v>
       </c>
       <c r="E384" s="2">
         <v>45634</v>
       </c>
       <c r="F384" s="1">
         <v>0</v>
       </c>
       <c r="G384" s="2">
         <v>45634</v>
       </c>
       <c r="H384" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I384" t="s">
         <v>54</v>
       </c>
       <c r="J384" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="385" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="385" spans="1:10" ht="14.25">
       <c r="A385" s="2">
         <v>45622</v>
       </c>
       <c r="B385" t="s">
         <v>196</v>
       </c>
       <c r="C385" t="s">
         <v>611</v>
       </c>
       <c r="D385" t="s">
         <v>612</v>
       </c>
       <c r="E385" s="2">
         <v>45647</v>
       </c>
       <c r="F385" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G385" s="2">
         <v>45648</v>
       </c>
       <c r="H385" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I385" t="s">
         <v>613</v>
       </c>
       <c r="J385" t="s">
         <v>614</v>
       </c>
     </row>
-    <row r="386" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="386" spans="1:10" ht="14.25">
       <c r="A386" s="2">
         <v>45622</v>
       </c>
       <c r="B386" t="s">
         <v>196</v>
       </c>
       <c r="C386" t="s">
         <v>203</v>
       </c>
       <c r="D386" t="s">
         <v>615</v>
       </c>
       <c r="E386" s="2">
         <v>45641</v>
       </c>
       <c r="F386" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G386" s="2">
         <v>45641</v>
       </c>
       <c r="H386" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I386" t="s">
         <v>54</v>
       </c>
       <c r="J386" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="387" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="387" spans="1:10" ht="14.25">
       <c r="A387" s="2">
         <v>45623</v>
       </c>
       <c r="B387" t="s">
         <v>317</v>
       </c>
       <c r="C387" t="s">
         <v>616</v>
       </c>
       <c r="D387" t="s">
         <v>617</v>
       </c>
       <c r="E387" s="2">
         <v>45632</v>
       </c>
       <c r="F387" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G387" s="2">
         <v>45637</v>
       </c>
       <c r="H387" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I387" t="s">
         <v>54</v>
       </c>
       <c r="J387" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="388" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="388" spans="1:10" ht="14.25">
       <c r="A388" s="2">
         <v>45623</v>
       </c>
       <c r="B388" t="s">
         <v>196</v>
       </c>
       <c r="C388" t="s">
         <v>616</v>
       </c>
       <c r="D388" t="s">
         <v>617</v>
       </c>
       <c r="E388" s="2">
         <v>45639</v>
       </c>
       <c r="F388" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G388" s="2">
         <v>45641</v>
       </c>
       <c r="H388" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I388" t="s">
         <v>54</v>
       </c>
       <c r="J388" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="389" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="389" spans="1:10" ht="14.25">
       <c r="A389" s="2">
         <v>45621</v>
       </c>
       <c r="B389" t="s">
         <v>235</v>
       </c>
       <c r="C389" t="s">
         <v>544</v>
       </c>
       <c r="D389" t="s">
         <v>618</v>
       </c>
       <c r="E389" s="2">
         <v>45657</v>
       </c>
       <c r="F389" s="1">
         <v>0.75</v>
       </c>
       <c r="G389" s="2">
         <v>45658</v>
       </c>
       <c r="H389" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I389" t="s">
         <v>205</v>
       </c>
       <c r="J389" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="390" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="390" spans="1:10" ht="14.25">
       <c r="A390" s="2">
         <v>45624</v>
       </c>
       <c r="B390" t="s">
         <v>196</v>
       </c>
       <c r="C390" s="3" t="s">
         <v>619</v>
       </c>
       <c r="D390" t="s">
         <v>620</v>
       </c>
       <c r="E390" s="2">
         <v>45657</v>
       </c>
       <c r="F390" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G390" s="2">
         <v>45658</v>
       </c>
       <c r="H390" s="1">
         <v>0.20833333333333334</v>
       </c>
       <c r="I390" t="s">
         <v>621</v>
       </c>
       <c r="J390" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="391" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="391" spans="1:10" ht="14.25">
       <c r="A391" s="2">
         <v>45625</v>
       </c>
       <c r="B391" t="s">
         <v>196</v>
       </c>
       <c r="C391" t="s">
         <v>622</v>
       </c>
       <c r="D391" t="s">
         <v>623</v>
       </c>
       <c r="E391" s="2">
         <v>45643</v>
       </c>
       <c r="F391" s="1">
         <v>0.75</v>
       </c>
       <c r="G391" s="2">
         <v>45643</v>
       </c>
       <c r="H391" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I391" t="s">
         <v>356</v>
       </c>
       <c r="J391" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="392" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="392" spans="1:10" ht="14.25">
       <c r="A392" s="2">
         <v>45626</v>
       </c>
       <c r="B392" t="s">
         <v>235</v>
       </c>
       <c r="C392" t="s">
         <v>403</v>
       </c>
       <c r="D392" t="s">
         <v>523</v>
       </c>
       <c r="E392" s="2">
         <v>45640</v>
       </c>
       <c r="F392" s="1">
         <v>0</v>
       </c>
       <c r="G392" s="2">
         <v>45641</v>
       </c>
       <c r="H392" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I392" t="s">
         <v>54</v>
       </c>
       <c r="J392" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="393" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="393" spans="1:10" ht="14.25">
       <c r="A393" s="2">
         <v>45626</v>
       </c>
       <c r="B393" t="s">
         <v>196</v>
       </c>
       <c r="C393" t="s">
         <v>624</v>
       </c>
       <c r="D393" t="s">
         <v>625</v>
       </c>
       <c r="E393" s="2">
         <v>45651</v>
       </c>
       <c r="F393" s="1">
         <v>0.375</v>
       </c>
       <c r="G393" s="2">
         <v>45651</v>
       </c>
       <c r="H393" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I393" t="s">
         <v>356</v>
       </c>
       <c r="J393" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="394" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="394" spans="1:10" ht="14.25">
       <c r="A394" s="2">
         <v>45628</v>
       </c>
       <c r="B394" t="s">
         <v>317</v>
       </c>
       <c r="C394" t="s">
         <v>626</v>
       </c>
       <c r="D394" t="s">
         <v>627</v>
       </c>
       <c r="E394" s="2">
         <v>45641</v>
       </c>
       <c r="F394" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G394" s="2">
         <v>45641</v>
       </c>
       <c r="H394" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I394" t="s">
         <v>628</v>
       </c>
       <c r="J394" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="395" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="395" spans="1:10" ht="14.25">
       <c r="A395" s="2">
         <v>45628</v>
       </c>
       <c r="B395" t="s">
         <v>316</v>
       </c>
       <c r="C395" t="s">
         <v>629</v>
       </c>
       <c r="D395" t="s">
         <v>630</v>
       </c>
       <c r="E395" s="2">
         <v>45646</v>
       </c>
       <c r="F395" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G395" s="2">
         <v>45646</v>
       </c>
       <c r="H395" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I395" t="s">
         <v>631</v>
       </c>
       <c r="J395" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="396" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="396" spans="1:10" ht="14.25">
       <c r="A396" s="2">
         <v>45629</v>
       </c>
       <c r="B396" t="s">
         <v>211</v>
       </c>
       <c r="C396" t="s">
         <v>632</v>
       </c>
       <c r="D396" t="s">
         <v>633</v>
       </c>
       <c r="E396" s="2">
         <v>45657</v>
       </c>
       <c r="F396" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G396" s="2">
         <v>45658</v>
       </c>
       <c r="H396" s="1">
         <v>0.10416666666666667</v>
       </c>
       <c r="I396" t="s">
         <v>634</v>
       </c>
       <c r="J396" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="397" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="397" spans="1:10" ht="14.25">
       <c r="A397" s="2">
         <v>45630</v>
       </c>
       <c r="B397" t="s">
         <v>196</v>
       </c>
       <c r="C397" t="s">
         <v>635</v>
       </c>
       <c r="D397" t="s">
         <v>636</v>
       </c>
       <c r="E397" s="2">
         <v>45647</v>
       </c>
       <c r="F397" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G397" s="2">
         <v>45648</v>
       </c>
       <c r="H397" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I397" t="s">
         <v>637</v>
       </c>
       <c r="J397" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="398" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="398" spans="1:10" ht="14.25">
       <c r="A398" s="2">
         <v>45629</v>
       </c>
       <c r="B398" t="s">
         <v>196</v>
       </c>
       <c r="C398" t="s">
         <v>638</v>
       </c>
       <c r="D398" t="s">
         <v>639</v>
       </c>
       <c r="E398" s="2">
         <v>45648</v>
       </c>
       <c r="F398" s="1">
         <v>0.375</v>
       </c>
       <c r="G398" s="2">
         <v>45648</v>
       </c>
       <c r="H398" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I398" t="s">
         <v>640</v>
       </c>
       <c r="J398" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="399" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="399" spans="1:10" ht="14.25">
       <c r="A399" s="2">
         <v>45629</v>
       </c>
       <c r="B399" t="s">
         <v>196</v>
       </c>
       <c r="C399" t="s">
         <v>641</v>
       </c>
       <c r="D399" t="s">
         <v>642</v>
       </c>
       <c r="E399" s="2">
         <v>45655</v>
       </c>
       <c r="F399" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G399" s="2">
         <v>45659</v>
       </c>
       <c r="H399" s="1">
         <v>0.20833333333333334</v>
       </c>
       <c r="I399" t="s">
         <v>643</v>
       </c>
       <c r="J399" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="400" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="400" spans="1:10" ht="14.25">
       <c r="A400" s="2">
         <v>45634</v>
       </c>
       <c r="B400" t="s">
         <v>317</v>
       </c>
       <c r="C400" t="s">
         <v>395</v>
       </c>
       <c r="D400" t="s">
         <v>396</v>
       </c>
       <c r="E400" s="2">
         <v>45646</v>
       </c>
       <c r="F400" s="1">
         <v>0.875</v>
       </c>
       <c r="G400" s="2">
         <v>45647</v>
       </c>
       <c r="H400" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I400" t="s">
         <v>644</v>
       </c>
       <c r="J400" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="401" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="401" spans="1:10" ht="14.25">
       <c r="A401" s="2">
         <v>45631</v>
       </c>
       <c r="B401" t="s">
         <v>317</v>
       </c>
       <c r="C401" t="s">
         <v>645</v>
       </c>
       <c r="D401" t="s">
         <v>646</v>
       </c>
       <c r="E401" s="2">
         <v>45640</v>
       </c>
       <c r="F401" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G401" s="2">
         <v>45641</v>
       </c>
       <c r="H401" s="1">
         <v>0.125</v>
       </c>
       <c r="I401" t="s">
         <v>643</v>
       </c>
       <c r="J401" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="402" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="402" spans="1:10" ht="14.25">
       <c r="A402" s="2">
         <v>45621</v>
       </c>
       <c r="B402" t="s">
         <v>196</v>
       </c>
       <c r="C402" t="s">
         <v>647</v>
       </c>
       <c r="D402" t="s">
         <v>335</v>
       </c>
       <c r="E402" s="2">
         <v>45657</v>
       </c>
       <c r="F402" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G402" s="2">
         <v>45658</v>
       </c>
       <c r="H402" s="1">
         <v>0.125</v>
       </c>
       <c r="I402" t="s">
         <v>634</v>
       </c>
       <c r="J402" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="403" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="403" spans="1:10" ht="14.25">
       <c r="A403" s="2">
         <v>45631</v>
       </c>
       <c r="B403" t="s">
         <v>196</v>
       </c>
       <c r="C403" t="s">
         <v>339</v>
       </c>
       <c r="D403" t="s">
         <v>340</v>
       </c>
       <c r="E403" s="2">
         <v>45641</v>
       </c>
       <c r="F403" s="1">
         <v>0.52083333333333337</v>
       </c>
       <c r="G403" s="2">
         <v>45641</v>
       </c>
       <c r="H403" s="1">
         <v>0.75</v>
       </c>
       <c r="I403" t="s">
         <v>644</v>
       </c>
       <c r="J403" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="404" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="404" spans="1:10" ht="14.25">
       <c r="A404" s="2">
         <v>45635</v>
       </c>
       <c r="B404" t="s">
         <v>196</v>
       </c>
       <c r="C404" t="s">
         <v>648</v>
       </c>
       <c r="D404" t="s">
         <v>649</v>
       </c>
       <c r="E404" s="2">
         <v>45651</v>
       </c>
       <c r="F404" s="1">
         <v>0.33333333333333331</v>
       </c>
       <c r="G404" s="2">
         <v>45651</v>
       </c>
       <c r="H404" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I404" t="s">
         <v>146</v>
       </c>
       <c r="J404" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="405" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="405" spans="1:10" ht="14.25">
       <c r="A405" s="2">
         <v>45635</v>
       </c>
       <c r="B405" t="s">
         <v>196</v>
       </c>
       <c r="C405" t="s">
         <v>85</v>
       </c>
       <c r="D405" t="s">
         <v>650</v>
       </c>
       <c r="E405" s="2">
         <v>45650</v>
       </c>
       <c r="F405" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G405" s="2">
         <v>45651</v>
       </c>
       <c r="H405" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I405" t="s">
         <v>651</v>
       </c>
       <c r="J405" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="406" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="406" spans="1:10" ht="14.25">
       <c r="A406" s="2">
         <v>45635</v>
       </c>
       <c r="B406" t="s">
         <v>196</v>
       </c>
       <c r="C406" t="s">
         <v>85</v>
       </c>
       <c r="D406" t="s">
         <v>650</v>
       </c>
       <c r="E406" s="2">
         <v>45657</v>
       </c>
       <c r="F406" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G406" s="2">
         <v>45658</v>
       </c>
       <c r="H406" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I406" t="s">
         <v>651</v>
       </c>
       <c r="J406" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="407" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="407" spans="1:10" ht="14.25">
       <c r="A407" s="2">
         <v>45632</v>
       </c>
       <c r="B407" t="s">
         <v>196</v>
       </c>
       <c r="C407" t="s">
         <v>652</v>
       </c>
       <c r="D407" t="s">
         <v>653</v>
       </c>
       <c r="E407" s="2">
         <v>45657</v>
       </c>
       <c r="F407" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="G407" s="2">
         <v>45658</v>
       </c>
       <c r="H407" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I407" t="s">
         <v>275</v>
       </c>
       <c r="J407" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="408" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="408" spans="1:10" ht="14.25">
       <c r="A408" s="2">
         <v>45636</v>
       </c>
       <c r="B408" t="s">
         <v>196</v>
       </c>
       <c r="C408" t="s">
         <v>654</v>
       </c>
       <c r="D408" t="s">
         <v>655</v>
       </c>
       <c r="E408" s="2">
         <v>45651</v>
       </c>
       <c r="F408" s="1">
         <v>0.29166666666666669</v>
       </c>
       <c r="G408" s="2">
         <v>45657</v>
       </c>
       <c r="H408" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I408" t="s">
         <v>656</v>
       </c>
       <c r="J408" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="409" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="409" spans="1:10" ht="14.25">
       <c r="A409" s="2">
         <v>45636</v>
       </c>
       <c r="B409" t="s">
         <v>196</v>
       </c>
       <c r="C409" t="s">
         <v>657</v>
       </c>
       <c r="D409" t="s">
         <v>658</v>
       </c>
       <c r="E409" s="2">
         <v>45653</v>
       </c>
       <c r="F409" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G409" s="2">
         <v>45659</v>
       </c>
       <c r="H409" s="1">
         <v>0.125</v>
       </c>
       <c r="I409" t="s">
         <v>656</v>
       </c>
       <c r="J409" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="410" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="410" spans="1:10" ht="14.25">
       <c r="A410" s="2">
         <v>45637</v>
       </c>
       <c r="B410" t="s">
         <v>196</v>
       </c>
       <c r="C410" t="s">
         <v>659</v>
       </c>
       <c r="D410" t="s">
         <v>660</v>
       </c>
       <c r="E410" s="2">
         <v>45650</v>
       </c>
       <c r="F410" s="1">
         <v>0.94791666666666663</v>
       </c>
       <c r="G410" s="2">
         <v>45651</v>
       </c>
       <c r="H410" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I410" t="s">
         <v>661</v>
       </c>
       <c r="J410" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="411" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="411" spans="1:10" ht="14.25">
       <c r="A411" s="2">
         <v>45637</v>
       </c>
       <c r="B411" t="s">
         <v>196</v>
       </c>
       <c r="C411" t="s">
         <v>662</v>
       </c>
       <c r="D411" t="s">
         <v>663</v>
       </c>
       <c r="E411" s="2">
         <v>45651</v>
       </c>
       <c r="F411" s="1">
         <v>0.29166666666666669</v>
       </c>
       <c r="G411" s="2">
         <v>45657</v>
       </c>
       <c r="H411" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I411" t="s">
         <v>656</v>
       </c>
       <c r="J411" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="412" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="412" spans="1:10" ht="14.25">
       <c r="A412" s="2">
         <v>45641</v>
       </c>
       <c r="B412" t="s">
         <v>317</v>
       </c>
       <c r="C412" t="s">
         <v>664</v>
       </c>
       <c r="D412" t="s">
         <v>665</v>
       </c>
       <c r="E412" s="2">
         <v>45651</v>
       </c>
       <c r="F412" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G412" s="2">
         <v>45651</v>
       </c>
       <c r="H412" s="1">
         <v>0.9375</v>
       </c>
       <c r="I412" t="s">
         <v>656</v>
       </c>
       <c r="J412" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="413" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="413" spans="1:10" ht="14.25">
       <c r="A413" s="2">
         <v>45642</v>
       </c>
       <c r="B413" t="s">
         <v>196</v>
       </c>
       <c r="C413" t="s">
         <v>635</v>
       </c>
       <c r="D413" t="s">
         <v>636</v>
       </c>
       <c r="E413" s="2">
         <v>45652</v>
       </c>
       <c r="F413" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G413" s="2">
         <v>45658</v>
       </c>
       <c r="H413" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I413" t="s">
         <v>666</v>
       </c>
       <c r="J413" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="414" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="414" spans="1:10" ht="14.25">
       <c r="A414" s="2">
         <v>45642</v>
       </c>
       <c r="B414" t="s">
         <v>317</v>
       </c>
       <c r="C414" t="s">
         <v>635</v>
       </c>
       <c r="D414" t="s">
         <v>636</v>
       </c>
       <c r="E414" s="2">
         <v>45660</v>
       </c>
       <c r="F414" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G414" s="2">
         <v>45662</v>
       </c>
       <c r="H414" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I414" t="s">
         <v>666</v>
       </c>
       <c r="J414" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="415" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="415" spans="1:10" ht="14.25">
       <c r="A415" s="2">
         <v>45642</v>
       </c>
       <c r="B415" t="s">
         <v>317</v>
       </c>
       <c r="C415" t="s">
         <v>667</v>
       </c>
       <c r="D415" t="s">
         <v>636</v>
       </c>
       <c r="E415" s="2">
         <v>45655</v>
       </c>
       <c r="F415" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G415" s="2">
         <v>45658</v>
       </c>
       <c r="H415" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I415" t="s">
         <v>634</v>
       </c>
       <c r="J415" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="416" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="416" spans="1:10" ht="14.25">
       <c r="A416" s="2">
         <v>45642</v>
       </c>
       <c r="B416" t="s">
         <v>317</v>
       </c>
       <c r="C416" t="s">
         <v>668</v>
       </c>
       <c r="D416" t="s">
         <v>636</v>
       </c>
       <c r="E416" s="2">
         <v>45655</v>
       </c>
       <c r="F416" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G416" s="2">
         <v>45658</v>
       </c>
       <c r="H416" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I416" t="s">
         <v>643</v>
       </c>
       <c r="J416" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="417" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="417" spans="1:11" ht="14.25">
       <c r="A417" s="2">
         <v>1</v>
       </c>
       <c r="B417" t="s">
         <v>196</v>
       </c>
       <c r="C417" t="s">
         <v>669</v>
       </c>
       <c r="D417" t="s">
         <v>670</v>
       </c>
       <c r="E417" s="2">
         <v>45654</v>
       </c>
       <c r="F417" s="1">
         <v>0.75</v>
       </c>
       <c r="G417" s="2">
         <v>45655</v>
       </c>
       <c r="H417" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I417" t="s">
         <v>643</v>
       </c>
       <c r="J417" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="418" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="418" spans="1:11" ht="14.25">
       <c r="A418" s="2">
         <v>45642</v>
       </c>
       <c r="B418" t="s">
         <v>317</v>
       </c>
       <c r="C418" t="s">
         <v>671</v>
       </c>
       <c r="D418" t="s">
         <v>672</v>
       </c>
       <c r="E418" s="2">
         <v>45650</v>
       </c>
       <c r="F418" s="1">
         <v>0.54166666666666663</v>
       </c>
       <c r="G418" s="2">
         <v>45650</v>
       </c>
       <c r="H418" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I418" t="s">
         <v>275</v>
       </c>
       <c r="J418" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="419" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="419" spans="1:11" ht="14.25">
       <c r="A419" s="2">
         <v>45642</v>
       </c>
       <c r="B419" t="s">
         <v>317</v>
       </c>
       <c r="C419" t="s">
         <v>673</v>
       </c>
       <c r="D419" t="s">
         <v>674</v>
       </c>
       <c r="E419" s="2">
         <v>45657</v>
       </c>
       <c r="F419" s="1">
         <v>0</v>
       </c>
       <c r="G419" s="2">
         <v>45658</v>
       </c>
       <c r="H419" s="1">
         <v>0.125</v>
       </c>
       <c r="I419" t="s">
         <v>634</v>
       </c>
       <c r="J419" t="s">
         <v>675</v>
       </c>
     </row>
-    <row r="420" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="420" spans="1:11" ht="14.25">
       <c r="A420" s="2">
         <v>45642</v>
       </c>
       <c r="B420" t="s">
         <v>317</v>
       </c>
       <c r="C420" t="s">
         <v>403</v>
       </c>
       <c r="D420" t="s">
         <v>430</v>
       </c>
       <c r="E420" s="2">
         <v>45657</v>
       </c>
       <c r="F420" s="1">
         <v>0</v>
       </c>
       <c r="G420" s="2">
         <v>45658</v>
       </c>
       <c r="H420" s="1">
         <v>0.125</v>
       </c>
       <c r="I420" t="s">
         <v>54</v>
       </c>
       <c r="J420" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="421" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="421" spans="1:11" ht="14.25">
       <c r="A421" s="2">
         <v>45642</v>
       </c>
       <c r="B421" t="s">
         <v>317</v>
       </c>
       <c r="C421" t="s">
         <v>676</v>
       </c>
       <c r="D421" t="s">
         <v>677</v>
       </c>
       <c r="E421" s="2">
         <v>45650</v>
       </c>
       <c r="F421" s="1">
         <v>0.75</v>
       </c>
       <c r="G421" s="2">
         <v>45651</v>
       </c>
       <c r="H421" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I421" t="s">
         <v>666</v>
       </c>
       <c r="J421" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="422" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="422" spans="1:11" ht="14.25">
       <c r="A422" s="2">
         <v>45643</v>
       </c>
       <c r="B422" t="s">
         <v>196</v>
       </c>
       <c r="C422" t="s">
         <v>616</v>
       </c>
       <c r="D422" t="s">
         <v>617</v>
       </c>
       <c r="E422" s="2">
         <v>45688</v>
       </c>
       <c r="F422" s="1">
         <v>0.75</v>
       </c>
       <c r="G422" s="2">
         <v>45689</v>
       </c>
       <c r="H422" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I422" t="s">
         <v>666</v>
       </c>
       <c r="J422" t="s">
         <v>68</v>
       </c>
       <c r="K422" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="423" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="423" spans="1:11" ht="14.25">
       <c r="A423" s="2">
         <v>45644</v>
       </c>
       <c r="B423" t="s">
         <v>317</v>
       </c>
       <c r="C423" t="s">
         <v>678</v>
       </c>
       <c r="D423" t="s">
         <v>679</v>
       </c>
       <c r="E423" s="2">
         <v>45657</v>
       </c>
       <c r="F423" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G423" s="2">
         <v>45658</v>
       </c>
       <c r="H423" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I423" t="s">
         <v>666</v>
       </c>
       <c r="J423" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="424" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="424" spans="1:11" ht="14.25">
       <c r="A424" s="2">
         <v>45645</v>
       </c>
       <c r="B424" t="s">
         <v>317</v>
       </c>
       <c r="C424" t="s">
         <v>611</v>
       </c>
       <c r="D424" t="s">
         <v>612</v>
       </c>
       <c r="E424" s="2">
         <v>45657</v>
       </c>
       <c r="F424" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G424" s="2">
         <v>45658</v>
       </c>
       <c r="H424" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I424" t="s">
         <v>680</v>
       </c>
       <c r="J424" t="s">
         <v>681</v>
       </c>
     </row>
-    <row r="425" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="425" spans="1:11" ht="15.75">
       <c r="A425" s="2">
         <v>45650</v>
       </c>
       <c r="B425" t="s">
         <v>317</v>
       </c>
       <c r="C425" s="10" t="s">
         <v>483</v>
       </c>
       <c r="D425" s="10" t="s">
         <v>484</v>
       </c>
       <c r="E425" s="2">
         <v>45661</v>
       </c>
       <c r="F425" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G425" s="2">
         <v>45661</v>
       </c>
       <c r="H425" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I425" t="s">
         <v>22</v>
       </c>
       <c r="J425" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="426" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="426" spans="1:11" ht="14.25">
       <c r="A426" s="2">
         <v>45659</v>
       </c>
       <c r="B426" t="s">
         <v>235</v>
       </c>
       <c r="C426" t="s">
         <v>534</v>
       </c>
       <c r="D426" t="s">
         <v>399</v>
       </c>
       <c r="E426" s="2">
         <v>45681</v>
       </c>
       <c r="F426" s="1">
         <v>0.75</v>
       </c>
       <c r="G426" s="2">
         <v>45681</v>
       </c>
       <c r="H426" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I426" t="s">
         <v>29</v>
       </c>
       <c r="J426" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="427" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="427" spans="1:11" ht="14.25">
       <c r="A427" s="2">
         <v>45294</v>
       </c>
       <c r="B427" t="s">
         <v>196</v>
       </c>
       <c r="C427" t="s">
         <v>39</v>
       </c>
       <c r="D427" t="s">
         <v>323</v>
       </c>
       <c r="E427" s="2">
         <v>45676</v>
       </c>
       <c r="F427" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G427" s="2">
         <v>45676</v>
       </c>
       <c r="H427" s="1">
         <v>0.625</v>
       </c>
       <c r="I427" t="s">
         <v>187</v>
       </c>
       <c r="J427" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="428" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="428" spans="1:11" ht="14.25">
       <c r="A428" s="2">
         <v>45660</v>
       </c>
       <c r="B428" t="s">
         <v>235</v>
       </c>
       <c r="C428" t="s">
         <v>682</v>
       </c>
       <c r="D428" t="s">
         <v>683</v>
       </c>
       <c r="E428" s="2">
         <v>45689</v>
       </c>
       <c r="F428" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G428" s="2">
         <v>45689</v>
       </c>
       <c r="H428" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I428" t="s">
         <v>54</v>
       </c>
       <c r="J428" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="429" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="429" spans="1:11" ht="14.25">
       <c r="A429" s="2">
         <v>45704</v>
       </c>
       <c r="B429" t="s">
         <v>235</v>
       </c>
       <c r="C429" t="s">
         <v>230</v>
       </c>
       <c r="D429" t="s">
         <v>684</v>
       </c>
       <c r="E429" s="2">
         <v>45694</v>
       </c>
       <c r="F429" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G429" s="2">
         <v>45694</v>
       </c>
       <c r="H429" s="1">
         <v>0.9375</v>
       </c>
       <c r="I429" t="s">
         <v>54</v>
       </c>
       <c r="J429" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="430" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="430" spans="1:11" ht="14.25">
       <c r="A430" s="2">
         <v>45663</v>
       </c>
       <c r="B430" t="s">
         <v>235</v>
       </c>
       <c r="C430" t="s">
         <v>685</v>
       </c>
       <c r="D430" t="s">
         <v>686</v>
       </c>
       <c r="E430" s="2">
         <v>45683</v>
       </c>
       <c r="F430" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G430" s="2">
         <v>45683</v>
       </c>
       <c r="H430" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I430" t="s">
         <v>687</v>
       </c>
       <c r="J430" t="s">
         <v>688</v>
       </c>
     </row>
-    <row r="431" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="431" spans="1:11" ht="14.25">
       <c r="A431" s="2">
         <v>45670</v>
       </c>
       <c r="B431" t="s">
         <v>316</v>
       </c>
       <c r="C431" t="s">
         <v>685</v>
       </c>
       <c r="D431" t="s">
         <v>689</v>
       </c>
       <c r="E431" s="2">
         <v>45683</v>
       </c>
       <c r="F431" s="1">
         <v>0.375</v>
       </c>
       <c r="G431" s="2">
         <v>45683</v>
       </c>
       <c r="H431" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I431" t="s">
         <v>687</v>
       </c>
       <c r="J431" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="432" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="432" spans="1:11" ht="14.25">
       <c r="A432" s="2">
         <v>45663</v>
       </c>
       <c r="B432" t="s">
         <v>196</v>
       </c>
       <c r="C432" t="s">
         <v>690</v>
       </c>
       <c r="D432" t="s">
         <v>691</v>
       </c>
       <c r="E432" s="2">
         <v>45673</v>
       </c>
       <c r="F432" s="1">
         <v>0.5</v>
       </c>
       <c r="G432" s="2">
         <v>45673</v>
       </c>
       <c r="H432" s="1">
         <v>0.75</v>
       </c>
       <c r="I432" t="s">
         <v>216</v>
       </c>
       <c r="J432" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="433" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="433" spans="1:10" ht="14.25">
       <c r="A433" s="2">
         <v>45663</v>
       </c>
       <c r="B433" t="s">
         <v>211</v>
       </c>
       <c r="C433" t="s">
         <v>692</v>
       </c>
       <c r="D433" t="s">
         <v>693</v>
       </c>
       <c r="E433" s="2">
         <v>45697</v>
       </c>
       <c r="F433" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G433" s="2">
         <v>45698</v>
       </c>
       <c r="H433" s="1">
         <v>0.20833333333333334</v>
       </c>
       <c r="I433" t="s">
         <v>694</v>
       </c>
       <c r="J433" t="s">
         <v>695</v>
       </c>
     </row>
-    <row r="434" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="434" spans="1:10" ht="14.25">
       <c r="A434" s="2">
         <v>45668</v>
       </c>
       <c r="B434" t="s">
         <v>211</v>
       </c>
       <c r="C434" t="s">
         <v>696</v>
       </c>
       <c r="D434" t="s">
         <v>404</v>
       </c>
       <c r="E434" s="2">
         <v>45682</v>
       </c>
       <c r="F434" s="1">
         <v>0</v>
       </c>
       <c r="G434" s="2">
         <v>45683</v>
       </c>
       <c r="H434" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I434" t="s">
         <v>697</v>
       </c>
       <c r="J434" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="435" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="435" spans="1:10" ht="14.25">
       <c r="A435" s="2">
         <v>45669</v>
       </c>
       <c r="B435" t="s">
         <v>211</v>
       </c>
       <c r="C435" t="s">
         <v>698</v>
       </c>
       <c r="D435" t="s">
         <v>699</v>
       </c>
       <c r="E435" s="2">
         <v>45752</v>
       </c>
       <c r="F435" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G435" s="2">
         <v>45752</v>
       </c>
       <c r="H435" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I435" t="s">
         <v>275</v>
       </c>
     </row>
-    <row r="436" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="436" spans="1:10" ht="14.25">
       <c r="A436" s="2">
         <v>45671</v>
       </c>
       <c r="B436" t="s">
         <v>211</v>
       </c>
       <c r="C436" t="s">
         <v>75</v>
       </c>
       <c r="D436" t="s">
         <v>700</v>
       </c>
       <c r="E436" s="2">
         <v>45702</v>
       </c>
       <c r="F436" s="1">
         <v>0.875</v>
       </c>
       <c r="G436" s="2">
         <v>45703</v>
       </c>
       <c r="H436" s="1">
         <v>0.20833333333333334</v>
       </c>
       <c r="I436" t="s">
         <v>701</v>
       </c>
       <c r="J436" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="437" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="437" spans="1:10" ht="14.25">
       <c r="A437" s="2">
         <v>45673</v>
       </c>
       <c r="B437" t="s">
         <v>317</v>
       </c>
       <c r="C437" t="s">
         <v>702</v>
       </c>
       <c r="D437" t="s">
         <v>636</v>
       </c>
       <c r="E437" s="2">
         <v>45681</v>
       </c>
       <c r="F437" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G437" s="2">
         <v>45684</v>
       </c>
       <c r="H437" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I437" t="s">
         <v>701</v>
       </c>
       <c r="J437" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="438" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="438" spans="1:10" ht="14.25">
       <c r="A438" s="2">
         <v>45673</v>
       </c>
       <c r="B438" t="s">
         <v>317</v>
       </c>
       <c r="C438" t="s">
         <v>703</v>
       </c>
       <c r="D438" t="s">
         <v>704</v>
       </c>
       <c r="E438" s="2">
         <v>45682</v>
       </c>
       <c r="F438" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G438" s="2">
         <v>45683</v>
       </c>
       <c r="H438" s="1">
         <v>0.14583333333333334</v>
       </c>
       <c r="I438" t="s">
         <v>705</v>
       </c>
       <c r="J438" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="439" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="439" spans="1:10" ht="14.25">
       <c r="A439" s="2">
         <v>45678</v>
       </c>
       <c r="B439" t="s">
         <v>211</v>
       </c>
       <c r="C439" t="s">
         <v>159</v>
       </c>
       <c r="D439" t="s">
         <v>348</v>
       </c>
       <c r="E439" s="2">
         <v>45722</v>
       </c>
       <c r="F439" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G439" s="2">
         <v>45722</v>
       </c>
       <c r="H439" s="1">
         <v>0.9375</v>
       </c>
       <c r="I439" t="s">
         <v>29</v>
       </c>
       <c r="J439" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="440" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="440" spans="1:10" ht="14.25">
       <c r="A440" s="2">
         <v>45678</v>
       </c>
       <c r="B440" t="s">
         <v>211</v>
       </c>
       <c r="C440" t="s">
         <v>159</v>
       </c>
       <c r="D440" t="s">
         <v>348</v>
       </c>
       <c r="E440" s="2">
         <v>45713</v>
       </c>
       <c r="F440" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G440" s="2">
         <v>45713</v>
       </c>
       <c r="H440" s="1">
         <v>0.89583333333333337</v>
       </c>
       <c r="I440" t="s">
         <v>706</v>
       </c>
       <c r="J440" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="441" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="441" spans="1:10" ht="14.25">
       <c r="A441" s="2">
         <v>45673</v>
       </c>
       <c r="B441" t="s">
         <v>317</v>
       </c>
       <c r="C441" t="s">
         <v>159</v>
       </c>
       <c r="D441" t="s">
         <v>348</v>
       </c>
       <c r="E441" s="2">
         <v>45685</v>
       </c>
       <c r="F441" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G441" s="2">
         <v>45685</v>
       </c>
       <c r="H441" s="1">
         <v>0.89583333333333337</v>
       </c>
       <c r="I441" t="s">
         <v>697</v>
       </c>
       <c r="J441" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="442" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="442" spans="1:10" ht="14.25">
       <c r="A442" s="2">
         <v>45679</v>
       </c>
       <c r="B442" t="s">
         <v>317</v>
       </c>
       <c r="C442" t="s">
         <v>707</v>
       </c>
       <c r="D442" t="s">
         <v>708</v>
       </c>
       <c r="E442" s="2">
         <v>45689</v>
       </c>
       <c r="F442" s="1">
         <v>0</v>
       </c>
       <c r="G442" s="2">
         <v>45689</v>
       </c>
       <c r="H442" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I442" t="s">
         <v>705</v>
       </c>
       <c r="J442" t="s">
         <v>709</v>
       </c>
     </row>
-    <row r="443" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="443" spans="1:10" ht="14.25">
       <c r="A443" s="2">
         <v>45680</v>
       </c>
       <c r="B443" t="s">
         <v>211</v>
       </c>
       <c r="C443" t="s">
         <v>710</v>
       </c>
       <c r="D443" t="s">
         <v>711</v>
       </c>
       <c r="E443" s="2">
         <v>45697</v>
       </c>
       <c r="F443" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="G443" s="2">
         <v>45698</v>
       </c>
       <c r="H443" s="1">
         <v>0.1875</v>
       </c>
       <c r="I443" t="s">
         <v>44</v>
       </c>
       <c r="J443" t="s">
         <v>709</v>
       </c>
     </row>
-    <row r="444" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="444" spans="1:10" ht="14.25">
       <c r="A444" s="2">
         <v>45680</v>
       </c>
       <c r="B444" t="s">
         <v>211</v>
       </c>
       <c r="C444" t="s">
         <v>712</v>
       </c>
       <c r="D444" t="s">
         <v>81</v>
       </c>
       <c r="E444" s="2">
         <v>45703</v>
       </c>
       <c r="F444" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G444" s="2">
         <v>45704</v>
       </c>
       <c r="H444" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I444" t="s">
         <v>713</v>
       </c>
       <c r="J444" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="445" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="445" spans="1:10" ht="14.25">
       <c r="A445" s="2">
         <v>45682</v>
       </c>
       <c r="B445" t="s">
         <v>211</v>
       </c>
       <c r="C445" t="s">
         <v>30</v>
       </c>
       <c r="D445" t="s">
         <v>459</v>
       </c>
       <c r="E445" s="2">
         <v>45710</v>
       </c>
       <c r="F445" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G445" s="2">
         <v>45710</v>
       </c>
       <c r="H445" s="1">
         <v>0</v>
       </c>
       <c r="I445" t="s">
         <v>697</v>
       </c>
       <c r="J445" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="446" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="446" spans="1:10" ht="14.25">
       <c r="A446" s="2">
         <v>45684</v>
       </c>
       <c r="B446" t="s">
         <v>317</v>
       </c>
       <c r="C446" t="s">
         <v>714</v>
       </c>
       <c r="D446" t="s">
         <v>715</v>
       </c>
       <c r="E446" s="2">
         <v>45689</v>
       </c>
       <c r="F446" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G446" s="2">
         <v>45689</v>
       </c>
       <c r="H446" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I446" t="s">
         <v>697</v>
       </c>
       <c r="J446" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="447" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="447" spans="1:10" ht="14.25">
       <c r="A447" s="2">
         <v>45683</v>
       </c>
       <c r="B447" t="s">
         <v>196</v>
       </c>
       <c r="C447" t="s">
         <v>716</v>
       </c>
       <c r="D447" t="s">
         <v>717</v>
       </c>
       <c r="E447" s="2">
         <v>45698</v>
       </c>
       <c r="F447" s="1">
         <v>6.9444444444444447E-4</v>
       </c>
       <c r="G447" s="2">
         <v>45698</v>
       </c>
       <c r="H447" s="1">
         <v>0.20833333333333334</v>
       </c>
       <c r="I447" t="s">
         <v>718</v>
       </c>
       <c r="J447" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="448" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="448" spans="1:10" ht="14.25">
       <c r="A448" s="2">
         <v>45688</v>
       </c>
       <c r="B448" t="s">
         <v>196</v>
       </c>
       <c r="C448" t="s">
         <v>719</v>
       </c>
       <c r="D448" t="s">
         <v>720</v>
       </c>
       <c r="E448" s="2">
         <v>45704</v>
       </c>
       <c r="F448" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G448" s="2">
         <v>45704</v>
       </c>
       <c r="H448" s="1">
         <v>0.625</v>
       </c>
       <c r="I448" t="s">
         <v>41</v>
       </c>
       <c r="J448" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="449" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="449" spans="1:10" ht="14.25">
       <c r="A449" s="2">
         <v>45692</v>
       </c>
       <c r="B449" t="s">
         <v>317</v>
       </c>
       <c r="C449" t="s">
         <v>721</v>
       </c>
       <c r="D449" t="s">
         <v>722</v>
       </c>
       <c r="E449" s="2">
         <v>45702</v>
       </c>
       <c r="F449" s="1">
         <v>0.875</v>
       </c>
       <c r="G449" s="2">
         <v>45703</v>
       </c>
       <c r="H449" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I449" t="s">
         <v>109</v>
       </c>
       <c r="J449" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="450" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="450" spans="1:10" ht="14.25">
       <c r="A450" s="2">
         <v>45326</v>
       </c>
       <c r="B450" t="s">
         <v>316</v>
       </c>
       <c r="C450" t="s">
         <v>30</v>
       </c>
       <c r="D450" t="s">
         <v>409</v>
       </c>
       <c r="E450" s="2">
         <v>45710</v>
       </c>
       <c r="F450" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G450" s="2">
         <v>45711</v>
       </c>
       <c r="H450" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I450" t="s">
         <v>697</v>
       </c>
       <c r="J450" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="451" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="451" spans="1:10" ht="14.25">
       <c r="A451" s="2">
         <v>45692</v>
       </c>
       <c r="B451" t="s">
         <v>317</v>
       </c>
       <c r="C451" t="s">
         <v>604</v>
       </c>
       <c r="D451" t="s">
         <v>723</v>
       </c>
       <c r="E451" s="2">
         <v>45703</v>
       </c>
       <c r="F451" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G451" s="2">
         <v>45704</v>
       </c>
       <c r="H451" s="1">
         <v>0.125</v>
       </c>
       <c r="I451" t="s">
         <v>701</v>
       </c>
       <c r="J451" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="452" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="452" spans="1:10" ht="14.25">
       <c r="A452" s="2">
         <v>45693</v>
       </c>
       <c r="B452" t="s">
         <v>196</v>
       </c>
       <c r="C452" t="s">
         <v>724</v>
       </c>
       <c r="D452" t="s">
         <v>392</v>
       </c>
       <c r="E452" s="2">
         <v>45842</v>
       </c>
       <c r="F452" s="1">
         <v>0.375</v>
       </c>
       <c r="G452" s="2">
         <v>45842</v>
       </c>
       <c r="H452" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I452" t="s">
         <v>725</v>
       </c>
       <c r="J452" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="453" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="453" spans="1:10" ht="14.25">
       <c r="A453" s="2">
         <v>45693</v>
       </c>
       <c r="B453" t="s">
         <v>196</v>
       </c>
       <c r="C453" t="s">
         <v>726</v>
       </c>
       <c r="D453" t="s">
         <v>727</v>
       </c>
       <c r="E453" s="2">
         <v>45711</v>
       </c>
       <c r="F453" s="1">
         <v>0.375</v>
       </c>
       <c r="G453" s="2">
         <v>45711</v>
       </c>
       <c r="H453" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I453" t="s">
         <v>414</v>
       </c>
       <c r="J453" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="454" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="454" spans="1:10" ht="14.25">
       <c r="A454" s="2">
         <v>45695</v>
       </c>
       <c r="B454" t="s">
         <v>317</v>
       </c>
       <c r="C454" t="s">
         <v>635</v>
       </c>
       <c r="D454" t="s">
         <v>636</v>
       </c>
       <c r="E454" s="2">
         <v>45703</v>
       </c>
       <c r="F454" s="1">
         <v>0.75</v>
       </c>
       <c r="G454" s="2">
         <v>45705</v>
       </c>
       <c r="H454" s="1">
         <v>0.125</v>
       </c>
       <c r="I454" t="s">
         <v>701</v>
       </c>
       <c r="J454" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="455" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="455" spans="1:10" ht="14.25">
       <c r="A455" s="2">
         <v>45695</v>
       </c>
       <c r="B455" t="s">
         <v>728</v>
       </c>
       <c r="C455" t="s">
         <v>729</v>
       </c>
       <c r="D455" t="s">
         <v>730</v>
       </c>
       <c r="E455" s="2">
         <v>45717</v>
       </c>
       <c r="F455" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G455" s="2">
         <v>45717</v>
       </c>
       <c r="H455" s="1">
         <v>6.25E-2</v>
       </c>
       <c r="I455" t="s">
         <v>731</v>
       </c>
       <c r="J455" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="456" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="456" spans="1:10" ht="14.25">
       <c r="A456" s="2">
         <v>45695</v>
       </c>
       <c r="B456" t="s">
         <v>196</v>
       </c>
       <c r="C456" t="s">
         <v>408</v>
       </c>
       <c r="D456" t="s">
         <v>732</v>
       </c>
       <c r="E456" s="2">
         <v>45717</v>
       </c>
       <c r="F456" s="1">
         <v>0.875</v>
       </c>
       <c r="G456" s="2">
         <v>45718</v>
       </c>
       <c r="H456" s="1">
         <v>0.14583333333333334</v>
       </c>
       <c r="I456" t="s">
         <v>701</v>
       </c>
       <c r="J456" t="s">
         <v>733</v>
       </c>
     </row>
-    <row r="457" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="457" spans="1:10" ht="14.25">
       <c r="A457" s="2">
         <v>45697</v>
       </c>
       <c r="B457" t="s">
         <v>196</v>
       </c>
       <c r="C457" t="s">
         <v>30</v>
       </c>
       <c r="D457" t="s">
         <v>409</v>
       </c>
       <c r="E457" s="2">
         <v>45731</v>
       </c>
       <c r="F457" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G457" s="2">
         <v>45731</v>
       </c>
       <c r="H457" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I457" t="s">
         <v>216</v>
       </c>
       <c r="J457" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="458" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="458" spans="1:10" ht="14.25">
       <c r="A458" s="2">
         <v>45696</v>
       </c>
       <c r="B458" t="s">
         <v>196</v>
       </c>
       <c r="C458" t="s">
         <v>734</v>
       </c>
       <c r="D458" t="s">
         <v>735</v>
       </c>
       <c r="E458" s="2">
         <v>45711</v>
       </c>
       <c r="F458" s="1">
         <v>0.54166666666666663</v>
       </c>
       <c r="G458" s="2">
         <v>45711</v>
       </c>
       <c r="H458" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I458" t="s">
         <v>29</v>
       </c>
       <c r="J458" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="459" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="459" spans="1:10" ht="14.25">
       <c r="A459" s="2">
         <v>45698</v>
       </c>
       <c r="B459" t="s">
         <v>235</v>
       </c>
       <c r="C459" t="s">
         <v>107</v>
       </c>
       <c r="D459" t="s">
         <v>736</v>
       </c>
       <c r="E459" s="2">
         <v>45738</v>
       </c>
       <c r="F459" s="1">
         <v>0.75</v>
       </c>
       <c r="G459" s="2">
         <v>45738</v>
       </c>
       <c r="H459" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I459" t="s">
         <v>54</v>
       </c>
       <c r="J459" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="460" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="460" spans="1:10" ht="14.25">
       <c r="A460" s="2">
         <v>45697</v>
       </c>
       <c r="B460" t="s">
         <v>196</v>
       </c>
       <c r="C460" t="s">
         <v>737</v>
       </c>
       <c r="D460" t="s">
         <v>738</v>
       </c>
       <c r="E460" s="2">
         <v>45731</v>
       </c>
       <c r="F460" s="1">
         <v>0.8125</v>
       </c>
       <c r="G460" s="2">
         <v>45731</v>
       </c>
       <c r="H460" s="1">
         <v>0</v>
       </c>
       <c r="I460" t="s">
         <v>54</v>
       </c>
       <c r="J460" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="461" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="461" spans="1:10" ht="14.25">
       <c r="A461" s="2">
         <v>45700</v>
       </c>
       <c r="B461" t="s">
         <v>235</v>
       </c>
       <c r="C461" t="s">
         <v>574</v>
       </c>
       <c r="D461" t="s">
         <v>575</v>
       </c>
       <c r="E461" s="2">
         <v>45744</v>
       </c>
       <c r="F461" s="1">
         <v>0.54166666666666663</v>
       </c>
       <c r="G461" s="2">
         <v>45744</v>
       </c>
       <c r="H461" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I461" t="s">
         <v>146</v>
       </c>
       <c r="J461" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="462" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="462" spans="1:10" ht="14.25">
       <c r="A462" s="2">
         <v>45700</v>
       </c>
       <c r="B462" t="s">
         <v>235</v>
       </c>
       <c r="C462" t="s">
         <v>739</v>
       </c>
       <c r="D462" t="s">
         <v>313</v>
       </c>
       <c r="E462" s="2">
         <v>45899</v>
       </c>
       <c r="F462" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G462" s="2">
         <v>45900</v>
       </c>
       <c r="H462" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I462" t="s">
         <v>275</v>
       </c>
       <c r="J462" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="463" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="463" spans="1:10" ht="14.25">
       <c r="A463" s="2">
         <v>45701</v>
       </c>
       <c r="B463" t="s">
         <v>235</v>
       </c>
       <c r="C463" t="s">
         <v>508</v>
       </c>
       <c r="D463" t="s">
         <v>509</v>
       </c>
       <c r="E463" s="2">
         <v>45723</v>
       </c>
       <c r="F463" s="1">
         <v>0.47916666666666669</v>
       </c>
       <c r="G463" s="2">
         <v>45724</v>
       </c>
       <c r="H463" s="1">
         <v>0.9375</v>
       </c>
       <c r="I463" t="s">
         <v>338</v>
       </c>
       <c r="J463" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="464" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="464" spans="1:10" ht="14.25">
       <c r="A464" s="2">
         <v>45704</v>
       </c>
       <c r="B464" t="s">
         <v>211</v>
       </c>
       <c r="C464" t="s">
         <v>129</v>
       </c>
       <c r="D464" t="s">
         <v>443</v>
       </c>
       <c r="E464" s="2">
         <v>45734</v>
       </c>
       <c r="F464" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G464" s="2">
         <v>45738</v>
       </c>
       <c r="H464" s="6">
         <v>0</v>
       </c>
       <c r="I464" t="s">
         <v>701</v>
       </c>
       <c r="J464" t="s">
         <v>740</v>
       </c>
     </row>
-    <row r="465" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="465" spans="1:10" ht="14.25">
       <c r="A465" s="2">
         <v>45704</v>
       </c>
       <c r="B465" t="s">
         <v>235</v>
       </c>
       <c r="C465" t="s">
         <v>741</v>
       </c>
       <c r="D465" t="s">
         <v>372</v>
       </c>
       <c r="E465" s="2">
         <v>45717</v>
       </c>
       <c r="F465" s="1">
         <v>0.4375</v>
       </c>
       <c r="G465" s="2">
         <v>45717</v>
       </c>
       <c r="H465" s="1">
         <v>0.60416666666666663</v>
       </c>
       <c r="I465" t="s">
         <v>742</v>
       </c>
       <c r="J465" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="466" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="466" spans="1:10" ht="14.25">
       <c r="A466" s="2">
         <v>45705</v>
       </c>
       <c r="B466" t="s">
         <v>235</v>
       </c>
       <c r="C466" t="s">
         <v>75</v>
       </c>
       <c r="D466" t="s">
         <v>76</v>
       </c>
       <c r="E466" s="2">
         <v>45732</v>
       </c>
       <c r="F466" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G466" s="2">
         <v>45732</v>
       </c>
       <c r="H466" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I466" t="s">
         <v>54</v>
       </c>
       <c r="J466" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="467" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="467" spans="1:10" ht="14.25">
       <c r="A467" s="2">
         <v>45706</v>
       </c>
       <c r="B467" t="s">
         <v>317</v>
       </c>
       <c r="C467" t="s">
         <v>30</v>
       </c>
       <c r="D467" t="s">
         <v>409</v>
       </c>
       <c r="E467" s="2">
         <v>45717</v>
       </c>
       <c r="F467" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G467" s="2">
         <v>45718</v>
       </c>
       <c r="H467" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I467" t="s">
         <v>54</v>
       </c>
       <c r="J467" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="468" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="468" spans="1:10" ht="14.25">
       <c r="A468" s="2">
         <v>45701</v>
       </c>
       <c r="B468" t="s">
         <v>235</v>
       </c>
       <c r="C468" t="s">
         <v>667</v>
       </c>
       <c r="D468" t="s">
         <v>636</v>
       </c>
       <c r="E468" s="2">
         <v>45731</v>
       </c>
       <c r="F468" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G468" s="2">
         <v>45732</v>
       </c>
       <c r="H468" s="1">
         <v>0.125</v>
       </c>
       <c r="I468" t="s">
         <v>743</v>
       </c>
       <c r="J468" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="469" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="469" spans="1:10" ht="14.25">
       <c r="A469" s="2">
         <v>45712</v>
       </c>
       <c r="B469" t="s">
         <v>235</v>
       </c>
       <c r="C469" t="s">
         <v>668</v>
       </c>
       <c r="D469" t="s">
         <v>744</v>
       </c>
       <c r="E469" s="2">
         <v>45731</v>
       </c>
       <c r="F469" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G469" s="2">
         <v>45732</v>
       </c>
       <c r="H469" s="1">
         <v>0.125</v>
       </c>
       <c r="I469" t="s">
         <v>743</v>
       </c>
       <c r="J469" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="470" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="470" spans="1:10" ht="15.75">
       <c r="A470" s="2">
         <v>45709</v>
       </c>
       <c r="B470" t="s">
         <v>235</v>
       </c>
       <c r="C470" s="10" t="s">
         <v>483</v>
       </c>
       <c r="D470" s="10" t="s">
         <v>484</v>
       </c>
       <c r="E470" s="2">
         <v>45724</v>
       </c>
       <c r="F470" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G470" s="2">
         <v>45724</v>
       </c>
       <c r="H470" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I470" t="s">
         <v>216</v>
       </c>
       <c r="J470" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="471" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="471" spans="1:10" ht="14.25">
       <c r="A471" s="2">
         <v>45711</v>
       </c>
       <c r="B471" t="s">
         <v>196</v>
       </c>
       <c r="C471" t="s">
         <v>201</v>
       </c>
       <c r="D471" t="s">
         <v>745</v>
       </c>
       <c r="E471" s="2">
         <v>45836</v>
       </c>
       <c r="F471" s="1">
         <v>0.54166666666666663</v>
       </c>
       <c r="G471" s="2">
         <v>45836</v>
       </c>
       <c r="H471" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I471" t="s">
         <v>370</v>
       </c>
       <c r="J471" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="472" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="472" spans="1:10" ht="14.25">
       <c r="A472" s="2">
         <v>45712</v>
       </c>
       <c r="B472" t="s">
         <v>317</v>
       </c>
       <c r="C472" t="s">
         <v>343</v>
       </c>
       <c r="D472" t="s">
         <v>746</v>
       </c>
       <c r="E472" s="2">
         <v>45723</v>
       </c>
       <c r="F472" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G472" s="2">
         <v>45725</v>
       </c>
       <c r="H472" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I472" t="s">
         <v>747</v>
       </c>
       <c r="J472" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="473" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="473" spans="1:10" ht="14.25">
       <c r="A473" s="2">
         <v>45714</v>
       </c>
       <c r="B473" t="s">
         <v>196</v>
       </c>
       <c r="C473" t="s">
         <v>669</v>
       </c>
       <c r="D473" t="s">
         <v>670</v>
       </c>
       <c r="E473" s="2">
         <v>45738</v>
       </c>
       <c r="F473" s="1">
         <v>0.75</v>
       </c>
       <c r="G473" s="2">
         <v>45738</v>
       </c>
       <c r="H473" s="1">
         <v>0</v>
       </c>
       <c r="I473" t="s">
         <v>748</v>
       </c>
       <c r="J473" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="474" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="474" spans="1:10" ht="14.25">
       <c r="A474" s="2">
         <v>45714</v>
       </c>
       <c r="B474" t="s">
         <v>196</v>
       </c>
       <c r="C474" t="s">
         <v>669</v>
       </c>
       <c r="D474" t="s">
         <v>670</v>
       </c>
       <c r="E474" s="2">
         <v>45751</v>
       </c>
       <c r="F474" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G474" s="2">
         <v>45752</v>
       </c>
       <c r="H474" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I474" t="s">
         <v>748</v>
       </c>
       <c r="J474" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="475" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="475" spans="1:10" ht="14.25">
       <c r="A475" s="2">
         <v>45714</v>
       </c>
       <c r="B475" t="s">
         <v>196</v>
       </c>
       <c r="C475" t="s">
         <v>669</v>
       </c>
       <c r="D475" t="s">
         <v>670</v>
       </c>
       <c r="E475" s="2">
         <v>45781</v>
       </c>
       <c r="F475" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G475" s="2">
         <v>45417</v>
       </c>
       <c r="H475" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I475" t="s">
         <v>748</v>
       </c>
       <c r="J475" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="476" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="476" spans="1:10" ht="14.25">
       <c r="A476" s="2">
         <v>45714</v>
       </c>
       <c r="B476" t="s">
         <v>196</v>
       </c>
       <c r="C476" t="s">
         <v>669</v>
       </c>
       <c r="D476" t="s">
         <v>670</v>
       </c>
       <c r="E476" s="2">
         <v>45836</v>
       </c>
       <c r="F476" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G476" s="2">
         <v>45837</v>
       </c>
       <c r="H476" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I476" t="s">
         <v>748</v>
       </c>
       <c r="J476" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="477" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="477" spans="1:10" ht="14.25">
       <c r="A477" s="2">
         <v>45717</v>
       </c>
       <c r="B477" t="s">
         <v>316</v>
       </c>
       <c r="C477" t="s">
         <v>75</v>
       </c>
       <c r="D477" t="s">
         <v>76</v>
       </c>
       <c r="E477" s="2">
         <v>45808</v>
       </c>
       <c r="F477" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G477" s="2">
         <v>45808</v>
       </c>
       <c r="H477" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I477" t="s">
         <v>370</v>
       </c>
       <c r="J477" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="478" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="478" spans="1:10" ht="14.25">
       <c r="A478" s="2">
         <v>45718</v>
       </c>
       <c r="B478" t="s">
         <v>316</v>
       </c>
       <c r="C478" t="s">
         <v>39</v>
       </c>
       <c r="D478" t="s">
         <v>323</v>
       </c>
       <c r="E478" s="2">
         <v>45732</v>
       </c>
       <c r="F478" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G478" s="2">
         <v>45732</v>
       </c>
       <c r="H478" s="1">
         <v>0.625</v>
       </c>
       <c r="I478" t="s">
         <v>41</v>
       </c>
       <c r="J478" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="479" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="479" spans="1:10" ht="14.25">
       <c r="A479" s="2">
         <v>45720</v>
       </c>
       <c r="B479" t="s">
         <v>235</v>
       </c>
       <c r="C479" t="s">
         <v>749</v>
       </c>
       <c r="D479" t="s">
         <v>750</v>
       </c>
       <c r="E479" s="2">
         <v>45752</v>
       </c>
       <c r="F479" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="G479" s="2">
         <v>45753</v>
       </c>
       <c r="H479" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I479" t="s">
         <v>54</v>
       </c>
       <c r="J479" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="480" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="480" spans="1:10" ht="14.25">
       <c r="A480" s="2">
         <v>45720</v>
       </c>
       <c r="B480" t="s">
         <v>196</v>
       </c>
       <c r="C480" t="s">
         <v>448</v>
       </c>
       <c r="D480" t="s">
         <v>751</v>
       </c>
       <c r="E480" s="2">
         <v>45760</v>
       </c>
       <c r="F480" s="1">
         <v>0.5</v>
       </c>
       <c r="G480" s="2">
         <v>45760</v>
       </c>
       <c r="H480" s="1">
         <v>0.75</v>
       </c>
       <c r="I480" t="s">
         <v>41</v>
       </c>
       <c r="J480" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="481" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="481" spans="1:10" ht="14.25">
       <c r="A481" s="2">
         <v>45721</v>
       </c>
       <c r="B481" t="s">
         <v>196</v>
       </c>
       <c r="C481" t="s">
         <v>752</v>
       </c>
       <c r="D481" t="s">
         <v>753</v>
       </c>
       <c r="E481" s="2">
         <v>45401</v>
       </c>
       <c r="F481" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="G481" s="2">
         <v>45766</v>
       </c>
       <c r="H481" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I481" t="s">
         <v>754</v>
       </c>
       <c r="J481" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="482" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="482" spans="1:10" ht="14.25">
       <c r="A482" s="2">
         <v>45720</v>
       </c>
       <c r="B482" t="s">
         <v>196</v>
       </c>
       <c r="C482" t="s">
         <v>476</v>
       </c>
       <c r="D482" t="s">
         <v>755</v>
       </c>
       <c r="E482" s="2">
         <v>45738</v>
       </c>
       <c r="F482" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G482" s="2">
         <v>45738</v>
       </c>
       <c r="H482" s="1">
         <v>0.9375</v>
       </c>
       <c r="I482" t="s">
         <v>756</v>
       </c>
       <c r="J482" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="483" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="483" spans="1:10" ht="14.25">
       <c r="A483" s="2">
         <v>45721</v>
       </c>
       <c r="B483" t="s">
         <v>196</v>
       </c>
       <c r="C483" t="s">
         <v>159</v>
       </c>
       <c r="D483" t="s">
         <v>348</v>
       </c>
       <c r="E483" s="2">
         <v>45738</v>
       </c>
       <c r="F483" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G483" s="2">
         <v>45738</v>
       </c>
       <c r="H483" s="1">
         <v>0.875</v>
       </c>
       <c r="I483" t="s">
         <v>756</v>
       </c>
       <c r="J483" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="484" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="484" spans="1:10" ht="14.25">
       <c r="A484" s="2">
         <v>45722</v>
       </c>
       <c r="B484" t="s">
         <v>196</v>
       </c>
       <c r="C484" t="s">
         <v>757</v>
       </c>
       <c r="D484" t="s">
         <v>758</v>
       </c>
       <c r="E484" s="2">
         <v>45738</v>
       </c>
       <c r="F484" s="1">
         <v>0.4375</v>
       </c>
       <c r="G484" s="2">
         <v>45739</v>
       </c>
       <c r="H484" s="1">
         <v>0.6875</v>
       </c>
       <c r="I484" t="s">
         <v>41</v>
       </c>
       <c r="J484" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="485" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="485" spans="1:10" ht="14.25">
       <c r="A485" s="2">
         <v>45723</v>
       </c>
       <c r="B485" t="s">
         <v>193</v>
       </c>
       <c r="C485" t="s">
         <v>343</v>
       </c>
       <c r="D485" t="s">
         <v>759</v>
       </c>
       <c r="E485" s="2">
         <v>45730</v>
       </c>
       <c r="F485" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G485" s="2">
         <v>45731</v>
       </c>
       <c r="H485" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I485" t="s">
         <v>747</v>
       </c>
       <c r="J485" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="486" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="486" spans="1:10" ht="14.25">
       <c r="A486" s="2">
         <v>45722</v>
       </c>
       <c r="B486" t="s">
         <v>196</v>
       </c>
       <c r="C486" t="s">
         <v>276</v>
       </c>
       <c r="D486" t="s">
         <v>509</v>
       </c>
       <c r="E486" s="2">
         <v>45737</v>
       </c>
       <c r="F486" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G486" s="2">
         <v>45737</v>
       </c>
       <c r="H486" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I486" t="s">
         <v>216</v>
       </c>
       <c r="J486" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="487" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="487" spans="1:10" ht="14.25">
       <c r="A487" s="2">
         <v>45726</v>
       </c>
       <c r="B487" t="s">
         <v>196</v>
       </c>
       <c r="C487" t="s">
         <v>760</v>
       </c>
       <c r="D487" t="s">
         <v>761</v>
       </c>
       <c r="E487" s="2">
         <v>45805</v>
       </c>
       <c r="F487" s="1">
         <v>0.48958333333333331</v>
       </c>
       <c r="G487" s="2">
         <v>45805</v>
       </c>
       <c r="H487" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I487" t="s">
         <v>762</v>
       </c>
       <c r="J487" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="488" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="488" spans="1:10" ht="14.25">
       <c r="A488" s="2">
         <v>45726</v>
       </c>
       <c r="B488" t="s">
         <v>196</v>
       </c>
       <c r="C488" t="s">
         <v>703</v>
       </c>
       <c r="D488" t="s">
         <v>704</v>
       </c>
       <c r="E488" s="2">
         <v>45773</v>
       </c>
       <c r="F488" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G488" s="2">
         <v>45774</v>
       </c>
       <c r="H488" s="1">
         <v>0.14583333333333334</v>
       </c>
       <c r="I488" t="s">
         <v>16</v>
       </c>
       <c r="J488" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="489" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="489" spans="1:10" ht="14.25">
       <c r="A489" s="2">
         <v>45726</v>
       </c>
       <c r="B489" t="s">
         <v>196</v>
       </c>
       <c r="C489" t="s">
         <v>763</v>
       </c>
       <c r="D489" t="s">
         <v>457</v>
       </c>
       <c r="E489" s="2">
         <v>45767</v>
       </c>
       <c r="F489" s="1">
         <v>0.9375</v>
       </c>
       <c r="G489" s="2">
         <v>45768</v>
       </c>
       <c r="H489" s="1">
         <v>0.10416666666666667</v>
       </c>
       <c r="I489" t="s">
         <v>764</v>
       </c>
       <c r="J489" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="490" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="490" spans="1:10" ht="14.25">
       <c r="A490" s="2">
         <v>45729</v>
       </c>
       <c r="B490" t="s">
         <v>196</v>
       </c>
       <c r="C490" t="s">
         <v>159</v>
       </c>
       <c r="D490" t="s">
         <v>348</v>
       </c>
       <c r="E490" s="2">
         <v>45743</v>
       </c>
       <c r="F490" s="1">
         <v>0.75</v>
       </c>
       <c r="G490" s="2">
         <v>45743</v>
       </c>
       <c r="H490" s="1">
         <v>0.89583333333333337</v>
       </c>
       <c r="I490" t="s">
         <v>54</v>
       </c>
       <c r="J490" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="491" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="491" spans="1:10" ht="14.25">
       <c r="A491" s="2">
         <v>45731</v>
       </c>
       <c r="B491" t="s">
         <v>196</v>
       </c>
       <c r="C491" t="s">
         <v>765</v>
       </c>
       <c r="D491" t="s">
         <v>404</v>
       </c>
       <c r="E491" s="2">
         <v>45745</v>
       </c>
       <c r="F491" s="1">
         <v>0</v>
       </c>
       <c r="G491" s="2">
         <v>45746</v>
       </c>
       <c r="H491" s="1">
         <v>0.125</v>
       </c>
       <c r="I491" t="s">
         <v>54</v>
       </c>
       <c r="J491" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="492" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="492" spans="1:10" ht="14.25">
       <c r="A492" s="2">
         <v>45731</v>
       </c>
       <c r="B492" t="s">
         <v>196</v>
       </c>
       <c r="C492" t="s">
         <v>766</v>
       </c>
       <c r="D492" t="s">
         <v>767</v>
       </c>
       <c r="E492" s="2">
         <v>45802</v>
       </c>
       <c r="F492" s="1">
         <v>0.75</v>
       </c>
       <c r="G492" s="2">
         <v>45802</v>
       </c>
       <c r="H492" s="1">
         <v>0</v>
       </c>
       <c r="I492" t="s">
         <v>54</v>
       </c>
       <c r="J492" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="493" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="493" spans="1:10" ht="14.25">
       <c r="A493" s="2">
         <v>45728</v>
       </c>
       <c r="B493" t="s">
         <v>317</v>
       </c>
       <c r="C493" t="s">
         <v>339</v>
       </c>
       <c r="D493" t="s">
         <v>340</v>
       </c>
       <c r="E493" s="2">
         <v>45738</v>
       </c>
       <c r="F493" s="1">
         <v>0.75</v>
       </c>
       <c r="G493" s="2">
         <v>45738</v>
       </c>
       <c r="H493" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I493" t="s">
         <v>54</v>
       </c>
       <c r="J493" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="494" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="494" spans="1:10" ht="14.25">
       <c r="A494" s="2">
         <v>45729</v>
       </c>
       <c r="B494" t="s">
         <v>317</v>
       </c>
       <c r="C494" t="s">
         <v>343</v>
       </c>
       <c r="D494" t="s">
         <v>759</v>
       </c>
       <c r="E494" s="2">
         <v>45737</v>
       </c>
       <c r="F494" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G494" s="2">
         <v>45737</v>
       </c>
       <c r="H494" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I494" t="s">
         <v>747</v>
       </c>
       <c r="J494" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="495" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="495" spans="1:10" ht="14.25">
       <c r="A495" s="2">
         <v>45761</v>
       </c>
       <c r="B495" t="s">
         <v>196</v>
       </c>
       <c r="C495" t="s">
         <v>408</v>
       </c>
       <c r="D495" t="s">
         <v>768</v>
       </c>
       <c r="E495" s="2">
         <v>45774</v>
       </c>
       <c r="F495" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G495" s="2">
         <v>45774</v>
       </c>
       <c r="H495" s="1">
         <v>0.625</v>
       </c>
       <c r="I495" t="s">
         <v>57</v>
       </c>
       <c r="J495" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="496" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="496" spans="1:10" ht="14.25">
       <c r="A496" s="2">
         <v>45739</v>
       </c>
       <c r="B496" t="s">
         <v>317</v>
       </c>
       <c r="C496" t="s">
         <v>769</v>
       </c>
       <c r="D496" t="s">
         <v>770</v>
       </c>
       <c r="E496" s="2">
         <v>45739</v>
       </c>
       <c r="F496" s="1">
         <v>0.375</v>
       </c>
       <c r="G496" s="2">
         <v>45739</v>
       </c>
       <c r="H496" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I496" t="s">
         <v>41</v>
       </c>
       <c r="J496" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="497" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="497" spans="1:10" ht="14.25">
       <c r="A497" s="2">
         <v>45733</v>
       </c>
       <c r="B497" t="s">
         <v>317</v>
       </c>
       <c r="C497" t="s">
         <v>771</v>
       </c>
       <c r="D497" t="s">
         <v>603</v>
       </c>
       <c r="E497" s="2">
         <v>45792</v>
       </c>
       <c r="F497" s="1">
         <v>0.78125</v>
       </c>
       <c r="G497" s="2">
         <v>45794</v>
       </c>
       <c r="H497" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I497" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="498" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="498" spans="1:10" ht="14.25">
       <c r="A498" s="2">
         <v>45733</v>
       </c>
       <c r="B498" t="s">
         <v>211</v>
       </c>
       <c r="C498" t="s">
         <v>30</v>
       </c>
       <c r="D498" t="s">
         <v>409</v>
       </c>
       <c r="E498" s="2">
         <v>45759</v>
       </c>
       <c r="F498" s="1">
         <v>0.625</v>
       </c>
       <c r="G498" s="2">
         <v>45759</v>
       </c>
       <c r="H498" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I498" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="499" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="499" spans="1:10" ht="15.4">
       <c r="A499" s="2">
         <v>45767</v>
       </c>
       <c r="B499" t="s">
         <v>317</v>
       </c>
       <c r="C499" s="12" t="s">
         <v>159</v>
       </c>
       <c r="D499" s="12" t="s">
         <v>348</v>
       </c>
       <c r="E499" s="2">
         <v>45750</v>
       </c>
       <c r="F499" s="1">
         <v>0.75</v>
       </c>
       <c r="G499" s="2">
         <v>45750</v>
       </c>
       <c r="H499" s="1">
         <v>0.875</v>
       </c>
       <c r="I499" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="500" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="500" spans="1:10" ht="14.25">
       <c r="A500" s="2">
         <v>45734</v>
       </c>
       <c r="B500" t="s">
         <v>317</v>
       </c>
       <c r="C500" t="s">
         <v>500</v>
       </c>
       <c r="D500" t="s">
         <v>772</v>
       </c>
       <c r="E500" s="2">
         <v>45742</v>
       </c>
       <c r="F500" s="1">
         <v>0.69791666666666663</v>
       </c>
       <c r="G500" s="2">
         <v>45742</v>
       </c>
       <c r="H500" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="I500" t="s">
         <v>29</v>
       </c>
       <c r="J500" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="501" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="501" spans="1:10" ht="14.25">
       <c r="A501" s="2">
         <v>45735</v>
       </c>
       <c r="B501" t="s">
         <v>196</v>
       </c>
       <c r="C501" t="s">
         <v>773</v>
       </c>
       <c r="D501" t="s">
         <v>774</v>
       </c>
       <c r="E501" s="2">
         <v>45760</v>
       </c>
       <c r="F501" s="1">
         <v>0.51041666666666663</v>
       </c>
       <c r="G501" s="2">
         <v>45760</v>
       </c>
       <c r="H501" s="1">
         <v>0.71875</v>
       </c>
       <c r="I501" t="s">
         <v>377</v>
       </c>
       <c r="J501" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="502" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="502" spans="1:10" ht="14.25">
       <c r="A502" s="2">
         <v>45736</v>
       </c>
       <c r="B502" t="s">
         <v>211</v>
       </c>
       <c r="C502" t="s">
         <v>775</v>
       </c>
       <c r="D502" t="s">
         <v>776</v>
       </c>
       <c r="E502" s="2">
         <v>45927</v>
       </c>
       <c r="F502" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G502" s="2">
         <v>45928</v>
       </c>
       <c r="H502" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I502" t="s">
         <v>54</v>
       </c>
       <c r="J502" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="503" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="503" spans="1:10" ht="14.25">
       <c r="A503" s="2">
         <v>45740</v>
       </c>
       <c r="B503" t="s">
         <v>196</v>
       </c>
       <c r="C503" t="s">
         <v>777</v>
       </c>
       <c r="D503" t="s">
         <v>778</v>
       </c>
       <c r="E503" s="2">
         <v>45752</v>
       </c>
       <c r="F503" s="1">
         <v>0.4375</v>
       </c>
       <c r="G503" s="2">
         <v>45752</v>
       </c>
       <c r="H503" s="1">
         <v>0.60416666666666663</v>
       </c>
       <c r="I503" t="s">
         <v>414</v>
       </c>
       <c r="J503" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="504" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="504" spans="1:10" ht="14.25">
       <c r="A504" s="2">
         <v>45741</v>
       </c>
       <c r="B504" t="s">
         <v>235</v>
       </c>
       <c r="C504" t="s">
         <v>779</v>
       </c>
       <c r="D504" t="s">
         <v>780</v>
       </c>
       <c r="E504" s="2">
         <v>45766</v>
       </c>
       <c r="F504" s="1">
         <v>0.54166666666666663</v>
       </c>
       <c r="G504" s="2">
         <v>45766</v>
       </c>
       <c r="H504" s="1">
         <v>0.61458333333333337</v>
       </c>
       <c r="I504" t="s">
         <v>54</v>
       </c>
       <c r="J504" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="505" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="505" spans="1:10" ht="14.25">
       <c r="A505" s="2">
         <v>45741</v>
       </c>
       <c r="B505" t="s">
         <v>196</v>
       </c>
       <c r="C505" t="s">
         <v>580</v>
       </c>
       <c r="D505" t="s">
         <v>781</v>
       </c>
       <c r="E505" s="2">
         <v>45765</v>
       </c>
       <c r="F505" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="G505" s="2">
         <v>45765</v>
       </c>
       <c r="H505" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I505" t="s">
         <v>380</v>
       </c>
       <c r="J505" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="506" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="506" spans="1:10" ht="14.25">
       <c r="A506" s="2">
         <v>45743</v>
       </c>
       <c r="B506" t="s">
         <v>196</v>
       </c>
       <c r="C506" t="s">
         <v>782</v>
       </c>
       <c r="D506" t="s">
         <v>783</v>
       </c>
       <c r="E506" s="2">
         <v>45898</v>
       </c>
       <c r="F506" s="1">
         <v>0</v>
       </c>
       <c r="G506" s="2">
         <v>45898</v>
       </c>
       <c r="H506" s="1">
         <v>0.125</v>
       </c>
       <c r="I506" t="s">
         <v>16</v>
       </c>
       <c r="J506" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="507" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="507" spans="1:10" ht="14.25">
       <c r="A507" s="2">
         <v>45747</v>
       </c>
       <c r="B507" t="s">
         <v>317</v>
       </c>
       <c r="C507" t="s">
         <v>142</v>
       </c>
       <c r="D507" t="s">
         <v>784</v>
       </c>
       <c r="E507" s="2">
         <v>45760</v>
       </c>
       <c r="F507" s="1">
         <v>0.5</v>
       </c>
       <c r="G507" s="2">
         <v>45760</v>
       </c>
       <c r="H507" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I507" t="s">
         <v>47</v>
       </c>
       <c r="J507" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="508" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="508" spans="1:10" ht="14.25">
       <c r="A508" s="2">
         <v>45748</v>
       </c>
       <c r="B508" t="s">
         <v>235</v>
       </c>
       <c r="C508" t="s">
         <v>785</v>
       </c>
       <c r="D508" t="s">
         <v>786</v>
       </c>
       <c r="E508" s="2">
         <v>45782</v>
       </c>
       <c r="F508" s="1">
         <v>0.5</v>
       </c>
       <c r="G508" s="2">
         <v>45782</v>
       </c>
       <c r="H508" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I508" t="s">
         <v>29</v>
       </c>
       <c r="J508" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="509" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="509" spans="1:10" ht="14.25">
       <c r="A509" s="2">
         <v>45750</v>
       </c>
       <c r="B509" t="s">
         <v>196</v>
       </c>
       <c r="C509" t="s">
         <v>39</v>
       </c>
       <c r="D509" t="s">
         <v>323</v>
       </c>
       <c r="E509" s="2">
         <v>45767</v>
       </c>
       <c r="F509" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G509" s="2">
         <v>45767</v>
       </c>
       <c r="H509" s="1">
         <v>0.625</v>
       </c>
       <c r="I509" t="s">
         <v>435</v>
       </c>
       <c r="J509" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="510" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="510" spans="1:10" ht="14.25">
       <c r="A510" s="2">
         <v>45741</v>
       </c>
       <c r="B510" t="s">
         <v>316</v>
       </c>
       <c r="C510" t="s">
         <v>787</v>
       </c>
       <c r="D510" t="s">
         <v>788</v>
       </c>
       <c r="E510" s="2">
         <v>45766</v>
       </c>
       <c r="F510" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="G510" s="2">
         <v>45768</v>
       </c>
       <c r="H510" s="1">
         <v>0.14583333333333334</v>
       </c>
       <c r="I510" t="s">
         <v>16</v>
       </c>
       <c r="J510" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="511" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="511" spans="1:10" ht="14.25">
       <c r="A511" s="2">
         <v>45751</v>
       </c>
       <c r="B511" t="s">
         <v>316</v>
       </c>
       <c r="C511" t="s">
         <v>789</v>
       </c>
       <c r="D511" t="s">
         <v>409</v>
       </c>
       <c r="E511" s="2">
         <v>45773</v>
       </c>
       <c r="F511" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G511" s="2">
         <v>45773</v>
       </c>
       <c r="H511" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I511" t="s">
         <v>29</v>
       </c>
       <c r="J511" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="512" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="512" spans="1:10" ht="14.25">
       <c r="A512" s="2">
         <v>45756</v>
       </c>
       <c r="B512" t="s">
         <v>211</v>
       </c>
       <c r="C512" t="s">
         <v>790</v>
       </c>
       <c r="D512" t="s">
         <v>791</v>
       </c>
       <c r="E512" s="2">
         <v>45772</v>
       </c>
       <c r="F512" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G512" s="2">
         <v>45772</v>
       </c>
       <c r="H512" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I512" t="s">
         <v>29</v>
       </c>
       <c r="J512" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="513" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="513" spans="1:10" ht="14.25">
       <c r="A513" s="2">
         <v>45757</v>
       </c>
       <c r="B513" t="s">
         <v>317</v>
       </c>
       <c r="C513" t="s">
         <v>792</v>
       </c>
       <c r="D513" t="s">
         <v>793</v>
       </c>
       <c r="E513" s="2">
         <v>45771</v>
       </c>
       <c r="F513" s="1">
         <v>0.64583333333333337</v>
       </c>
       <c r="G513" s="2">
         <v>45771</v>
       </c>
       <c r="H513" s="1">
         <v>0.98958333333333337</v>
       </c>
       <c r="I513" t="s">
         <v>47</v>
       </c>
       <c r="J513" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="514" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="514" spans="1:10" ht="14.25">
       <c r="A514" s="2">
         <v>45758</v>
       </c>
       <c r="B514" t="s">
         <v>317</v>
       </c>
       <c r="C514" t="s">
         <v>403</v>
       </c>
       <c r="D514" t="s">
         <v>404</v>
       </c>
       <c r="E514" s="2">
         <v>45773</v>
       </c>
       <c r="F514" s="1">
         <v>0</v>
       </c>
       <c r="G514" s="2">
         <v>45774</v>
       </c>
       <c r="H514" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I514" t="s">
         <v>120</v>
       </c>
       <c r="J514" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="515" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="515" spans="1:10" ht="14.25">
       <c r="A515" s="2">
         <v>45761</v>
       </c>
       <c r="B515" t="s">
         <v>196</v>
       </c>
       <c r="C515" t="s">
         <v>794</v>
       </c>
       <c r="D515" t="s">
         <v>795</v>
       </c>
       <c r="E515" s="2">
         <v>45857</v>
       </c>
       <c r="F515" s="1">
         <v>0.5</v>
       </c>
       <c r="G515" s="2">
         <v>45857</v>
       </c>
       <c r="H515" s="1">
         <v>0.625</v>
       </c>
       <c r="I515" t="s">
         <v>120</v>
       </c>
       <c r="J515" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="516" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="516" spans="1:10" ht="14.25">
       <c r="A516" s="2">
         <v>45760</v>
       </c>
       <c r="B516" t="s">
         <v>196</v>
       </c>
       <c r="C516" t="s">
         <v>796</v>
       </c>
       <c r="D516" t="s">
         <v>797</v>
       </c>
       <c r="E516" s="2">
         <v>45779</v>
       </c>
       <c r="F516" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G516" s="2">
         <v>45779</v>
       </c>
       <c r="H516" s="1">
         <v>0.9375</v>
       </c>
       <c r="I516" t="s">
         <v>120</v>
       </c>
       <c r="J516" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="517" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="517" spans="1:10" ht="14.25">
       <c r="A517" s="2">
         <v>45762</v>
       </c>
       <c r="B517" t="s">
         <v>317</v>
       </c>
       <c r="C517" t="s">
         <v>798</v>
       </c>
       <c r="D517" t="s">
         <v>727</v>
       </c>
       <c r="E517" s="2">
         <v>45774</v>
       </c>
       <c r="F517" s="1">
         <v>0.375</v>
       </c>
       <c r="G517" s="2">
         <v>45774</v>
       </c>
       <c r="H517" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I517" t="s">
         <v>414</v>
       </c>
       <c r="J517" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="518" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="518" spans="1:10" ht="14.25">
       <c r="A518" s="2">
         <v>45763</v>
       </c>
       <c r="B518" t="s">
         <v>235</v>
       </c>
       <c r="C518" t="s">
         <v>799</v>
       </c>
       <c r="D518" t="s">
         <v>800</v>
       </c>
       <c r="E518" s="2">
         <v>45829</v>
       </c>
       <c r="F518" s="1">
         <v>0.5</v>
       </c>
       <c r="G518" s="2">
         <v>45829</v>
       </c>
       <c r="H518" s="1">
         <v>0.75</v>
       </c>
       <c r="I518" t="s">
         <v>801</v>
       </c>
       <c r="J518" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="519" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="519" spans="1:10" ht="14.25">
       <c r="A519" s="2">
         <v>45768</v>
       </c>
       <c r="B519" t="s">
         <v>235</v>
       </c>
       <c r="C519" t="s">
         <v>803</v>
       </c>
       <c r="D519" t="s">
         <v>804</v>
       </c>
       <c r="E519" s="2">
         <v>45828</v>
       </c>
       <c r="F519" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G519" s="2">
         <v>45829</v>
       </c>
       <c r="H519" s="1">
         <v>0.25</v>
       </c>
       <c r="I519" t="s">
         <v>16</v>
       </c>
       <c r="J519" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="520" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="520" spans="1:10" ht="14.25">
       <c r="A520" s="2">
         <v>45769</v>
       </c>
       <c r="B520" t="s">
         <v>316</v>
       </c>
       <c r="C520" t="s">
         <v>777</v>
       </c>
       <c r="D520" t="s">
         <v>778</v>
       </c>
       <c r="E520" s="2">
         <v>45780</v>
       </c>
       <c r="F520" s="1">
         <v>0.4375</v>
       </c>
       <c r="G520" s="2">
         <v>45780</v>
       </c>
       <c r="H520" s="1">
         <v>0.6875</v>
       </c>
       <c r="I520" t="s">
         <v>414</v>
       </c>
       <c r="J520" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="521" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="521" spans="1:10" ht="14.25">
       <c r="A521" s="2">
         <v>45769</v>
       </c>
       <c r="B521" t="s">
         <v>235</v>
       </c>
       <c r="C521" t="s">
         <v>805</v>
       </c>
       <c r="D521" t="s">
         <v>806</v>
       </c>
       <c r="E521" s="2">
         <v>45792</v>
       </c>
       <c r="F521" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G521" s="2">
         <v>45792</v>
       </c>
       <c r="H521" s="1">
         <v>0.89583333333333337</v>
       </c>
       <c r="I521" t="s">
         <v>54</v>
       </c>
       <c r="J521" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="522" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="522" spans="1:10" ht="14.25">
       <c r="A522" s="2">
         <v>45769</v>
       </c>
       <c r="B522" t="s">
         <v>235</v>
       </c>
       <c r="C522" t="s">
         <v>296</v>
       </c>
       <c r="D522" t="s">
         <v>807</v>
       </c>
       <c r="E522" s="2">
         <v>45814</v>
       </c>
       <c r="F522" s="1">
         <v>0.5</v>
       </c>
       <c r="G522" s="2">
         <v>45814</v>
       </c>
       <c r="H522" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I522" t="s">
         <v>54</v>
       </c>
       <c r="J522" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="523" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="523" spans="1:10" ht="14.25">
       <c r="A523" s="2">
         <v>111519</v>
       </c>
       <c r="B523" t="s">
         <v>193</v>
       </c>
       <c r="C523" t="s">
         <v>808</v>
       </c>
       <c r="D523" t="s">
         <v>809</v>
       </c>
       <c r="E523" s="2">
         <v>45786</v>
       </c>
       <c r="F523" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G523" s="2">
         <v>45787</v>
       </c>
       <c r="H523" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I523" t="s">
         <v>16</v>
       </c>
       <c r="J523" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="524" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="524" spans="1:10" ht="14.25">
       <c r="A524" s="2">
         <v>111519</v>
       </c>
       <c r="B524" t="s">
         <v>196</v>
       </c>
       <c r="C524" t="s">
         <v>810</v>
       </c>
       <c r="D524" t="s">
         <v>811</v>
       </c>
       <c r="E524" s="2">
         <v>45801</v>
       </c>
       <c r="F524" s="1">
         <v>0.47916666666666669</v>
       </c>
       <c r="G524" s="2">
         <v>45801</v>
       </c>
       <c r="H524" s="1">
         <v>0.6875</v>
       </c>
       <c r="J524" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="525" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="525" spans="1:10" ht="14.25">
       <c r="A525" s="2">
         <v>45778</v>
       </c>
       <c r="B525" t="s">
         <v>196</v>
       </c>
       <c r="C525" t="s">
         <v>448</v>
       </c>
       <c r="D525" t="s">
         <v>812</v>
       </c>
       <c r="E525" s="2">
         <v>45804</v>
       </c>
       <c r="F525" s="1">
         <v>0.75</v>
       </c>
       <c r="G525" s="2">
         <v>45804</v>
       </c>
       <c r="H525" s="1">
         <v>0.875</v>
       </c>
       <c r="I525" t="s">
         <v>29</v>
       </c>
       <c r="J525" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="526" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="526" spans="1:10" ht="14.25">
       <c r="A526" s="2">
         <v>45780</v>
       </c>
       <c r="B526" t="s">
         <v>196</v>
       </c>
       <c r="C526" t="s">
         <v>813</v>
       </c>
       <c r="D526" t="s">
         <v>409</v>
       </c>
       <c r="E526" s="2">
         <v>45808</v>
       </c>
       <c r="F526" s="1">
         <v>0.75</v>
       </c>
       <c r="G526" s="2">
         <v>45809</v>
       </c>
       <c r="H526" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I526" t="s">
         <v>16</v>
       </c>
       <c r="J526" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="527" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="527" spans="1:10" ht="14.25">
       <c r="A527" s="2">
         <v>45781</v>
       </c>
       <c r="B527" t="s">
         <v>196</v>
       </c>
       <c r="C527" t="s">
         <v>39</v>
       </c>
       <c r="D527" t="s">
         <v>323</v>
       </c>
       <c r="E527" s="2">
         <v>45795</v>
       </c>
       <c r="F527" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G527" s="2">
         <v>45795</v>
       </c>
       <c r="H527" s="1">
         <v>0.625</v>
       </c>
       <c r="I527" t="s">
         <v>414</v>
       </c>
       <c r="J527" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="528" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="528" spans="1:10" ht="14.25">
       <c r="A528" s="2">
         <v>45814</v>
       </c>
       <c r="B528" t="s">
         <v>196</v>
       </c>
       <c r="C528" t="s">
         <v>813</v>
       </c>
       <c r="D528" t="s">
         <v>409</v>
       </c>
       <c r="E528" s="2">
         <v>45814</v>
       </c>
       <c r="F528" s="1">
         <v>0.75</v>
       </c>
       <c r="G528" s="2">
         <v>45824</v>
       </c>
       <c r="H528" s="1">
         <v>0</v>
       </c>
       <c r="I528" t="s">
         <v>29</v>
       </c>
       <c r="J528" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="529" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="529" spans="1:10" ht="14.25">
       <c r="A529" s="2">
         <v>45783</v>
       </c>
       <c r="B529" t="s">
         <v>196</v>
       </c>
       <c r="C529" t="s">
         <v>814</v>
       </c>
       <c r="D529" t="s">
         <v>815</v>
       </c>
       <c r="E529" s="2">
         <v>45792</v>
       </c>
       <c r="F529" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G529" s="2">
         <v>45792</v>
       </c>
       <c r="H529" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I529" t="s">
         <v>816</v>
       </c>
       <c r="J529" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="530" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="530" spans="1:10" ht="14.25">
       <c r="A530" s="2">
         <v>45784</v>
       </c>
       <c r="B530" t="s">
         <v>235</v>
       </c>
       <c r="C530" t="s">
         <v>817</v>
       </c>
       <c r="E530" s="2">
         <v>45829</v>
       </c>
       <c r="F530" s="1">
         <v>0.5</v>
       </c>
       <c r="G530" s="2">
         <v>45829</v>
       </c>
       <c r="H530" s="1">
         <v>0.75</v>
       </c>
       <c r="I530" t="s">
         <v>275</v>
       </c>
       <c r="J530" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="531" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="531" spans="1:10" ht="14.25">
       <c r="A531" s="2">
         <v>45784</v>
       </c>
       <c r="B531" t="s">
         <v>235</v>
       </c>
       <c r="C531" t="s">
         <v>818</v>
       </c>
       <c r="E531" s="2">
         <v>45829</v>
       </c>
       <c r="F531" s="1">
         <v>0.5</v>
       </c>
       <c r="G531" s="2">
         <v>45829</v>
       </c>
       <c r="H531" s="1">
         <v>0.75</v>
       </c>
       <c r="I531" t="s">
         <v>275</v>
       </c>
       <c r="J531" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="532" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="532" spans="1:10" ht="14.25">
       <c r="A532" s="2">
         <v>45784</v>
       </c>
       <c r="B532" t="s">
         <v>235</v>
       </c>
       <c r="C532" t="s">
         <v>819</v>
       </c>
       <c r="E532" s="2">
         <v>45829</v>
       </c>
       <c r="F532" s="1">
         <v>0.5</v>
       </c>
       <c r="G532" s="2">
         <v>45829</v>
       </c>
       <c r="H532" s="1">
         <v>0.75</v>
       </c>
       <c r="I532" t="s">
         <v>275</v>
       </c>
       <c r="J532" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="533" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="533" spans="1:10" ht="14.25">
       <c r="A533" s="2">
         <v>45784</v>
       </c>
       <c r="B533" t="s">
         <v>235</v>
       </c>
       <c r="C533" t="s">
         <v>820</v>
       </c>
       <c r="D533" t="s">
         <v>821</v>
       </c>
       <c r="E533" s="2">
         <v>45794</v>
       </c>
       <c r="F533" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G533" s="2">
         <v>45794</v>
       </c>
       <c r="H533" s="1">
         <v>0.875</v>
       </c>
       <c r="I533" t="s">
         <v>816</v>
       </c>
       <c r="J533" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="534" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="534" spans="1:10" ht="14.25">
       <c r="A534" s="2">
         <v>45784</v>
       </c>
       <c r="B534" t="s">
         <v>211</v>
       </c>
       <c r="C534" t="s">
         <v>471</v>
       </c>
       <c r="D534" t="s">
         <v>117</v>
       </c>
       <c r="E534" s="2">
         <v>45820</v>
       </c>
       <c r="F534" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G534" s="2">
         <v>45820</v>
       </c>
       <c r="H534" s="1">
         <v>0</v>
       </c>
       <c r="I534" t="s">
         <v>822</v>
       </c>
       <c r="J534" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="535" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="535" spans="1:10" ht="14.25">
       <c r="A535" s="2">
         <v>45787</v>
       </c>
       <c r="B535" t="s">
         <v>196</v>
       </c>
       <c r="C535" t="s">
         <v>823</v>
       </c>
       <c r="D535" t="s">
         <v>824</v>
       </c>
       <c r="E535" s="2">
         <v>45802</v>
       </c>
       <c r="F535" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G535" s="2">
         <v>45802</v>
       </c>
       <c r="H535" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I535" t="s">
         <v>57</v>
       </c>
       <c r="J535" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="536" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="536" spans="1:10" ht="14.25">
       <c r="A536" s="2">
         <v>45788</v>
       </c>
       <c r="B536" t="s">
         <v>193</v>
       </c>
       <c r="C536" t="s">
         <v>825</v>
       </c>
       <c r="D536" t="s">
         <v>826</v>
       </c>
       <c r="E536" s="2">
         <v>45798</v>
       </c>
       <c r="F536" s="1">
         <v>0</v>
       </c>
       <c r="G536" s="2">
         <v>45798</v>
       </c>
       <c r="H536" s="1">
         <v>0.125</v>
       </c>
       <c r="I536" t="s">
         <v>29</v>
       </c>
       <c r="J536" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="537" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="537" spans="1:10" ht="14.25">
       <c r="A537" s="2">
         <v>45788</v>
       </c>
       <c r="B537" t="s">
         <v>235</v>
       </c>
       <c r="C537" t="s">
         <v>825</v>
       </c>
       <c r="D537" t="s">
         <v>826</v>
       </c>
       <c r="E537" s="2">
         <v>45808</v>
       </c>
       <c r="F537" s="1">
         <v>0</v>
       </c>
       <c r="G537" s="2">
         <v>45808</v>
       </c>
       <c r="H537" s="1">
         <v>0.125</v>
       </c>
       <c r="I537" t="s">
         <v>29</v>
       </c>
       <c r="J537" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="538" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="538" spans="1:10" ht="14.25">
       <c r="A538" s="2">
         <v>45788</v>
       </c>
       <c r="B538" t="s">
         <v>235</v>
       </c>
       <c r="C538" t="s">
         <v>825</v>
       </c>
       <c r="D538" t="s">
         <v>826</v>
       </c>
       <c r="E538" s="2">
         <v>45857</v>
       </c>
       <c r="F538" s="1">
         <v>0</v>
       </c>
       <c r="G538" s="2">
         <v>45857</v>
       </c>
       <c r="H538" s="1">
         <v>0.125</v>
       </c>
       <c r="I538" t="s">
         <v>29</v>
       </c>
       <c r="J538" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="539" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="539" spans="1:10" ht="14.25">
       <c r="A539" s="2">
         <v>45789</v>
       </c>
       <c r="B539" t="s">
         <v>196</v>
       </c>
       <c r="C539" t="s">
         <v>827</v>
       </c>
       <c r="D539" t="s">
         <v>828</v>
       </c>
       <c r="E539" s="2">
         <v>45806</v>
       </c>
       <c r="F539" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G539" s="2">
         <v>45810</v>
       </c>
       <c r="H539" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I539" t="s">
         <v>242</v>
       </c>
       <c r="J539" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="540" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="540" spans="1:10" ht="14.25">
       <c r="A540" s="2">
         <v>45789</v>
       </c>
       <c r="B540" t="s">
         <v>317</v>
       </c>
       <c r="C540" t="s">
         <v>827</v>
       </c>
       <c r="D540" t="s">
         <v>828</v>
       </c>
       <c r="E540" s="2">
         <v>45798</v>
       </c>
       <c r="F540" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G540" s="2">
         <v>45803</v>
       </c>
       <c r="H540" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I540" t="s">
         <v>242</v>
       </c>
       <c r="J540" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="541" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="541" spans="1:10" ht="14.25">
       <c r="A541" s="2">
         <v>45790</v>
       </c>
       <c r="B541" t="s">
         <v>317</v>
       </c>
       <c r="C541" t="s">
         <v>604</v>
       </c>
       <c r="D541" t="s">
         <v>829</v>
       </c>
       <c r="E541" s="2">
         <v>45802</v>
       </c>
       <c r="F541" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G541" s="2">
         <v>45803</v>
       </c>
       <c r="H541" s="1">
         <v>0.10416666666666667</v>
       </c>
       <c r="I541" t="s">
         <v>16</v>
       </c>
       <c r="J541" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="542" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="542" spans="1:10" ht="14.25">
       <c r="A542" s="2">
         <v>45790</v>
       </c>
       <c r="B542" t="s">
         <v>196</v>
       </c>
       <c r="C542" t="s">
         <v>830</v>
       </c>
       <c r="D542" t="s">
         <v>831</v>
       </c>
       <c r="E542" s="2">
         <v>45835</v>
       </c>
       <c r="F542" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G542" s="2">
         <v>45835</v>
       </c>
       <c r="H542" s="1">
         <v>0.875</v>
       </c>
       <c r="I542" t="s">
         <v>29</v>
       </c>
       <c r="J542" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="543" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="543" spans="1:10" ht="14.25">
       <c r="A543" s="2">
         <v>45791</v>
       </c>
       <c r="B543" t="s">
         <v>196</v>
       </c>
       <c r="C543" t="s">
         <v>332</v>
       </c>
       <c r="D543" t="s">
         <v>331</v>
       </c>
       <c r="E543" s="2">
         <v>45843</v>
       </c>
       <c r="F543" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G543" s="2">
         <v>45843</v>
       </c>
       <c r="H543" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I543" t="s">
         <v>54</v>
       </c>
       <c r="J543" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="544" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="544" spans="1:10" ht="14.25">
       <c r="A544" s="2">
         <v>45796</v>
       </c>
       <c r="B544" t="s">
         <v>196</v>
       </c>
       <c r="C544" t="s">
         <v>395</v>
       </c>
       <c r="D544" t="s">
         <v>396</v>
       </c>
       <c r="E544" s="2">
         <v>45814</v>
       </c>
       <c r="F544" s="1">
         <v>0.875</v>
       </c>
       <c r="G544" s="2">
         <v>45815</v>
       </c>
       <c r="H544" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I544" t="s">
         <v>275</v>
       </c>
       <c r="J544" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="545" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="545" spans="1:10" ht="14.25">
       <c r="A545" s="2">
         <v>45796</v>
       </c>
       <c r="B545" t="s">
         <v>196</v>
       </c>
       <c r="C545" t="s">
         <v>395</v>
       </c>
       <c r="D545" t="s">
         <v>396</v>
       </c>
       <c r="E545" s="2">
         <v>45829</v>
       </c>
       <c r="F545" s="1">
         <v>0.875</v>
       </c>
       <c r="G545" s="2">
         <v>45830</v>
       </c>
       <c r="H545" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I545" t="s">
         <v>275</v>
       </c>
       <c r="J545" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="546" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="546" spans="1:10" ht="14.25">
       <c r="A546" s="2">
         <v>45796</v>
       </c>
       <c r="B546" t="s">
         <v>196</v>
       </c>
       <c r="C546" t="s">
         <v>395</v>
       </c>
       <c r="D546" t="s">
         <v>396</v>
       </c>
       <c r="E546" s="2">
         <v>45836</v>
       </c>
       <c r="F546" s="1">
         <v>0.875</v>
       </c>
       <c r="G546" s="2">
         <v>45837</v>
       </c>
       <c r="H546" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I546" t="s">
         <v>275</v>
       </c>
       <c r="J546" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="547" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="547" spans="1:10" ht="14.25">
       <c r="A547" s="2">
         <v>45796</v>
       </c>
       <c r="B547" t="s">
         <v>196</v>
       </c>
       <c r="C547" t="s">
         <v>159</v>
       </c>
       <c r="D547" t="s">
         <v>478</v>
       </c>
       <c r="E547" s="2">
         <v>45836</v>
       </c>
       <c r="F547" s="1">
         <v>0.47916666666666669</v>
       </c>
       <c r="G547" s="2">
         <v>45836</v>
       </c>
       <c r="H547" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I547" t="s">
         <v>29</v>
       </c>
       <c r="J547" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="548" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="548" spans="1:10" ht="14.25">
       <c r="A548" s="2">
         <v>45798</v>
       </c>
       <c r="B548" t="s">
         <v>196</v>
       </c>
       <c r="C548" t="s">
         <v>832</v>
       </c>
       <c r="D548" t="s">
         <v>833</v>
       </c>
       <c r="E548" s="2">
         <v>45843</v>
       </c>
       <c r="F548" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G548" s="2">
         <v>45843</v>
       </c>
       <c r="H548" s="1">
         <v>0.625</v>
       </c>
       <c r="I548" t="s">
         <v>834</v>
       </c>
       <c r="J548" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="549" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="549" spans="1:10" ht="14.25">
       <c r="A549" s="2">
         <v>45433</v>
       </c>
       <c r="B549" t="s">
         <v>317</v>
       </c>
       <c r="C549" t="s">
         <v>604</v>
       </c>
       <c r="D549" t="s">
         <v>488</v>
       </c>
       <c r="E549" s="2">
         <v>45807</v>
       </c>
       <c r="F549" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G549" s="2">
         <v>45808</v>
       </c>
       <c r="H549" s="1">
         <v>0.125</v>
       </c>
       <c r="I549" t="s">
         <v>16</v>
       </c>
       <c r="J549" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="550" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="550" spans="1:10" ht="14.25">
       <c r="A550" s="2">
         <v>45804</v>
       </c>
       <c r="B550" t="s">
         <v>196</v>
       </c>
       <c r="C550" t="s">
         <v>835</v>
       </c>
       <c r="D550" t="s">
         <v>836</v>
       </c>
       <c r="E550" s="2">
         <v>45815</v>
       </c>
       <c r="F550" s="1">
         <v>0.98958333333333337</v>
       </c>
       <c r="G550" s="2">
         <v>45817</v>
       </c>
       <c r="H550" s="1">
         <v>6.25E-2</v>
       </c>
       <c r="I550" t="s">
         <v>54</v>
       </c>
       <c r="J550" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="551" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="551" spans="1:10" ht="14.25">
       <c r="A551" s="2">
         <v>45799</v>
       </c>
       <c r="B551" t="s">
         <v>196</v>
       </c>
       <c r="C551" t="s">
         <v>823</v>
       </c>
       <c r="D551" t="s">
         <v>824</v>
       </c>
       <c r="E551" s="2">
         <v>45816</v>
       </c>
       <c r="F551" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G551" s="2">
         <v>45816</v>
       </c>
       <c r="H551" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I551" t="s">
         <v>57</v>
       </c>
       <c r="J551" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="552" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="552" spans="1:10" ht="14.25">
       <c r="A552" s="2">
         <v>45801</v>
       </c>
       <c r="B552" t="s">
         <v>196</v>
       </c>
       <c r="C552" t="s">
         <v>75</v>
       </c>
       <c r="D552" t="s">
         <v>76</v>
       </c>
       <c r="E552" s="2">
         <v>45815</v>
       </c>
       <c r="F552" s="1">
         <v>0.375</v>
       </c>
       <c r="G552" s="2">
         <v>45815</v>
       </c>
       <c r="H552" s="1">
         <v>0.89583333333333337</v>
       </c>
       <c r="I552" t="s">
         <v>41</v>
       </c>
       <c r="J552" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="553" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="553" spans="1:10" ht="14.25">
       <c r="A553" s="2">
         <v>45801</v>
       </c>
       <c r="B553" t="s">
         <v>196</v>
       </c>
       <c r="C553" t="s">
         <v>111</v>
       </c>
       <c r="D553" t="s">
         <v>428</v>
       </c>
       <c r="E553" s="2">
         <v>45840</v>
       </c>
       <c r="F553" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G553" s="2">
         <v>45843</v>
       </c>
       <c r="H553" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I553" t="s">
         <v>54</v>
       </c>
       <c r="J553" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="554" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="554" spans="1:10" ht="14.25">
       <c r="A554" s="2">
         <v>45803</v>
       </c>
       <c r="B554" t="s">
         <v>196</v>
       </c>
       <c r="C554" t="s">
         <v>467</v>
       </c>
       <c r="D554" t="s">
         <v>837</v>
       </c>
       <c r="E554" s="2">
         <v>45821</v>
       </c>
       <c r="F554" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G554" s="2">
         <v>45821</v>
       </c>
       <c r="H554" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I554" t="s">
         <v>29</v>
       </c>
       <c r="J554" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="555" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="555" spans="1:10" ht="14.25">
       <c r="A555" s="2">
         <v>45804</v>
       </c>
       <c r="B555" t="s">
         <v>196</v>
       </c>
       <c r="C555" t="s">
         <v>782</v>
       </c>
       <c r="D555" t="s">
         <v>783</v>
       </c>
       <c r="E555" s="2">
         <v>45815</v>
       </c>
       <c r="F555" s="1">
         <v>0</v>
       </c>
       <c r="G555" s="2">
         <v>45815</v>
       </c>
       <c r="H555" s="1">
         <v>0.125</v>
       </c>
       <c r="I555" t="s">
         <v>16</v>
       </c>
       <c r="J555" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="556" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="556" spans="1:10" ht="14.25">
       <c r="A556" s="2">
         <v>45805</v>
       </c>
       <c r="B556" t="s">
         <v>196</v>
       </c>
       <c r="C556" t="s">
         <v>838</v>
       </c>
       <c r="D556" t="s">
         <v>839</v>
       </c>
       <c r="E556" s="2">
         <v>45828</v>
       </c>
       <c r="F556" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G556" s="2">
         <v>45828</v>
       </c>
       <c r="H556" s="1">
         <v>0.89583333333333337</v>
       </c>
       <c r="I556" t="s">
         <v>54</v>
       </c>
       <c r="J556" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="557" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="557" spans="1:10" ht="14.25">
       <c r="A557" s="2">
         <v>45805</v>
       </c>
       <c r="B557" t="s">
         <v>196</v>
       </c>
       <c r="C557" t="s">
         <v>230</v>
       </c>
       <c r="D557" t="s">
         <v>815</v>
       </c>
       <c r="E557" s="2">
         <v>45843</v>
       </c>
       <c r="F557" s="1">
         <v>0.5</v>
       </c>
       <c r="G557" s="2">
         <v>45843</v>
       </c>
       <c r="H557" s="1">
         <v>0.75</v>
       </c>
       <c r="I557" t="s">
         <v>54</v>
       </c>
       <c r="J557" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="558" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="558" spans="1:10" ht="14.25">
       <c r="A558" s="2">
         <v>45805</v>
       </c>
       <c r="B558" t="s">
         <v>196</v>
       </c>
       <c r="C558" t="s">
         <v>813</v>
       </c>
       <c r="D558" t="s">
         <v>409</v>
       </c>
       <c r="E558" s="2">
         <v>45822</v>
       </c>
       <c r="F558" s="1">
         <v>0.75</v>
       </c>
       <c r="G558" s="2">
         <v>45822</v>
       </c>
       <c r="H558" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I558" t="s">
         <v>54</v>
       </c>
       <c r="J558" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="559" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="559" spans="1:10" ht="14.25">
       <c r="A559" s="2">
         <v>45805</v>
       </c>
       <c r="B559" t="s">
         <v>196</v>
       </c>
       <c r="C559" t="s">
         <v>741</v>
       </c>
       <c r="D559" t="s">
         <v>372</v>
       </c>
       <c r="E559" s="2">
         <v>45815</v>
       </c>
       <c r="F559" s="1">
         <v>0.4375</v>
       </c>
       <c r="G559" s="2">
         <v>45815</v>
       </c>
       <c r="H559" s="1">
         <v>0.60416666666666663</v>
       </c>
       <c r="I559" t="s">
         <v>41</v>
       </c>
       <c r="J559" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="560" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="560" spans="1:10" ht="14.25">
       <c r="A560" s="2">
         <v>45806</v>
       </c>
       <c r="B560" t="s">
         <v>235</v>
       </c>
       <c r="C560" t="s">
         <v>840</v>
       </c>
       <c r="D560" t="s">
         <v>239</v>
       </c>
       <c r="E560" s="2">
         <v>45836</v>
       </c>
       <c r="F560" s="1">
         <v>0.5</v>
       </c>
       <c r="G560" s="2">
         <v>45836</v>
       </c>
       <c r="H560" s="1">
         <v>0.75</v>
       </c>
       <c r="I560" t="s">
         <v>29</v>
       </c>
       <c r="J560" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="561" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="561" spans="1:10" ht="14.25">
       <c r="A561" s="2">
         <v>45807</v>
       </c>
       <c r="B561" t="s">
         <v>196</v>
       </c>
       <c r="C561" t="s">
         <v>841</v>
       </c>
       <c r="D561" t="s">
         <v>842</v>
       </c>
       <c r="E561" s="2">
         <v>45822</v>
       </c>
       <c r="F561" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G561" s="2">
         <v>45822</v>
       </c>
       <c r="H561" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I561" t="s">
         <v>275</v>
       </c>
       <c r="J561" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="562" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="562" spans="1:10" ht="14.25">
       <c r="A562" s="2">
         <v>45807</v>
       </c>
       <c r="B562" t="s">
         <v>196</v>
       </c>
       <c r="C562" t="s">
         <v>843</v>
       </c>
       <c r="D562" t="s">
         <v>844</v>
       </c>
       <c r="E562" s="2">
         <v>45836</v>
       </c>
       <c r="F562" s="1">
         <v>0.4375</v>
       </c>
       <c r="G562" s="2">
         <v>45836</v>
       </c>
       <c r="H562" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I562" t="s">
         <v>29</v>
       </c>
       <c r="J562" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="563" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="563" spans="1:10" ht="14.25">
       <c r="A563" s="2">
         <v>45809</v>
       </c>
       <c r="B563" t="s">
         <v>196</v>
       </c>
       <c r="C563" t="s">
         <v>39</v>
       </c>
       <c r="D563" t="s">
         <v>323</v>
       </c>
       <c r="E563" s="2">
         <v>45823</v>
       </c>
       <c r="F563" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G563" s="2">
         <v>45823</v>
       </c>
       <c r="H563" s="1">
         <v>0.625</v>
       </c>
       <c r="I563" t="s">
         <v>414</v>
       </c>
       <c r="J563" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="564" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="564" spans="1:10" ht="14.25">
       <c r="A564" s="2">
         <v>45806</v>
       </c>
       <c r="B564" t="s">
         <v>317</v>
       </c>
       <c r="C564" t="s">
         <v>845</v>
       </c>
       <c r="D564" t="s">
         <v>409</v>
       </c>
       <c r="E564" s="2">
         <v>45815</v>
       </c>
       <c r="F564" s="1">
         <v>0.5</v>
       </c>
       <c r="G564" s="2">
         <v>45815</v>
       </c>
       <c r="H564" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I564" t="s">
         <v>54</v>
       </c>
       <c r="J564" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="565" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="565" spans="1:10" ht="14.25">
       <c r="A565" s="2">
         <v>45810</v>
       </c>
       <c r="B565" t="s">
         <v>235</v>
       </c>
       <c r="C565" t="s">
         <v>846</v>
       </c>
       <c r="D565" t="s">
         <v>847</v>
       </c>
       <c r="E565" s="2">
         <v>45821</v>
       </c>
       <c r="F565" s="1">
         <v>0.64583333333333337</v>
       </c>
       <c r="G565" s="2">
         <v>45821</v>
       </c>
       <c r="H565" s="1">
         <v>0.85416666666666663</v>
       </c>
       <c r="I565" t="s">
         <v>29</v>
       </c>
       <c r="J565" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="566" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="566" spans="1:10" ht="14.25">
       <c r="A566" s="2">
         <v>45811</v>
       </c>
       <c r="B566" t="s">
         <v>235</v>
       </c>
       <c r="C566" t="s">
         <v>848</v>
       </c>
       <c r="D566" t="s">
         <v>849</v>
       </c>
       <c r="E566" s="2">
         <v>45829</v>
       </c>
       <c r="F566" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G566" s="2">
         <v>45829</v>
       </c>
       <c r="H566" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I566" t="s">
         <v>54</v>
       </c>
       <c r="J566" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="567" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="567" spans="1:10" ht="14.25">
       <c r="A567" s="2">
         <v>45811</v>
       </c>
       <c r="B567" t="s">
         <v>235</v>
       </c>
       <c r="C567" t="s">
         <v>848</v>
       </c>
       <c r="D567" t="s">
         <v>849</v>
       </c>
       <c r="E567" s="2">
         <v>45837</v>
       </c>
       <c r="F567" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G567" s="2">
         <v>45837</v>
       </c>
       <c r="H567" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I567" t="s">
         <v>54</v>
       </c>
       <c r="J567" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="568" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="568" spans="1:10" ht="14.25">
       <c r="A568" s="2">
         <v>45811</v>
       </c>
       <c r="B568" t="s">
         <v>235</v>
       </c>
       <c r="C568" t="s">
         <v>850</v>
       </c>
       <c r="D568" t="s">
         <v>851</v>
       </c>
       <c r="E568" s="2">
         <v>45830</v>
       </c>
       <c r="F568" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G568" s="2">
         <v>45830</v>
       </c>
       <c r="H568" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I568" t="s">
         <v>29</v>
       </c>
       <c r="J568" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="569" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="569" spans="1:10" ht="14.25">
       <c r="A569" s="2">
         <v>45811</v>
       </c>
       <c r="B569" t="s">
         <v>235</v>
       </c>
       <c r="C569" t="s">
         <v>852</v>
       </c>
       <c r="D569" t="s">
         <v>853</v>
       </c>
       <c r="E569" s="2">
         <v>45822</v>
       </c>
       <c r="F569" s="1">
         <v>0.75</v>
       </c>
       <c r="G569" s="2">
         <v>45824</v>
       </c>
       <c r="H569" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I569" t="s">
         <v>854</v>
       </c>
       <c r="J569" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="570" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="570" spans="1:10" ht="14.25">
       <c r="A570" s="2">
         <v>45812</v>
       </c>
       <c r="B570" t="s">
         <v>235</v>
       </c>
       <c r="C570" t="s">
         <v>855</v>
       </c>
       <c r="D570" t="s">
         <v>856</v>
       </c>
       <c r="E570" s="2">
         <v>45829</v>
       </c>
       <c r="F570" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G570" s="2">
         <v>45830</v>
       </c>
       <c r="H570" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I570" t="s">
         <v>54</v>
       </c>
       <c r="J570" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="571" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="571" spans="1:10" ht="14.25">
       <c r="A571" s="2">
         <v>45812</v>
       </c>
       <c r="B571" t="s">
         <v>235</v>
       </c>
       <c r="C571" t="s">
         <v>855</v>
       </c>
       <c r="D571" t="s">
         <v>856</v>
       </c>
       <c r="E571" s="2">
         <v>45832</v>
       </c>
       <c r="F571" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G571" s="2">
         <v>45833</v>
       </c>
       <c r="H571" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I571" t="s">
         <v>54</v>
       </c>
       <c r="J571" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="572" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="572" spans="1:10" ht="14.25">
       <c r="A572" s="2">
         <v>45812</v>
       </c>
       <c r="B572" t="s">
         <v>196</v>
       </c>
       <c r="C572" t="s">
         <v>422</v>
       </c>
       <c r="D572" t="s">
         <v>857</v>
       </c>
       <c r="E572" s="2">
         <v>45844</v>
       </c>
       <c r="F572" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G572" s="2">
         <v>45844</v>
       </c>
       <c r="H572" s="1">
         <v>0.5</v>
       </c>
       <c r="I572" t="s">
         <v>275</v>
       </c>
       <c r="J572" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="573" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="573" spans="1:10" ht="14.25">
       <c r="A573" s="2">
         <v>45812</v>
       </c>
       <c r="B573" t="s">
         <v>196</v>
       </c>
       <c r="C573" t="s">
         <v>726</v>
       </c>
       <c r="D573" t="s">
         <v>727</v>
       </c>
       <c r="E573" s="2">
         <v>45830</v>
       </c>
       <c r="F573" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G573" s="2">
         <v>45830</v>
       </c>
       <c r="H573" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I573" t="s">
         <v>41</v>
       </c>
       <c r="J573" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="574" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="574" spans="1:10" ht="14.25">
       <c r="A574" s="2">
         <v>45816</v>
       </c>
       <c r="B574" t="s">
         <v>196</v>
       </c>
       <c r="C574" t="s">
         <v>75</v>
       </c>
       <c r="D574" t="s">
         <v>76</v>
       </c>
       <c r="E574" s="2">
         <v>45843</v>
       </c>
       <c r="F574" s="1">
         <v>0.5</v>
       </c>
       <c r="G574" s="2">
         <v>45843</v>
       </c>
       <c r="H574" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I574" t="s">
         <v>22</v>
       </c>
       <c r="J574" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="575" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="575" spans="1:10" ht="14.25">
       <c r="A575" s="2">
         <v>45813</v>
       </c>
       <c r="B575" t="s">
         <v>196</v>
       </c>
       <c r="C575" t="s">
         <v>75</v>
       </c>
       <c r="D575" t="s">
         <v>76</v>
       </c>
       <c r="E575" s="2">
         <v>45829</v>
       </c>
       <c r="F575" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G575" s="2">
         <v>45829</v>
       </c>
       <c r="H575" s="1">
         <v>0.875</v>
       </c>
       <c r="I575" t="s">
         <v>275</v>
       </c>
       <c r="J575" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="576" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="576" spans="1:10" ht="14.25">
       <c r="A576" s="2">
         <v>45815</v>
       </c>
       <c r="B576" t="s">
         <v>235</v>
       </c>
       <c r="C576" t="s">
         <v>773</v>
       </c>
       <c r="D576" t="s">
         <v>774</v>
       </c>
       <c r="E576" s="2">
         <v>45840</v>
       </c>
       <c r="F576" s="1">
         <v>0.75</v>
       </c>
       <c r="G576" s="2">
         <v>45840</v>
       </c>
       <c r="H576" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I576" t="s">
         <v>22</v>
       </c>
       <c r="J576" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="577" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="577" spans="1:10" ht="14.25">
       <c r="A577" s="2">
         <v>45817</v>
       </c>
       <c r="B577" t="s">
         <v>235</v>
       </c>
       <c r="C577" t="s">
         <v>773</v>
       </c>
       <c r="D577" t="s">
         <v>774</v>
       </c>
       <c r="E577" s="2">
         <v>45836</v>
       </c>
       <c r="F577" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G577" s="2">
         <v>45836</v>
       </c>
       <c r="H577" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I577" t="s">
         <v>22</v>
       </c>
       <c r="J577" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="578" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="578" spans="1:10" ht="14.25">
       <c r="A578" s="2">
         <v>45816</v>
       </c>
       <c r="B578" t="s">
         <v>235</v>
       </c>
       <c r="C578" t="s">
         <v>34</v>
       </c>
       <c r="D578" t="s">
         <v>35</v>
       </c>
       <c r="E578" s="2">
         <v>45830</v>
       </c>
       <c r="F578" s="1">
         <v>0.5</v>
       </c>
       <c r="G578" s="2">
         <v>45830</v>
       </c>
       <c r="H578" s="1">
         <v>0.75</v>
       </c>
       <c r="I578" t="s">
         <v>377</v>
       </c>
       <c r="J578" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="579" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="579" spans="1:10" ht="14.25">
       <c r="A579" s="2">
         <v>45817</v>
       </c>
       <c r="B579" t="s">
         <v>235</v>
       </c>
       <c r="C579" t="s">
         <v>45</v>
       </c>
       <c r="D579" t="s">
         <v>715</v>
       </c>
       <c r="E579" s="2">
         <v>45843</v>
       </c>
       <c r="F579" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G579" s="2">
         <v>45843</v>
       </c>
       <c r="H579" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I579" t="s">
         <v>377</v>
       </c>
       <c r="J579" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="580" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="580" spans="1:10" ht="14.25">
       <c r="A580" s="2">
         <v>45818</v>
       </c>
       <c r="B580" t="s">
         <v>224</v>
       </c>
       <c r="C580" t="s">
         <v>787</v>
       </c>
       <c r="D580" t="s">
         <v>788</v>
       </c>
       <c r="E580" s="2">
         <v>45836</v>
       </c>
       <c r="F580" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G580" s="2">
         <v>45837</v>
       </c>
       <c r="H580" s="1">
         <v>0.20833333333333334</v>
       </c>
       <c r="I580" t="s">
         <v>858</v>
       </c>
       <c r="J580" t="s">
         <v>859</v>
       </c>
     </row>
-    <row r="581" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="581" spans="1:10" ht="14.25">
       <c r="A581" s="2">
         <v>45815</v>
       </c>
       <c r="B581" t="s">
         <v>235</v>
       </c>
       <c r="C581" t="s">
         <v>787</v>
       </c>
       <c r="D581" t="s">
         <v>788</v>
       </c>
       <c r="E581" s="2">
         <v>45829</v>
       </c>
       <c r="F581" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G581" s="2">
         <v>45830</v>
       </c>
       <c r="H581" s="1">
         <v>0.125</v>
       </c>
       <c r="I581" t="s">
         <v>860</v>
       </c>
       <c r="J581" t="s">
         <v>861</v>
       </c>
     </row>
-    <row r="582" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="582" spans="1:10" ht="14.25">
       <c r="A582" s="2">
         <v>45817</v>
       </c>
       <c r="B582" t="s">
         <v>196</v>
       </c>
       <c r="C582" t="s">
         <v>220</v>
       </c>
       <c r="D582" t="s">
         <v>862</v>
       </c>
       <c r="E582" s="2">
         <v>45848</v>
       </c>
       <c r="F582" s="1">
         <v>0.625</v>
       </c>
       <c r="G582" s="2">
         <v>45848</v>
       </c>
       <c r="H582" s="1">
         <v>0.875</v>
       </c>
       <c r="I582" t="s">
         <v>377</v>
       </c>
       <c r="J582" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="583" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="583" spans="1:10" ht="14.25">
       <c r="A583" s="2">
         <v>45818</v>
       </c>
       <c r="B583" t="s">
         <v>196</v>
       </c>
       <c r="C583" t="s">
         <v>863</v>
       </c>
       <c r="D583" t="s">
         <v>84</v>
       </c>
       <c r="E583" s="2">
         <v>45829</v>
       </c>
       <c r="F583" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G583" s="2">
         <v>45829</v>
       </c>
       <c r="H583" s="1">
         <v>0.625</v>
       </c>
       <c r="I583" t="s">
         <v>377</v>
       </c>
       <c r="J583" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="584" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="584" spans="1:10" ht="14.25">
       <c r="A584" s="2">
         <v>45818</v>
       </c>
       <c r="B584" t="s">
         <v>317</v>
       </c>
       <c r="C584" t="s">
         <v>451</v>
       </c>
       <c r="D584" t="s">
         <v>452</v>
       </c>
       <c r="E584" s="2">
         <v>45829</v>
       </c>
       <c r="F584" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G584" s="2">
         <v>45829</v>
       </c>
       <c r="H584" s="1">
         <v>0.9375</v>
       </c>
       <c r="I584" t="s">
         <v>47</v>
       </c>
       <c r="J584" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="585" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="585" spans="1:10" ht="14.25">
       <c r="A585" s="2">
         <v>45818</v>
       </c>
       <c r="B585" t="s">
         <v>235</v>
       </c>
       <c r="C585" t="s">
         <v>451</v>
       </c>
       <c r="D585" t="s">
         <v>452</v>
       </c>
       <c r="E585" s="2">
         <v>45835</v>
       </c>
       <c r="F585" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G585" s="2">
         <v>45835</v>
       </c>
       <c r="H585" s="1">
         <v>0.9375</v>
       </c>
       <c r="I585" t="s">
         <v>47</v>
       </c>
       <c r="J585" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="586" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="586" spans="1:10" ht="14.25">
       <c r="A586" s="2">
         <v>45818</v>
       </c>
       <c r="B586" t="s">
         <v>235</v>
       </c>
       <c r="C586" t="s">
         <v>451</v>
       </c>
       <c r="D586" t="s">
         <v>452</v>
       </c>
       <c r="E586" s="2">
         <v>45843</v>
       </c>
       <c r="F586" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G586" s="2">
         <v>45843</v>
       </c>
       <c r="H586" s="1">
         <v>0.9375</v>
       </c>
       <c r="I586" t="s">
         <v>47</v>
       </c>
       <c r="J586" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="587" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="587" spans="1:10" ht="14.25">
       <c r="A587" s="2">
         <v>45818</v>
       </c>
       <c r="B587" t="s">
         <v>235</v>
       </c>
       <c r="C587" t="s">
         <v>451</v>
       </c>
       <c r="D587" t="s">
         <v>452</v>
       </c>
       <c r="E587" s="2">
         <v>45851</v>
       </c>
       <c r="F587" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G587" s="2">
         <v>45851</v>
       </c>
       <c r="H587" s="1">
         <v>0.9375</v>
       </c>
       <c r="I587" t="s">
         <v>47</v>
       </c>
       <c r="J587" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="588" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="588" spans="1:10" ht="14.25">
       <c r="A588" s="2">
         <v>45818</v>
       </c>
       <c r="B588" t="s">
         <v>235</v>
       </c>
       <c r="C588" t="s">
         <v>451</v>
       </c>
       <c r="D588" t="s">
         <v>452</v>
       </c>
       <c r="E588" s="2">
         <v>45857</v>
       </c>
       <c r="F588" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G588" s="2">
         <v>45857</v>
       </c>
       <c r="H588" s="1">
         <v>0.9375</v>
       </c>
       <c r="I588" t="s">
         <v>47</v>
       </c>
       <c r="J588" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="589" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="589" spans="1:10" ht="14.25">
       <c r="A589" s="2">
         <v>45818</v>
       </c>
       <c r="B589" t="s">
         <v>235</v>
       </c>
       <c r="C589" t="s">
         <v>451</v>
       </c>
       <c r="D589" t="s">
         <v>452</v>
       </c>
       <c r="E589" s="2">
         <v>45863</v>
       </c>
       <c r="F589" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G589" s="2">
         <v>45863</v>
       </c>
       <c r="H589" s="1">
         <v>0.9375</v>
       </c>
       <c r="I589" t="s">
         <v>377</v>
       </c>
       <c r="J589" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="590" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="590" spans="1:10" ht="14.25">
       <c r="A590" s="2">
         <v>45818</v>
       </c>
       <c r="B590" t="s">
         <v>235</v>
       </c>
       <c r="C590" t="s">
         <v>238</v>
       </c>
       <c r="D590" t="s">
         <v>864</v>
       </c>
       <c r="E590" s="2">
         <v>45842</v>
       </c>
       <c r="F590" s="1">
         <v>0.65625</v>
       </c>
       <c r="G590" s="2">
         <v>45842</v>
       </c>
       <c r="H590" s="1">
         <v>0.76041666666666663</v>
       </c>
       <c r="I590" t="s">
         <v>47</v>
       </c>
       <c r="J590" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="591" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="591" spans="1:10" ht="14.25">
       <c r="A591" s="2">
         <v>45818</v>
       </c>
       <c r="B591" t="s">
         <v>235</v>
       </c>
       <c r="C591" t="s">
         <v>865</v>
       </c>
       <c r="D591" t="s">
         <v>866</v>
       </c>
       <c r="E591" s="2">
         <v>45864</v>
       </c>
       <c r="F591" s="1">
         <v>0.54166666666666663</v>
       </c>
       <c r="G591" s="2">
         <v>45864</v>
       </c>
       <c r="H591" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I591" t="s">
         <v>275</v>
       </c>
       <c r="J591" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="592" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="592" spans="1:10" ht="14.25">
       <c r="A592" s="2">
         <v>45820</v>
       </c>
       <c r="B592" t="s">
         <v>211</v>
       </c>
       <c r="C592" t="s">
         <v>867</v>
       </c>
       <c r="D592" t="s">
         <v>11</v>
       </c>
       <c r="E592" s="2">
         <v>45834</v>
       </c>
       <c r="F592" s="1">
         <v>0.75</v>
       </c>
       <c r="G592" s="2">
         <v>45834</v>
       </c>
       <c r="H592" s="1">
         <v>0.875</v>
       </c>
       <c r="I592" t="s">
         <v>22</v>
       </c>
       <c r="J592" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="593" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="593" spans="1:10" ht="15.75">
       <c r="A593" s="2">
         <v>45819</v>
       </c>
       <c r="B593" t="s">
         <v>235</v>
       </c>
       <c r="C593" s="10" t="s">
         <v>483</v>
       </c>
       <c r="D593" s="10" t="s">
         <v>484</v>
       </c>
       <c r="E593" s="2">
         <v>45834</v>
       </c>
       <c r="F593" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G593" s="2">
         <v>45834</v>
       </c>
       <c r="H593" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I593" t="s">
         <v>12</v>
       </c>
       <c r="J593" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="594" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="594" spans="1:10" ht="15.75">
       <c r="A594" s="2">
         <v>45819</v>
       </c>
       <c r="B594" t="s">
         <v>235</v>
       </c>
       <c r="C594" s="10" t="s">
         <v>483</v>
       </c>
       <c r="D594" s="10" t="s">
         <v>484</v>
       </c>
       <c r="E594" s="2">
         <v>45836</v>
       </c>
       <c r="F594" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G594" s="2">
         <v>45836</v>
       </c>
       <c r="H594" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I594" t="s">
         <v>12</v>
       </c>
       <c r="J594" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="595" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="595" spans="1:10" ht="15.75">
       <c r="A595" s="2">
         <v>45820</v>
       </c>
       <c r="B595" t="s">
         <v>196</v>
       </c>
       <c r="C595" s="10" t="s">
         <v>868</v>
       </c>
       <c r="D595" s="10" t="s">
         <v>869</v>
       </c>
       <c r="E595" s="2">
         <v>45835</v>
       </c>
       <c r="F595" s="1">
         <v>0.75</v>
       </c>
       <c r="G595" s="2">
         <v>45835</v>
       </c>
       <c r="H595" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I595" t="s">
         <v>586</v>
       </c>
       <c r="J595" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="596" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="596" spans="1:10" ht="15.75">
       <c r="A596" s="2">
         <v>45820</v>
       </c>
       <c r="B596" t="s">
         <v>196</v>
       </c>
       <c r="C596" s="10" t="s">
         <v>312</v>
       </c>
       <c r="D596" s="10" t="s">
         <v>312</v>
       </c>
       <c r="E596" s="2">
         <v>45829</v>
       </c>
       <c r="F596" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G596" s="2">
         <v>45829</v>
       </c>
       <c r="H596" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="I596" t="s">
         <v>870</v>
       </c>
       <c r="J596" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="597" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="597" spans="1:10" ht="14.25">
       <c r="A597" s="2">
         <v>45823</v>
       </c>
       <c r="B597" t="s">
         <v>193</v>
       </c>
       <c r="C597" t="s">
         <v>286</v>
       </c>
       <c r="D597" t="s">
         <v>871</v>
       </c>
       <c r="E597" s="2">
         <v>45831</v>
       </c>
       <c r="F597" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G597" s="2">
         <v>111574</v>
       </c>
       <c r="H597" s="1">
         <v>0.625</v>
       </c>
       <c r="I597" s="9" t="s">
         <v>22</v>
       </c>
       <c r="J597" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="598" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="598" spans="1:10" ht="14.25">
       <c r="A598" s="2">
         <v>45824</v>
       </c>
       <c r="B598" t="s">
         <v>235</v>
       </c>
       <c r="C598" t="s">
         <v>872</v>
       </c>
       <c r="D598" t="s">
         <v>873</v>
       </c>
       <c r="E598" s="2">
         <v>45856</v>
       </c>
       <c r="F598" s="1">
         <v>0.75</v>
       </c>
       <c r="G598" s="2">
         <v>45856</v>
       </c>
       <c r="H598" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I598" s="9" t="s">
         <v>22</v>
       </c>
       <c r="J598" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="599" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="599" spans="1:10" ht="14.25">
       <c r="A599" s="2">
         <v>45824</v>
       </c>
       <c r="B599" t="s">
         <v>235</v>
       </c>
       <c r="C599" t="s">
         <v>874</v>
       </c>
       <c r="D599" t="s">
         <v>875</v>
       </c>
       <c r="E599" s="2">
         <v>45850</v>
       </c>
       <c r="F599" s="1">
         <v>0.75</v>
       </c>
       <c r="G599" s="2">
         <v>45850</v>
       </c>
       <c r="H599" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I599" t="s">
         <v>47</v>
       </c>
       <c r="J599" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="600" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="600" spans="1:10" ht="14.25">
       <c r="A600" s="2">
         <v>45824</v>
       </c>
       <c r="B600" t="s">
         <v>235</v>
       </c>
       <c r="C600" t="s">
         <v>471</v>
       </c>
       <c r="D600" t="s">
         <v>117</v>
       </c>
       <c r="E600" s="2">
         <v>45837</v>
       </c>
       <c r="F600" s="1">
         <v>0.4375</v>
       </c>
       <c r="G600" s="2">
         <v>45837</v>
       </c>
       <c r="H600" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="I600" t="s">
         <v>435</v>
       </c>
       <c r="J600" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="601" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="601" spans="1:10" ht="14.25">
       <c r="A601" s="2">
         <v>45824</v>
       </c>
       <c r="B601" t="s">
         <v>235</v>
       </c>
       <c r="C601" t="s">
         <v>876</v>
       </c>
       <c r="D601" t="s">
         <v>877</v>
       </c>
       <c r="E601" s="2">
         <v>45897</v>
       </c>
       <c r="F601" s="1">
         <v>0.75</v>
       </c>
       <c r="G601" s="2">
         <v>45897</v>
       </c>
       <c r="H601" s="1">
         <v>0.875</v>
       </c>
       <c r="I601" t="s">
         <v>109</v>
       </c>
       <c r="J601" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="602" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="602" spans="1:10" ht="14.25">
       <c r="A602" s="2">
         <v>45826</v>
       </c>
       <c r="B602" t="s">
         <v>211</v>
       </c>
       <c r="C602" t="s">
         <v>59</v>
       </c>
       <c r="D602" t="s">
         <v>878</v>
       </c>
       <c r="E602" s="2">
         <v>45844</v>
       </c>
       <c r="F602" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="G602" s="2">
         <v>45844</v>
       </c>
       <c r="H602" s="1">
         <v>0</v>
       </c>
       <c r="I602" t="s">
         <v>879</v>
       </c>
       <c r="J602" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="603" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="603" spans="1:10" ht="14.25">
       <c r="A603" s="2">
         <v>45826</v>
       </c>
       <c r="B603" t="s">
         <v>235</v>
       </c>
       <c r="C603" t="s">
         <v>880</v>
       </c>
       <c r="D603" t="s">
         <v>881</v>
       </c>
       <c r="E603" s="2">
         <v>45834</v>
       </c>
       <c r="F603" s="1">
         <v>0.75</v>
       </c>
       <c r="G603" s="2">
         <v>45836</v>
       </c>
       <c r="H603" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I603" t="s">
         <v>275</v>
       </c>
       <c r="J603" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="604" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="604" spans="1:10" ht="14.25">
       <c r="A604" s="2">
         <v>45824</v>
       </c>
       <c r="B604" t="s">
         <v>193</v>
       </c>
       <c r="C604" t="s">
         <v>30</v>
       </c>
       <c r="D604" t="s">
         <v>882</v>
       </c>
       <c r="E604" s="2">
         <v>45829</v>
       </c>
       <c r="F604" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G604" s="2">
         <v>45829</v>
       </c>
       <c r="H604" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I604" t="s">
         <v>12</v>
       </c>
       <c r="J604" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="605" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="605" spans="1:10" ht="14.25">
       <c r="A605" s="2">
         <v>45828</v>
       </c>
       <c r="B605" t="s">
         <v>235</v>
       </c>
       <c r="C605" t="s">
         <v>883</v>
       </c>
       <c r="D605" t="s">
         <v>76</v>
       </c>
       <c r="E605" s="2">
         <v>45851</v>
       </c>
       <c r="F605" s="1">
         <v>0.54166666666666663</v>
       </c>
       <c r="G605" s="2">
         <v>45851</v>
       </c>
       <c r="H605" s="1">
         <v>0.875</v>
       </c>
       <c r="I605" t="s">
         <v>47</v>
       </c>
       <c r="J605" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="606" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="606" spans="1:10" ht="14.25">
       <c r="A606" s="2">
         <v>45828</v>
       </c>
       <c r="B606" t="s">
         <v>196</v>
       </c>
       <c r="C606" t="s">
         <v>30</v>
       </c>
       <c r="D606" t="s">
         <v>31</v>
       </c>
       <c r="E606" s="2">
         <v>45850</v>
       </c>
       <c r="F606" s="1">
         <v>0.67708333333333337</v>
       </c>
       <c r="G606" s="2">
         <v>45850</v>
       </c>
       <c r="H606" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I606" t="s">
         <v>54</v>
       </c>
       <c r="J606" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="607" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="607" spans="1:10" ht="14.25">
       <c r="A607" s="2">
         <v>45831</v>
       </c>
       <c r="B607" t="s">
         <v>316</v>
       </c>
       <c r="C607" t="s">
         <v>884</v>
       </c>
       <c r="D607" t="s">
         <v>365</v>
       </c>
       <c r="E607" s="2">
         <v>45843</v>
       </c>
       <c r="F607" s="1">
         <v>0.75</v>
       </c>
       <c r="G607" s="2">
         <v>45843</v>
       </c>
       <c r="H607" s="1">
         <v>0.89583333333333337</v>
       </c>
       <c r="I607" t="s">
         <v>54</v>
       </c>
       <c r="J607" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="608" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="608" spans="1:10" ht="14.25">
       <c r="A608" s="2">
         <v>45831</v>
       </c>
       <c r="B608" t="s">
         <v>235</v>
       </c>
       <c r="C608" t="s">
         <v>773</v>
       </c>
       <c r="D608" t="s">
         <v>774</v>
       </c>
       <c r="E608" s="2">
         <v>45853</v>
       </c>
       <c r="F608" s="1">
         <v>0.64583333333333337</v>
       </c>
       <c r="G608" s="2">
         <v>45855</v>
       </c>
       <c r="H608" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I608" t="s">
         <v>54</v>
       </c>
       <c r="J608" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="609" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="609" spans="1:10" ht="14.25">
       <c r="A609" s="2">
         <v>45831</v>
       </c>
       <c r="B609" t="s">
         <v>196</v>
       </c>
       <c r="C609" t="s">
         <v>773</v>
       </c>
       <c r="D609" t="s">
         <v>774</v>
       </c>
       <c r="E609" s="2">
         <v>45849</v>
       </c>
       <c r="F609" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G609" s="2">
         <v>45849</v>
       </c>
       <c r="H609" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I609" t="s">
         <v>54</v>
       </c>
       <c r="J609" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="610" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="610" spans="1:10" ht="14.25">
       <c r="A610" s="2">
         <v>45833</v>
       </c>
       <c r="B610" t="s">
         <v>235</v>
       </c>
       <c r="C610" t="s">
         <v>696</v>
       </c>
       <c r="D610" t="s">
         <v>523</v>
       </c>
       <c r="E610" s="2">
         <v>45843</v>
       </c>
       <c r="F610" s="1">
         <v>0</v>
       </c>
       <c r="G610" s="2">
         <v>45844</v>
       </c>
       <c r="H610" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I610" t="s">
         <v>54</v>
       </c>
       <c r="J610" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="611" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="611" spans="1:10" ht="14.25">
       <c r="A611" s="2">
         <v>45832</v>
       </c>
       <c r="B611" t="s">
         <v>196</v>
       </c>
       <c r="C611" t="s">
         <v>885</v>
       </c>
       <c r="D611" t="s">
         <v>886</v>
       </c>
       <c r="E611" s="2">
         <v>45857</v>
       </c>
       <c r="F611" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G611" s="2">
         <v>45857</v>
       </c>
       <c r="H611" s="1">
         <v>0.5</v>
       </c>
       <c r="I611" t="s">
         <v>887</v>
       </c>
       <c r="J611" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="612" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="612" spans="1:10" ht="14.25">
       <c r="A612" s="2">
         <v>45833</v>
       </c>
       <c r="B612" t="s">
         <v>316</v>
       </c>
       <c r="C612" t="s">
         <v>888</v>
       </c>
       <c r="D612" t="s">
         <v>839</v>
       </c>
       <c r="E612" s="2">
         <v>45863</v>
       </c>
       <c r="F612" s="1">
         <v>0.75</v>
       </c>
       <c r="G612" s="2">
         <v>45865</v>
       </c>
       <c r="H612" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I612" t="s">
         <v>54</v>
       </c>
       <c r="J612" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="613" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="613" spans="1:10" ht="14.25">
       <c r="A613" s="2">
         <v>45833</v>
       </c>
       <c r="B613" t="s">
         <v>211</v>
       </c>
       <c r="C613" t="s">
         <v>230</v>
       </c>
       <c r="D613" t="s">
         <v>815</v>
       </c>
       <c r="E613" s="2">
         <v>45847</v>
       </c>
       <c r="F613" s="1">
         <v>0.6875</v>
       </c>
       <c r="G613" s="2">
         <v>45848</v>
       </c>
       <c r="H613" s="1">
         <v>0.85416666666666663</v>
       </c>
       <c r="I613" t="s">
         <v>54</v>
       </c>
       <c r="J613" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="614" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="614" spans="1:10" ht="14.25">
       <c r="A614" s="2">
         <v>45832</v>
       </c>
       <c r="B614" t="s">
         <v>196</v>
       </c>
       <c r="C614" t="s">
         <v>889</v>
       </c>
       <c r="D614" t="s">
         <v>76</v>
       </c>
       <c r="E614" s="2">
         <v>45865</v>
       </c>
       <c r="F614" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G614" s="2">
         <v>45866</v>
       </c>
       <c r="H614" s="1">
         <v>0.20833333333333334</v>
       </c>
       <c r="I614" t="s">
         <v>16</v>
       </c>
       <c r="J614" t="s">
         <v>890</v>
       </c>
     </row>
-    <row r="615" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="615" spans="1:10" ht="14.25">
       <c r="A615" s="2">
         <v>45833</v>
       </c>
       <c r="B615" t="s">
         <v>196</v>
       </c>
       <c r="C615" t="s">
         <v>741</v>
       </c>
       <c r="D615" t="s">
         <v>891</v>
       </c>
       <c r="E615" s="2">
         <v>45843</v>
       </c>
       <c r="F615" s="1">
         <v>0.4375</v>
       </c>
       <c r="G615" s="2">
         <v>45843</v>
       </c>
       <c r="H615" s="1">
         <v>0.60416666666666663</v>
       </c>
       <c r="I615" t="s">
         <v>435</v>
       </c>
       <c r="J615" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="616" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="616" spans="1:10" ht="14.25">
       <c r="A616" s="2">
         <v>45834</v>
       </c>
       <c r="B616" t="s">
         <v>316</v>
       </c>
       <c r="C616" t="s">
         <v>107</v>
       </c>
       <c r="D616" t="s">
         <v>892</v>
       </c>
       <c r="E616" s="2">
         <v>45857</v>
       </c>
       <c r="F616" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G616" s="2">
         <v>45857</v>
       </c>
       <c r="H616" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I616" t="s">
         <v>54</v>
       </c>
       <c r="J616" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="617" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="617" spans="1:10" ht="14.25">
       <c r="A617" s="2">
         <v>45835</v>
       </c>
       <c r="B617" t="s">
         <v>316</v>
       </c>
       <c r="C617" t="s">
         <v>588</v>
       </c>
       <c r="D617" t="s">
         <v>589</v>
       </c>
       <c r="E617" s="2">
         <v>45851</v>
       </c>
       <c r="F617" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G617" s="2">
         <v>45851</v>
       </c>
       <c r="H617" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I617" t="s">
         <v>47</v>
       </c>
       <c r="J617" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="618" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="618" spans="1:10" ht="14.25">
       <c r="A618" s="2">
         <v>45835</v>
       </c>
       <c r="B618" t="s">
         <v>316</v>
       </c>
       <c r="C618" t="s">
         <v>893</v>
       </c>
       <c r="D618" t="s">
         <v>76</v>
       </c>
       <c r="E618" s="2">
         <v>45850</v>
       </c>
       <c r="F618" s="1">
         <v>0.5</v>
       </c>
       <c r="G618" s="2">
         <v>45850</v>
       </c>
       <c r="H618" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I618" t="s">
         <v>54</v>
       </c>
       <c r="J618" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="619" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="619" spans="1:10" ht="14.25">
       <c r="A619" s="2">
         <v>45835</v>
       </c>
       <c r="B619" t="s">
         <v>211</v>
       </c>
       <c r="C619" t="s">
         <v>894</v>
       </c>
       <c r="D619" t="s">
         <v>895</v>
       </c>
       <c r="E619" s="2">
         <v>45849</v>
       </c>
       <c r="F619" s="1">
         <v>0.625</v>
       </c>
       <c r="G619" s="2">
         <v>45849</v>
       </c>
       <c r="H619" s="1">
         <v>0.72916666666666663</v>
       </c>
       <c r="I619" t="s">
         <v>896</v>
       </c>
       <c r="J619" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="620" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="620" spans="1:10" ht="14.25">
       <c r="A620" s="2">
         <v>45837</v>
       </c>
       <c r="B620" t="s">
         <v>211</v>
       </c>
       <c r="C620" t="s">
         <v>884</v>
       </c>
       <c r="D620" t="s">
         <v>365</v>
       </c>
       <c r="E620" s="2">
         <v>45852</v>
       </c>
       <c r="F620" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G620" s="2">
         <v>45852</v>
       </c>
       <c r="H620" s="1">
         <v>0.875</v>
       </c>
       <c r="I620" t="s">
         <v>54</v>
       </c>
       <c r="J620" t="s">
         <v>897</v>
       </c>
     </row>
-    <row r="621" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="621" spans="1:10" ht="14.25">
       <c r="A621" s="2">
         <v>45837</v>
       </c>
       <c r="B621" t="s">
         <v>196</v>
       </c>
       <c r="C621" t="s">
         <v>159</v>
       </c>
       <c r="D621" t="s">
         <v>478</v>
       </c>
       <c r="E621" s="2">
         <v>45849</v>
       </c>
       <c r="F621" s="1">
         <v>0.75</v>
       </c>
       <c r="G621" s="2">
         <v>45849</v>
       </c>
       <c r="H621" s="1">
         <v>0.89583333333333337</v>
       </c>
       <c r="I621" t="s">
         <v>257</v>
       </c>
       <c r="J621" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="622" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="622" spans="1:10" ht="14.25">
       <c r="A622" s="2">
         <v>45838</v>
       </c>
       <c r="B622" t="s">
         <v>211</v>
       </c>
       <c r="C622" t="s">
         <v>898</v>
       </c>
       <c r="D622" t="s">
         <v>217</v>
       </c>
       <c r="E622" s="2">
         <v>45856</v>
       </c>
       <c r="F622" s="1">
         <v>0.64583333333333337</v>
       </c>
       <c r="G622" s="2">
         <v>45856</v>
       </c>
       <c r="H622" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="I622" t="s">
         <v>899</v>
       </c>
       <c r="J622" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="623" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="623" spans="1:10" ht="14.25">
       <c r="A623" s="2">
         <v>45840</v>
       </c>
       <c r="B623" t="s">
         <v>900</v>
       </c>
       <c r="C623" t="s">
         <v>823</v>
       </c>
       <c r="D623" t="s">
         <v>901</v>
       </c>
       <c r="E623" s="2">
         <v>45865</v>
       </c>
       <c r="F623" s="1">
         <v>0.5</v>
       </c>
       <c r="G623" s="2">
         <v>45865</v>
       </c>
       <c r="H623" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I623" t="s">
         <v>109</v>
       </c>
       <c r="J623" t="s">
         <v>902</v>
       </c>
     </row>
-    <row r="624" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="624" spans="1:10" ht="14.25">
       <c r="A624" s="2">
         <v>45840</v>
       </c>
       <c r="B624" t="s">
         <v>317</v>
       </c>
       <c r="C624" t="s">
         <v>903</v>
       </c>
       <c r="D624" t="s">
         <v>904</v>
       </c>
       <c r="E624" s="2">
         <v>45849</v>
       </c>
       <c r="F624" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G624" s="2">
         <v>45849</v>
       </c>
       <c r="H624" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I624" t="s">
         <v>54</v>
       </c>
       <c r="J624" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="625" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="625" spans="1:15" ht="14.25">
       <c r="A625" s="2">
         <v>45840</v>
       </c>
       <c r="B625" t="s">
         <v>317</v>
       </c>
       <c r="C625" t="s">
         <v>905</v>
       </c>
       <c r="D625" t="s">
         <v>906</v>
       </c>
       <c r="E625" s="2">
         <v>45849</v>
       </c>
       <c r="F625" s="1">
         <v>0.63541666666666663</v>
       </c>
       <c r="G625" s="2">
         <v>45849</v>
       </c>
       <c r="H625" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="I625" t="s">
         <v>54</v>
       </c>
       <c r="J625" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="626" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="626" spans="1:15" ht="14.25">
       <c r="A626" s="2">
         <v>45840</v>
       </c>
       <c r="B626" t="s">
         <v>211</v>
       </c>
       <c r="C626" t="s">
         <v>907</v>
       </c>
       <c r="D626" t="s">
         <v>908</v>
       </c>
       <c r="E626" s="2">
         <v>45857</v>
       </c>
       <c r="F626" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G626" s="2">
         <v>45857</v>
       </c>
       <c r="H626" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I626" t="s">
         <v>909</v>
       </c>
       <c r="J626" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="627" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="627" spans="1:15" ht="14.25">
       <c r="A627" s="2">
         <v>45840</v>
       </c>
       <c r="B627" t="s">
         <v>316</v>
       </c>
       <c r="C627" t="s">
         <v>910</v>
       </c>
       <c r="D627" t="s">
         <v>911</v>
       </c>
       <c r="E627" s="2">
         <v>45871</v>
       </c>
       <c r="F627" s="1">
         <v>0.52083333333333337</v>
       </c>
       <c r="G627" s="2">
         <v>45871</v>
       </c>
       <c r="H627" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I627" t="s">
         <v>912</v>
       </c>
       <c r="J627" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="628" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="628" spans="1:15" ht="14.25">
       <c r="A628" s="2">
         <v>45841</v>
       </c>
       <c r="B628" t="s">
         <v>235</v>
       </c>
       <c r="C628" t="s">
         <v>885</v>
       </c>
       <c r="D628" t="s">
         <v>886</v>
       </c>
       <c r="E628" s="2">
         <v>45864</v>
       </c>
       <c r="F628" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G628" s="2">
         <v>45864</v>
       </c>
       <c r="H628" s="1">
         <v>0.5</v>
       </c>
       <c r="I628" t="s">
         <v>887</v>
       </c>
       <c r="J628" t="s">
         <v>68</v>
       </c>
       <c r="L628" s="2"/>
       <c r="M628" s="1"/>
       <c r="N628" s="2"/>
       <c r="O628" s="1"/>
     </row>
-    <row r="629" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="629" spans="1:15" ht="14.25">
       <c r="A629" s="2">
         <v>45841</v>
       </c>
       <c r="B629" t="s">
         <v>196</v>
       </c>
       <c r="C629" t="s">
         <v>885</v>
       </c>
       <c r="D629" t="s">
         <v>886</v>
       </c>
       <c r="E629" s="2">
         <v>45871</v>
       </c>
       <c r="F629" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G629" s="2">
         <v>45871</v>
       </c>
       <c r="H629" s="1">
         <v>0.5</v>
       </c>
       <c r="I629" t="s">
         <v>887</v>
       </c>
       <c r="J629" t="s">
         <v>68</v>
       </c>
       <c r="L629" s="2"/>
       <c r="M629" s="1"/>
       <c r="N629" s="2"/>
       <c r="O629" s="1"/>
     </row>
-    <row r="630" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="630" spans="1:15" ht="14.25">
       <c r="A630" s="2">
         <v>45842</v>
       </c>
       <c r="B630" t="s">
         <v>196</v>
       </c>
       <c r="C630" t="s">
         <v>913</v>
       </c>
       <c r="D630" t="s">
         <v>914</v>
       </c>
       <c r="E630" s="2">
         <v>45913</v>
       </c>
       <c r="F630" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G630" s="2">
         <v>45914</v>
       </c>
       <c r="H630" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I630" t="s">
         <v>29</v>
       </c>
       <c r="J630" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="631" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="631" spans="1:15" ht="14.25">
       <c r="A631" s="2">
         <v>45842</v>
       </c>
       <c r="B631" t="s">
         <v>316</v>
       </c>
       <c r="C631" t="s">
         <v>915</v>
       </c>
       <c r="D631" t="s">
         <v>916</v>
       </c>
       <c r="E631" s="2">
         <v>45858</v>
       </c>
       <c r="F631" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G631" s="2">
         <v>45859</v>
       </c>
       <c r="H631" s="1">
         <v>0.20833333333333334</v>
       </c>
       <c r="I631" t="s">
         <v>16</v>
       </c>
       <c r="J631" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="632" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="632" spans="1:15" ht="14.25">
       <c r="A632" s="2">
         <v>45845</v>
       </c>
       <c r="B632" t="s">
         <v>196</v>
       </c>
       <c r="C632" t="s">
         <v>917</v>
       </c>
       <c r="D632" t="s">
         <v>918</v>
       </c>
       <c r="E632" s="2">
         <v>45926</v>
       </c>
       <c r="F632" s="1">
         <v>0.4375</v>
       </c>
       <c r="G632" s="2">
         <v>45928</v>
       </c>
       <c r="H632" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I632" t="s">
         <v>912</v>
       </c>
       <c r="J632" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="633" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="633" spans="1:15" ht="14.25">
       <c r="A633" s="2">
         <v>45846</v>
       </c>
       <c r="B633" t="s">
         <v>193</v>
       </c>
       <c r="C633" s="13" t="s">
         <v>919</v>
       </c>
       <c r="D633" t="s">
         <v>920</v>
       </c>
       <c r="E633" s="2">
         <v>45858</v>
       </c>
       <c r="F633" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="G633" s="2">
         <v>45858</v>
       </c>
       <c r="H633" s="1">
         <v>0.125</v>
       </c>
       <c r="I633" t="s">
         <v>912</v>
       </c>
       <c r="J633" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="634" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="634" spans="1:15" ht="14.25">
       <c r="A634" s="2">
         <v>46575</v>
       </c>
       <c r="B634" t="s">
         <v>211</v>
       </c>
       <c r="C634" t="s">
         <v>39</v>
       </c>
       <c r="D634" t="s">
         <v>323</v>
       </c>
       <c r="E634" s="2">
         <v>45858</v>
       </c>
       <c r="F634" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G634" s="2">
         <v>45858</v>
       </c>
       <c r="H634" s="1">
         <v>0.625</v>
       </c>
       <c r="I634" t="s">
         <v>187</v>
       </c>
       <c r="J634" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="635" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="635" spans="1:15" ht="14.25">
       <c r="A635" s="2">
         <v>45845</v>
       </c>
       <c r="B635" t="s">
         <v>196</v>
       </c>
       <c r="C635" t="s">
         <v>921</v>
       </c>
       <c r="D635" t="s">
         <v>76</v>
       </c>
       <c r="E635" s="2">
         <v>45864</v>
       </c>
       <c r="F635" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G635" s="2">
         <v>45864</v>
       </c>
       <c r="H635" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I635" t="s">
         <v>54</v>
       </c>
       <c r="J635" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="636" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="636" spans="1:15" ht="14.25">
       <c r="A636" s="2">
         <v>45847</v>
       </c>
       <c r="B636" t="s">
         <v>196</v>
       </c>
       <c r="C636" t="s">
         <v>922</v>
       </c>
       <c r="D636" t="s">
         <v>923</v>
       </c>
       <c r="E636" s="2">
         <v>45896</v>
       </c>
       <c r="F636" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G636" s="2">
         <v>45896</v>
       </c>
       <c r="H636" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I636" t="s">
         <v>924</v>
       </c>
       <c r="J636" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="637" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="637" spans="1:15" ht="14.25">
       <c r="A637" s="2">
         <v>45847</v>
       </c>
       <c r="B637" t="s">
         <v>317</v>
       </c>
       <c r="C637" t="s">
         <v>925</v>
       </c>
       <c r="D637" t="s">
         <v>926</v>
       </c>
       <c r="E637" s="2">
         <v>45858</v>
       </c>
       <c r="F637" s="1">
         <v>0.5</v>
       </c>
       <c r="G637" s="2">
         <v>45864</v>
       </c>
       <c r="H637" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="I637" t="s">
         <v>54</v>
       </c>
       <c r="J637" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="638" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="638" spans="1:15" ht="14.25">
       <c r="A638" s="2">
         <v>45851</v>
       </c>
       <c r="B638" t="s">
         <v>235</v>
       </c>
       <c r="C638" t="s">
         <v>927</v>
       </c>
       <c r="D638" t="s">
         <v>928</v>
       </c>
       <c r="E638" s="2">
         <v>45858</v>
       </c>
       <c r="F638" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G638" s="2">
         <v>45858</v>
       </c>
       <c r="H638" s="1">
         <v>0.64583333333333337</v>
       </c>
       <c r="I638" t="s">
         <v>924</v>
       </c>
       <c r="J638" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="639" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="639" spans="1:15" ht="14.25">
       <c r="A639" s="2">
         <v>45851</v>
       </c>
       <c r="B639" t="s">
         <v>235</v>
       </c>
       <c r="C639" t="s">
         <v>929</v>
       </c>
       <c r="D639" t="s">
         <v>930</v>
       </c>
       <c r="E639" s="2">
         <v>45864</v>
       </c>
       <c r="F639" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G639" s="2">
         <v>45864</v>
       </c>
       <c r="H639" s="1">
         <v>0.125</v>
       </c>
       <c r="I639" t="s">
         <v>54</v>
       </c>
       <c r="J639" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="640" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="640" spans="1:15" ht="14.25">
       <c r="A640" s="2">
         <v>45852</v>
       </c>
       <c r="B640" t="s">
         <v>316</v>
       </c>
       <c r="C640" t="s">
         <v>848</v>
       </c>
       <c r="D640" t="s">
         <v>849</v>
       </c>
       <c r="E640" s="2">
         <v>45885</v>
       </c>
       <c r="F640" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G640" s="2">
         <v>45885</v>
       </c>
       <c r="H640" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I640" t="s">
         <v>12</v>
       </c>
       <c r="J640" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="641" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="641" spans="1:10" ht="14.25">
       <c r="A641" s="2">
         <v>45852</v>
       </c>
       <c r="B641" t="s">
         <v>196</v>
       </c>
       <c r="C641" t="s">
         <v>737</v>
       </c>
       <c r="D641" t="s">
         <v>738</v>
       </c>
       <c r="E641" s="2">
         <v>45871</v>
       </c>
       <c r="F641" s="1">
         <v>0.5</v>
       </c>
       <c r="G641" s="2">
         <v>45871</v>
       </c>
       <c r="H641" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I641" t="s">
         <v>54</v>
       </c>
       <c r="J641" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="642" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="642" spans="1:10" ht="14.25">
       <c r="A642" s="2">
         <v>45852</v>
       </c>
       <c r="B642" t="s">
         <v>196</v>
       </c>
       <c r="C642" t="s">
         <v>931</v>
       </c>
       <c r="D642" t="s">
         <v>932</v>
       </c>
       <c r="E642" s="2">
         <v>45864</v>
       </c>
       <c r="F642" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G642" s="2">
         <v>45864</v>
       </c>
       <c r="H642" s="1">
         <v>0.875</v>
       </c>
       <c r="I642" t="s">
         <v>12</v>
       </c>
       <c r="J642" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="643" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="643" spans="1:10" ht="14.25">
       <c r="A643" s="2">
         <v>45852</v>
       </c>
       <c r="B643" t="s">
         <v>317</v>
       </c>
       <c r="C643" t="s">
         <v>775</v>
       </c>
       <c r="D643" t="s">
         <v>933</v>
       </c>
       <c r="E643" s="2">
         <v>45857</v>
       </c>
       <c r="F643" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G643" s="2">
         <v>45858</v>
       </c>
       <c r="H643" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I643" t="s">
         <v>47</v>
       </c>
       <c r="J643" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="644" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="644" spans="1:10" ht="14.25">
       <c r="A644" s="2">
         <v>45853</v>
       </c>
       <c r="B644" t="s">
         <v>316</v>
       </c>
       <c r="C644" t="s">
         <v>659</v>
       </c>
       <c r="D644" t="s">
         <v>934</v>
       </c>
       <c r="E644" s="2">
         <v>45867</v>
       </c>
       <c r="F644" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G644" s="2">
         <v>45868</v>
       </c>
       <c r="H644" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I644" t="s">
         <v>935</v>
       </c>
       <c r="J644" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="645" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="645" spans="1:10" ht="14.25">
       <c r="A645" s="2">
         <v>45854</v>
       </c>
       <c r="B645" t="s">
         <v>316</v>
       </c>
       <c r="C645" t="s">
         <v>936</v>
       </c>
       <c r="D645" t="s">
         <v>937</v>
       </c>
       <c r="E645" s="2">
         <v>45869</v>
       </c>
       <c r="F645" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G645" s="2">
         <v>45873</v>
       </c>
       <c r="H645" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I645" t="s">
         <v>242</v>
       </c>
       <c r="J645" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="646" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="646" spans="1:10" ht="14.25">
       <c r="A646" s="2">
         <v>45854</v>
       </c>
       <c r="B646" t="s">
         <v>317</v>
       </c>
       <c r="C646" t="s">
         <v>938</v>
       </c>
       <c r="D646" t="s">
         <v>939</v>
       </c>
       <c r="E646" s="2">
         <v>45877</v>
       </c>
       <c r="F646" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="G646" s="2">
         <v>45879</v>
       </c>
       <c r="H646" s="1">
         <v>0</v>
       </c>
       <c r="I646" t="s">
         <v>16</v>
       </c>
       <c r="J646" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="647" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="647" spans="1:10" ht="14.25">
       <c r="A647" s="2">
         <v>45854</v>
       </c>
       <c r="B647" t="s">
         <v>316</v>
       </c>
       <c r="C647" t="s">
         <v>938</v>
       </c>
       <c r="D647" t="s">
         <v>939</v>
       </c>
       <c r="E647" s="2">
         <v>45884</v>
       </c>
       <c r="F647" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="G647" s="2">
         <v>45885</v>
       </c>
       <c r="H647" s="1">
         <v>0</v>
       </c>
       <c r="I647" t="s">
         <v>16</v>
       </c>
       <c r="J647" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="648" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="648" spans="1:10" ht="14.25">
       <c r="A648" s="2">
         <v>45855</v>
       </c>
       <c r="B648" t="s">
         <v>316</v>
       </c>
       <c r="C648" t="s">
         <v>940</v>
       </c>
       <c r="D648" t="s">
         <v>941</v>
       </c>
       <c r="E648" s="2">
         <v>45900</v>
       </c>
       <c r="F648" s="1">
         <v>0.5</v>
       </c>
       <c r="G648" s="2">
         <v>45900</v>
       </c>
       <c r="H648" s="1">
         <v>0.875</v>
       </c>
       <c r="I648" t="s">
         <v>54</v>
       </c>
       <c r="J648" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="649" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="649" spans="1:10" ht="14.25">
       <c r="A649" s="2">
         <v>45856</v>
       </c>
       <c r="B649" t="s">
         <v>235</v>
       </c>
       <c r="C649" t="s">
         <v>915</v>
       </c>
       <c r="D649" t="s">
         <v>916</v>
       </c>
       <c r="E649" s="2">
         <v>45872</v>
       </c>
       <c r="F649" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="G649" s="2">
         <v>45873</v>
       </c>
       <c r="H649" s="1">
         <v>0.16666666666666666</v>
       </c>
       <c r="I649" t="s">
         <v>16</v>
       </c>
       <c r="J649" t="s">
         <v>942</v>
       </c>
     </row>
-    <row r="650" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="650" spans="1:10" ht="14.25">
       <c r="A650" s="2">
         <v>45860</v>
       </c>
       <c r="B650" t="s">
         <v>317</v>
       </c>
       <c r="C650" t="s">
         <v>848</v>
       </c>
       <c r="D650" t="s">
         <v>849</v>
       </c>
       <c r="E650" s="2">
         <v>45878</v>
       </c>
       <c r="F650" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G650" s="2">
         <v>45878</v>
       </c>
       <c r="H650" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I650" t="s">
         <v>12</v>
       </c>
       <c r="J650" t="s">
         <v>942</v>
       </c>
     </row>
-    <row r="651" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="651" spans="1:10" ht="14.25">
       <c r="A651" s="2">
         <v>45860</v>
       </c>
       <c r="B651" t="s">
         <v>317</v>
       </c>
       <c r="C651" t="s">
         <v>775</v>
       </c>
       <c r="D651" t="s">
         <v>933</v>
       </c>
       <c r="E651" s="2">
         <v>45871</v>
       </c>
       <c r="F651" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G651" s="2">
         <v>45871</v>
       </c>
       <c r="H651" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="I651" t="s">
         <v>47</v>
       </c>
       <c r="J651" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="652" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="652" spans="1:10" ht="14.25">
       <c r="A652" s="2">
         <v>45860</v>
       </c>
       <c r="B652" t="s">
         <v>235</v>
       </c>
       <c r="C652" t="s">
         <v>107</v>
       </c>
       <c r="D652" t="s">
         <v>892</v>
       </c>
       <c r="E652" s="2">
         <v>45885</v>
       </c>
       <c r="F652" s="1">
         <v>0.75</v>
       </c>
       <c r="G652" s="2">
         <v>45885</v>
       </c>
       <c r="H652" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I652" t="s">
         <v>216</v>
       </c>
       <c r="J652" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="653" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="653" spans="1:10" ht="15.75">
       <c r="A653" s="2">
         <v>45860</v>
       </c>
       <c r="B653" t="s">
         <v>317</v>
       </c>
       <c r="C653" s="10" t="s">
         <v>483</v>
       </c>
       <c r="D653" s="10" t="s">
         <v>484</v>
       </c>
       <c r="E653" s="2">
         <v>45870</v>
       </c>
       <c r="F653" s="1">
         <v>0.72916666666666663</v>
       </c>
       <c r="G653" s="2">
         <v>45870</v>
       </c>
       <c r="H653" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I653" t="s">
         <v>12</v>
       </c>
       <c r="J653" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="654" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="654" spans="1:10" ht="14.25">
       <c r="A654" s="2">
         <v>45861</v>
       </c>
       <c r="B654" t="s">
         <v>196</v>
       </c>
       <c r="C654" t="s">
         <v>848</v>
       </c>
       <c r="D654" t="s">
         <v>849</v>
       </c>
       <c r="E654" s="2">
         <v>45926</v>
       </c>
       <c r="F654" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G654" s="2">
         <v>45926</v>
       </c>
       <c r="H654" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I654" t="s">
         <v>12</v>
       </c>
       <c r="J654" t="s">
         <v>942</v>
       </c>
     </row>
-    <row r="655" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="655" spans="1:10" ht="14.25">
       <c r="A655" s="2">
         <v>45862</v>
       </c>
       <c r="B655" t="s">
         <v>196</v>
       </c>
       <c r="C655" t="s">
         <v>943</v>
       </c>
       <c r="D655" t="s">
         <v>76</v>
       </c>
       <c r="E655" s="2">
         <v>45913</v>
       </c>
       <c r="F655" s="1">
         <v>0.375</v>
       </c>
       <c r="G655" s="2">
         <v>45913</v>
       </c>
       <c r="H655" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I655" t="s">
         <v>216</v>
       </c>
       <c r="J655" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="656" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="656" spans="1:10" ht="15.75">
       <c r="A656" s="2">
         <v>45863</v>
       </c>
       <c r="B656" t="s">
         <v>196</v>
       </c>
       <c r="C656" s="10" t="s">
         <v>483</v>
       </c>
       <c r="D656" s="10" t="s">
         <v>484</v>
       </c>
       <c r="E656" s="2">
         <v>45878</v>
       </c>
       <c r="F656" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G656" s="2">
         <v>45878</v>
       </c>
       <c r="H656" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I656" t="s">
         <v>16</v>
       </c>
       <c r="J656" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="657" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="657" spans="1:10" ht="14.25">
       <c r="A657" s="2">
         <v>45919</v>
       </c>
       <c r="B657" t="s">
         <v>196</v>
       </c>
       <c r="C657" t="s">
         <v>944</v>
       </c>
       <c r="D657" t="s">
         <v>945</v>
       </c>
       <c r="E657" s="2">
         <v>45919</v>
       </c>
       <c r="F657" s="1">
         <v>0.6875</v>
       </c>
       <c r="G657" s="2">
         <v>45919</v>
       </c>
       <c r="H657" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="I657" t="s">
         <v>275</v>
       </c>
       <c r="J657" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="658" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="658" spans="1:10" ht="14.25">
       <c r="A658" s="2">
         <v>45867</v>
       </c>
       <c r="B658" t="s">
         <v>317</v>
       </c>
       <c r="C658" t="s">
         <v>938</v>
       </c>
       <c r="D658" t="s">
         <v>939</v>
       </c>
       <c r="E658" s="2">
         <v>45877</v>
       </c>
       <c r="F658" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G658" s="2">
         <v>45879</v>
       </c>
       <c r="H658" s="1">
         <v>1</v>
       </c>
       <c r="I658" t="s">
         <v>47</v>
       </c>
       <c r="J658" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="659" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="659" spans="1:10" ht="14.25">
       <c r="A659" s="2">
         <v>45867</v>
       </c>
       <c r="B659" t="s">
         <v>235</v>
       </c>
       <c r="C659" t="s">
         <v>938</v>
       </c>
       <c r="D659" t="s">
         <v>939</v>
       </c>
       <c r="E659" s="2">
         <v>45884</v>
       </c>
       <c r="F659" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G659" s="2">
         <v>45885</v>
       </c>
       <c r="H659" s="1">
         <v>1</v>
       </c>
       <c r="I659" t="s">
         <v>47</v>
       </c>
       <c r="J659" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="660" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="660" spans="1:10" ht="14.25">
       <c r="A660" s="2">
         <v>45867</v>
       </c>
       <c r="B660" t="s">
         <v>235</v>
       </c>
       <c r="C660" t="s">
         <v>726</v>
       </c>
       <c r="D660" t="s">
         <v>946</v>
       </c>
       <c r="E660" s="2">
         <v>45900</v>
       </c>
       <c r="F660" s="1">
         <v>0.5</v>
       </c>
       <c r="G660" s="2">
         <v>45900</v>
       </c>
       <c r="H660" s="1">
         <v>0.875</v>
       </c>
       <c r="I660" t="s">
         <v>576</v>
       </c>
       <c r="J660" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="661" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="661" spans="1:10" ht="14.25">
       <c r="A661" s="2">
         <v>45868</v>
       </c>
       <c r="B661" t="s">
         <v>317</v>
       </c>
       <c r="C661" t="s">
         <v>947</v>
       </c>
       <c r="D661" t="s">
         <v>948</v>
       </c>
       <c r="E661" s="2">
         <v>45876</v>
       </c>
       <c r="F661" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G661" s="2">
         <v>45876</v>
       </c>
       <c r="H661" s="1">
         <v>0</v>
       </c>
       <c r="I661" t="s">
         <v>54</v>
       </c>
       <c r="J661" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="662" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="662" spans="1:10" ht="15.75">
       <c r="A662" s="2">
         <v>45870</v>
       </c>
       <c r="B662" t="s">
         <v>196</v>
       </c>
       <c r="C662" s="10" t="s">
         <v>483</v>
       </c>
       <c r="D662" s="10" t="s">
         <v>484</v>
       </c>
       <c r="E662" s="2">
         <v>45884</v>
       </c>
       <c r="F662" s="1">
         <v>0.8125</v>
       </c>
       <c r="G662" s="2">
         <v>45884</v>
       </c>
       <c r="H662" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="I662" t="s">
         <v>54</v>
       </c>
       <c r="J662" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="663" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="663" spans="1:10" ht="14.25">
       <c r="A663" s="2">
         <v>45872</v>
       </c>
       <c r="B663" t="s">
         <v>196</v>
       </c>
       <c r="C663" t="s">
         <v>412</v>
       </c>
       <c r="D663" t="s">
         <v>413</v>
       </c>
       <c r="E663" s="2">
         <v>45920</v>
       </c>
       <c r="F663" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G663" s="2">
         <v>45920</v>
       </c>
       <c r="H663" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I663" t="s">
         <v>54</v>
       </c>
       <c r="J663" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="664" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="664" spans="1:10" ht="14.25">
       <c r="A664" s="2">
         <v>45870</v>
       </c>
       <c r="B664" t="s">
         <v>196</v>
       </c>
       <c r="C664" t="s">
         <v>34</v>
       </c>
       <c r="D664" t="s">
         <v>35</v>
       </c>
       <c r="E664" s="2">
         <v>45893</v>
       </c>
       <c r="F664" s="1">
         <v>0.52083333333333337</v>
       </c>
       <c r="G664" s="2">
         <v>45893</v>
       </c>
       <c r="H664" s="1">
         <v>0.75</v>
       </c>
       <c r="I664" t="s">
         <v>47</v>
       </c>
       <c r="J664" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="665" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="665" spans="1:10" ht="14.25">
       <c r="A665" s="2">
         <v>45871</v>
       </c>
       <c r="B665" t="s">
         <v>211</v>
       </c>
       <c r="C665" t="s">
         <v>39</v>
       </c>
       <c r="D665" t="s">
         <v>323</v>
       </c>
       <c r="E665" s="2">
         <v>45886</v>
       </c>
       <c r="F665" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G665" s="2">
         <v>45886</v>
       </c>
       <c r="H665" s="1">
         <v>0.625</v>
       </c>
       <c r="I665" t="s">
         <v>435</v>
       </c>
       <c r="J665" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="666" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="666" spans="1:10" ht="14.25">
       <c r="A666" s="2">
         <v>45869</v>
       </c>
       <c r="B666" t="s">
         <v>211</v>
       </c>
       <c r="C666" t="s">
         <v>915</v>
       </c>
       <c r="D666" t="s">
         <v>916</v>
       </c>
       <c r="E666" s="2">
         <v>45884</v>
       </c>
       <c r="F666" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G666" s="2">
         <v>45885</v>
       </c>
       <c r="H666" s="1">
         <v>0.14583333333333334</v>
       </c>
       <c r="I666" t="s">
         <v>16</v>
       </c>
       <c r="J666" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="667" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="667" spans="1:10" ht="14.25">
       <c r="A667" s="2">
         <v>45872</v>
       </c>
       <c r="B667" t="s">
         <v>316</v>
       </c>
       <c r="C667" t="s">
         <v>949</v>
       </c>
       <c r="D667" t="s">
         <v>950</v>
       </c>
       <c r="E667" s="2">
         <v>45884</v>
       </c>
       <c r="F667" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G667" s="2">
         <v>45885</v>
       </c>
       <c r="H667" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I667" t="s">
         <v>16</v>
       </c>
       <c r="J667" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="668" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="668" spans="1:10" ht="14.25">
       <c r="A668" s="2">
         <v>45874</v>
       </c>
       <c r="B668" t="s">
         <v>196</v>
       </c>
       <c r="C668" t="s">
         <v>451</v>
       </c>
       <c r="D668" t="s">
         <v>951</v>
       </c>
       <c r="E668" s="2">
         <v>45894</v>
       </c>
       <c r="F668" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G668" s="2">
         <v>45894</v>
       </c>
       <c r="H668" s="1">
         <v>0.9375</v>
       </c>
       <c r="I668" t="s">
         <v>952</v>
       </c>
       <c r="J668" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="669" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="669" spans="1:10" ht="14.25">
       <c r="A669" s="2">
         <v>45875</v>
       </c>
       <c r="B669" t="s">
         <v>235</v>
       </c>
       <c r="C669" t="s">
         <v>953</v>
       </c>
       <c r="D669" t="s">
         <v>76</v>
       </c>
       <c r="E669" s="2">
         <v>45906</v>
       </c>
       <c r="F669" s="1">
         <v>0.47916666666666669</v>
       </c>
       <c r="G669" s="2">
         <v>45906</v>
       </c>
       <c r="H669" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I669" t="s">
         <v>47</v>
       </c>
       <c r="J669" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="670" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="670" spans="1:10" ht="14.25">
       <c r="A670" s="2">
         <v>45876</v>
       </c>
       <c r="B670" t="s">
         <v>235</v>
       </c>
       <c r="C670" t="s">
         <v>77</v>
       </c>
       <c r="D670" t="s">
         <v>365</v>
       </c>
       <c r="E670" s="2">
         <v>45918</v>
       </c>
       <c r="F670" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G670" s="2">
         <v>45918</v>
       </c>
       <c r="H670" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I670" t="s">
         <v>29</v>
       </c>
       <c r="J670" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="671" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="671" spans="1:10" ht="14.25">
       <c r="A671" s="2">
         <v>45877</v>
       </c>
       <c r="B671" t="s">
         <v>196</v>
       </c>
       <c r="C671" t="s">
         <v>954</v>
       </c>
       <c r="D671" t="s">
         <v>955</v>
       </c>
       <c r="E671" s="2">
         <v>45895</v>
       </c>
       <c r="F671" s="1">
         <v>0</v>
       </c>
       <c r="G671" s="2">
         <v>45895</v>
       </c>
       <c r="H671" s="1">
         <v>0.125</v>
       </c>
       <c r="I671" t="s">
         <v>54</v>
       </c>
       <c r="J671" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="672" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="672" spans="1:10" ht="14.25">
       <c r="A672" s="2">
         <v>45878</v>
       </c>
       <c r="B672" t="s">
         <v>196</v>
       </c>
       <c r="C672" t="s">
         <v>351</v>
       </c>
       <c r="D672" t="s">
         <v>956</v>
       </c>
       <c r="E672" s="2">
         <v>45920</v>
       </c>
       <c r="F672" s="1">
         <v>0.47916666666666669</v>
       </c>
       <c r="G672" s="2">
         <v>45920</v>
       </c>
       <c r="H672" s="1">
         <v>0.75</v>
       </c>
       <c r="I672" t="s">
         <v>29</v>
       </c>
       <c r="J672" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="673" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="673" spans="1:10" ht="14.25">
       <c r="A673" s="2">
         <v>45877</v>
       </c>
       <c r="B673" t="s">
         <v>196</v>
       </c>
       <c r="C673" t="s">
         <v>957</v>
       </c>
       <c r="D673" t="s">
         <v>958</v>
       </c>
       <c r="E673" s="2">
         <v>45900</v>
       </c>
       <c r="F673" s="1">
         <v>0.5</v>
       </c>
       <c r="G673" s="2">
         <v>45900</v>
       </c>
       <c r="H673" s="1">
         <v>0.875</v>
       </c>
       <c r="I673" t="s">
         <v>41</v>
       </c>
       <c r="J673" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="674" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="674" spans="1:10" ht="14.25">
       <c r="A674" s="2">
         <v>45880</v>
       </c>
       <c r="B674" t="s">
         <v>196</v>
       </c>
       <c r="C674" t="s">
         <v>959</v>
       </c>
       <c r="D674" t="s">
         <v>567</v>
       </c>
       <c r="E674" s="2">
         <v>45892</v>
       </c>
       <c r="F674" s="1">
         <v>0.47916666666666669</v>
       </c>
       <c r="G674" s="2">
         <v>45893</v>
       </c>
       <c r="H674" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I674" t="s">
         <v>370</v>
       </c>
       <c r="J674" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="675" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="675" spans="1:10" ht="14.25">
       <c r="A675" s="2">
         <v>45881</v>
       </c>
       <c r="B675" t="s">
         <v>235</v>
       </c>
       <c r="C675" t="s">
         <v>960</v>
       </c>
       <c r="D675" t="s">
         <v>961</v>
       </c>
       <c r="E675" s="2">
         <v>45896</v>
       </c>
       <c r="F675" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G675" s="2">
         <v>45896</v>
       </c>
       <c r="H675" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I675" t="s">
         <v>41</v>
       </c>
       <c r="J675" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="676" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="676" spans="1:10" ht="14.25">
       <c r="A676" s="2">
         <v>45881</v>
       </c>
       <c r="B676" t="s">
         <v>196</v>
       </c>
       <c r="C676" t="s">
         <v>962</v>
       </c>
       <c r="D676" t="s">
         <v>963</v>
       </c>
       <c r="E676" s="2">
         <v>45968</v>
       </c>
       <c r="F676" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G676" s="2">
         <v>45968</v>
       </c>
       <c r="H676" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I676" t="s">
         <v>275</v>
       </c>
       <c r="J676" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="677" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="677" spans="1:10" ht="14.25">
       <c r="A677" s="2">
         <v>45882</v>
       </c>
       <c r="B677" t="s">
         <v>196</v>
       </c>
       <c r="C677" t="s">
         <v>964</v>
       </c>
       <c r="D677" t="s">
         <v>965</v>
       </c>
       <c r="E677" s="2">
         <v>45914</v>
       </c>
       <c r="F677" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G677" s="2">
         <v>45914</v>
       </c>
       <c r="H677" s="1">
         <v>0.75</v>
       </c>
       <c r="I677" t="s">
         <v>29</v>
       </c>
       <c r="J677" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="678" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="678" spans="1:10" ht="14.25">
       <c r="A678" s="2">
         <v>45882</v>
       </c>
       <c r="B678" t="s">
         <v>196</v>
       </c>
       <c r="C678" t="s">
         <v>966</v>
       </c>
       <c r="D678" t="s">
         <v>967</v>
       </c>
       <c r="E678" s="2">
         <v>45900</v>
       </c>
       <c r="F678" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G678" s="2">
         <v>45900</v>
       </c>
       <c r="H678" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I678" t="s">
         <v>41</v>
       </c>
       <c r="J678" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="679" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="679" spans="1:10" ht="14.25">
       <c r="A679" s="2">
         <v>45883</v>
       </c>
       <c r="B679" t="s">
         <v>196</v>
       </c>
       <c r="C679" t="s">
         <v>968</v>
       </c>
       <c r="D679" t="s">
         <v>969</v>
       </c>
       <c r="E679" s="2">
         <v>45914</v>
       </c>
       <c r="F679" s="1">
         <v>0.54166666666666663</v>
       </c>
       <c r="G679" s="2">
         <v>45914</v>
       </c>
       <c r="H679" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I679" t="s">
         <v>29</v>
       </c>
       <c r="J679" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="680" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="680" spans="1:10" ht="14.25">
       <c r="A680" s="2">
         <v>45884</v>
       </c>
       <c r="B680" t="s">
         <v>317</v>
       </c>
       <c r="C680" t="s">
         <v>721</v>
       </c>
       <c r="D680" t="s">
         <v>722</v>
       </c>
       <c r="E680" s="2">
         <v>45898</v>
       </c>
       <c r="F680" s="1">
         <v>0.875</v>
       </c>
       <c r="G680" s="2">
         <v>45899</v>
       </c>
       <c r="H680" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I680" t="s">
         <v>22</v>
       </c>
       <c r="J680" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="681" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="681" spans="1:10" ht="14.25">
       <c r="A681" s="2">
         <v>45884</v>
       </c>
       <c r="B681" t="s">
         <v>196</v>
       </c>
       <c r="C681" t="s">
         <v>721</v>
       </c>
       <c r="D681" t="s">
         <v>722</v>
       </c>
       <c r="E681" s="2">
         <v>45961</v>
       </c>
       <c r="F681" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G681" s="2">
         <v>45962</v>
       </c>
       <c r="H681" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I681" t="s">
         <v>275</v>
       </c>
       <c r="J681" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="682" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="682" spans="1:10" ht="14.25">
       <c r="A682" s="2">
         <v>45888</v>
       </c>
       <c r="B682" t="s">
         <v>196</v>
       </c>
       <c r="C682" t="s">
         <v>970</v>
       </c>
       <c r="D682" t="s">
         <v>971</v>
       </c>
       <c r="E682" s="2">
         <v>45927</v>
       </c>
       <c r="F682" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G682" s="2">
         <v>45929</v>
       </c>
       <c r="H682" s="1">
         <v>0.9375</v>
       </c>
       <c r="I682" t="s">
         <v>54</v>
       </c>
       <c r="J682" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="683" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="683" spans="1:10" ht="14.25">
       <c r="A683" s="2">
         <v>45887</v>
       </c>
       <c r="B683" t="s">
         <v>317</v>
       </c>
       <c r="C683" t="s">
         <v>696</v>
       </c>
       <c r="D683" t="s">
         <v>523</v>
       </c>
       <c r="E683" s="2">
         <v>45899</v>
       </c>
       <c r="F683" s="1">
         <v>0</v>
       </c>
       <c r="G683" s="2">
         <v>45900</v>
       </c>
       <c r="H683" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I683" t="s">
         <v>370</v>
       </c>
       <c r="J683" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="684" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="684" spans="1:10" ht="14.25">
       <c r="A684" s="2">
         <v>45887</v>
       </c>
       <c r="B684" t="s">
         <v>196</v>
       </c>
       <c r="C684" t="s">
         <v>972</v>
       </c>
       <c r="D684" t="s">
         <v>973</v>
       </c>
       <c r="E684" s="2">
         <v>45914</v>
       </c>
       <c r="F684" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G684" s="2">
         <v>45914</v>
       </c>
       <c r="H684" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I684" t="s">
         <v>57</v>
       </c>
       <c r="J684" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="685" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="685" spans="1:10" ht="14.25">
       <c r="A685" s="2">
         <v>45888</v>
       </c>
       <c r="B685" t="s">
         <v>196</v>
       </c>
       <c r="C685" t="s">
         <v>974</v>
       </c>
       <c r="D685" t="s">
         <v>973</v>
       </c>
       <c r="E685" s="2">
         <v>45914</v>
       </c>
       <c r="F685" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G685" s="2">
         <v>45914</v>
       </c>
       <c r="H685" s="1">
         <v>0.625</v>
       </c>
       <c r="I685" t="s">
         <v>275</v>
       </c>
       <c r="J685" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="686" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="686" spans="1:10" ht="14.25">
       <c r="A686" s="2">
         <v>45888</v>
       </c>
       <c r="B686" t="s">
         <v>196</v>
       </c>
       <c r="C686" t="s">
         <v>975</v>
       </c>
       <c r="D686" t="s">
         <v>976</v>
       </c>
       <c r="E686" s="2">
         <v>45913</v>
       </c>
       <c r="F686" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G686" s="2">
         <v>45913</v>
       </c>
       <c r="H686" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I686" t="s">
         <v>29</v>
       </c>
       <c r="J686" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="687" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="687" spans="1:10" ht="14.25">
       <c r="A687" s="2">
         <v>45889</v>
       </c>
       <c r="B687" t="s">
         <v>345</v>
       </c>
       <c r="C687" t="s">
         <v>393</v>
       </c>
       <c r="D687" t="s">
         <v>877</v>
       </c>
       <c r="E687" s="2">
         <v>45900</v>
       </c>
       <c r="F687" s="1">
         <v>0.625</v>
       </c>
       <c r="G687" s="2">
         <v>45900</v>
       </c>
       <c r="H687" s="1">
         <v>0.875</v>
       </c>
       <c r="I687" t="s">
         <v>275</v>
       </c>
       <c r="J687" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="688" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="688" spans="1:10" ht="14.25">
       <c r="A688" s="2">
         <v>45889</v>
       </c>
       <c r="B688" t="s">
         <v>235</v>
       </c>
       <c r="C688" t="s">
         <v>588</v>
       </c>
       <c r="D688" t="s">
         <v>589</v>
       </c>
       <c r="E688" s="2">
         <v>45906</v>
       </c>
       <c r="F688" s="1">
         <v>0.54166666666666663</v>
       </c>
       <c r="G688" s="2">
         <v>45906</v>
       </c>
       <c r="H688" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I688" t="s">
         <v>29</v>
       </c>
       <c r="J688" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="689" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="689" spans="1:10" ht="14.25">
       <c r="A689" s="2">
         <v>45894</v>
       </c>
       <c r="B689" t="s">
         <v>235</v>
       </c>
       <c r="C689" t="s">
         <v>669</v>
       </c>
       <c r="D689" t="s">
         <v>670</v>
       </c>
       <c r="E689" s="2">
         <v>45920</v>
       </c>
       <c r="F689" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G689" s="2">
         <v>45921</v>
       </c>
       <c r="H689" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I689" t="s">
         <v>748</v>
       </c>
       <c r="J689" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="690" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="690" spans="1:10" ht="14.25">
       <c r="A690" s="2">
         <v>45894</v>
       </c>
       <c r="B690" t="s">
         <v>235</v>
       </c>
       <c r="C690" t="s">
         <v>669</v>
       </c>
       <c r="D690" t="s">
         <v>670</v>
       </c>
       <c r="E690" s="2">
         <v>45934</v>
       </c>
       <c r="F690" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G690" s="2">
         <v>45935</v>
       </c>
       <c r="H690" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I690" t="s">
         <v>748</v>
       </c>
       <c r="J690" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="691" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="691" spans="1:10" ht="14.25">
       <c r="A691" s="2">
         <v>45895</v>
       </c>
       <c r="B691" t="s">
         <v>317</v>
       </c>
       <c r="C691" t="s">
         <v>977</v>
       </c>
       <c r="D691" t="s">
         <v>978</v>
       </c>
       <c r="E691" s="2">
         <v>45906</v>
       </c>
       <c r="F691" s="1">
         <v>0.4375</v>
       </c>
       <c r="G691" s="2">
         <v>45906</v>
       </c>
       <c r="H691" s="1">
         <v>0.60416666666666663</v>
       </c>
       <c r="I691" t="s">
         <v>41</v>
       </c>
       <c r="J691" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="692" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="692" spans="1:10" ht="14.25">
       <c r="A692" s="2">
         <v>45896</v>
       </c>
       <c r="B692" t="s">
         <v>317</v>
       </c>
       <c r="C692" t="s">
         <v>979</v>
       </c>
       <c r="D692" t="s">
         <v>980</v>
       </c>
       <c r="E692" s="2">
         <v>45906</v>
       </c>
       <c r="F692" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G692" s="2">
         <v>45906</v>
       </c>
       <c r="H692" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I692" t="s">
         <v>29</v>
       </c>
       <c r="J692" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="693" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="693" spans="1:10" ht="14.25">
       <c r="A693" s="2">
         <v>45925</v>
       </c>
       <c r="B693" t="s">
         <v>211</v>
       </c>
       <c r="C693" t="s">
         <v>981</v>
       </c>
       <c r="D693" t="s">
         <v>961</v>
       </c>
       <c r="E693" s="2">
         <v>45925</v>
       </c>
       <c r="F693" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G693" s="2">
         <v>45925</v>
       </c>
       <c r="H693" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I693" t="s">
         <v>41</v>
       </c>
       <c r="J693" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="694" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="694" spans="1:10" ht="14.25">
       <c r="A694" s="2">
         <v>45897</v>
       </c>
       <c r="B694" t="s">
         <v>196</v>
       </c>
       <c r="C694" t="s">
         <v>982</v>
       </c>
       <c r="D694" t="s">
         <v>983</v>
       </c>
       <c r="E694" s="2">
         <v>45928</v>
       </c>
       <c r="F694" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G694" s="2">
         <v>45928</v>
       </c>
       <c r="H694" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I694" t="s">
         <v>57</v>
       </c>
       <c r="J694" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="695" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="695" spans="1:10" ht="14.25">
       <c r="A695" s="2">
         <v>45900</v>
       </c>
       <c r="B695" t="s">
         <v>196</v>
       </c>
       <c r="C695" t="s">
         <v>39</v>
       </c>
       <c r="D695" t="s">
         <v>984</v>
       </c>
       <c r="E695" s="2">
         <v>45921</v>
       </c>
       <c r="F695" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G695" s="2">
         <v>45921</v>
       </c>
       <c r="H695" s="1">
         <v>0.625</v>
       </c>
       <c r="I695" t="s">
         <v>41</v>
       </c>
       <c r="J695" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="696" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="696" spans="1:10" ht="14.25">
       <c r="A696" s="2">
         <v>45901</v>
       </c>
       <c r="B696" t="s">
         <v>196</v>
       </c>
       <c r="C696" t="s">
         <v>985</v>
       </c>
       <c r="D696" t="s">
         <v>430</v>
       </c>
       <c r="E696" s="2">
         <v>45913</v>
       </c>
       <c r="F696" s="1">
         <v>0</v>
       </c>
       <c r="G696" s="2">
         <v>45549</v>
       </c>
       <c r="H696" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I696" t="s">
         <v>54</v>
       </c>
       <c r="J696" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="697" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="697" spans="1:10" ht="14.25">
       <c r="A697" s="2">
         <v>45901</v>
       </c>
       <c r="B697" t="s">
         <v>317</v>
       </c>
       <c r="C697" t="s">
         <v>986</v>
       </c>
       <c r="D697" t="s">
         <v>987</v>
       </c>
       <c r="E697" s="2">
         <v>45912</v>
       </c>
       <c r="F697" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G697" s="2">
         <v>45917</v>
       </c>
       <c r="H697" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="I697" t="s">
         <v>988</v>
       </c>
       <c r="J697" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="698" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="698" spans="1:10" ht="14.25">
       <c r="A698" s="2">
         <v>45901</v>
       </c>
       <c r="B698" t="s">
         <v>317</v>
       </c>
       <c r="C698" t="s">
         <v>989</v>
       </c>
       <c r="D698" t="s">
         <v>990</v>
       </c>
       <c r="E698" s="2">
         <v>45913</v>
       </c>
       <c r="F698" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G698" s="2">
         <v>45914</v>
       </c>
       <c r="H698" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I698" t="s">
         <v>216</v>
       </c>
       <c r="J698" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="699" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="699" spans="1:10" ht="14.25">
       <c r="A699" s="2">
         <v>45902</v>
       </c>
       <c r="B699" t="s">
         <v>317</v>
       </c>
       <c r="C699" t="s">
         <v>835</v>
       </c>
       <c r="D699" t="s">
         <v>991</v>
       </c>
       <c r="E699" s="2">
         <v>45913</v>
       </c>
       <c r="F699" s="1">
         <v>0.375</v>
       </c>
       <c r="G699" s="2">
         <v>45914</v>
       </c>
       <c r="H699" s="1">
         <v>6.25E-2</v>
       </c>
       <c r="I699" t="s">
         <v>988</v>
       </c>
       <c r="J699" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="700" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="700" spans="1:10" ht="14.25">
       <c r="A700" s="2">
         <v>45903</v>
       </c>
       <c r="B700" t="s">
         <v>196</v>
       </c>
       <c r="C700" t="s">
         <v>970</v>
       </c>
       <c r="D700" t="s">
         <v>971</v>
       </c>
       <c r="E700" s="2">
         <v>45955</v>
       </c>
       <c r="F700" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G700" s="2">
         <v>45955</v>
       </c>
       <c r="H700" s="1">
         <v>0.9375</v>
       </c>
       <c r="I700" t="s">
         <v>54</v>
       </c>
       <c r="J700" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="701" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="701" spans="1:10" ht="14.25">
       <c r="A701" s="2">
         <v>45902</v>
       </c>
       <c r="B701" t="s">
         <v>196</v>
       </c>
       <c r="C701" t="s">
         <v>992</v>
       </c>
       <c r="D701" t="s">
         <v>993</v>
       </c>
       <c r="E701" s="2">
         <v>46016</v>
       </c>
       <c r="F701" s="1">
         <v>0.33333333333333331</v>
       </c>
       <c r="G701" s="2">
         <v>46016</v>
       </c>
       <c r="H701" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I701" t="s">
         <v>576</v>
       </c>
       <c r="J701" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="702" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="702" spans="1:10" ht="14.25">
       <c r="A702" s="2">
         <v>45904</v>
       </c>
       <c r="B702" t="s">
         <v>196</v>
       </c>
       <c r="C702" t="s">
         <v>994</v>
       </c>
       <c r="D702" t="s">
         <v>995</v>
       </c>
       <c r="E702" s="2">
         <v>45920</v>
       </c>
       <c r="F702" s="1">
         <v>0.5</v>
       </c>
       <c r="G702" s="2">
         <v>45920</v>
       </c>
       <c r="H702" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I702" t="s">
         <v>47</v>
       </c>
       <c r="J702" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="703" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="703" spans="1:10" ht="14.25">
       <c r="A703" s="2">
         <v>45905</v>
       </c>
       <c r="B703" t="s">
         <v>196</v>
       </c>
       <c r="C703" t="s">
         <v>823</v>
       </c>
       <c r="D703" t="s">
         <v>996</v>
       </c>
       <c r="E703" s="2">
         <v>45928</v>
       </c>
       <c r="F703" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G703" s="2">
         <v>45928</v>
       </c>
       <c r="H703" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I703" t="s">
         <v>41</v>
       </c>
       <c r="J703" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="704" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="704" spans="1:10" ht="14.25">
       <c r="A704" s="2">
         <v>45905</v>
       </c>
       <c r="B704" t="s">
         <v>196</v>
       </c>
       <c r="C704" t="s">
         <v>997</v>
       </c>
       <c r="D704" t="s">
         <v>998</v>
       </c>
       <c r="E704" s="2">
         <v>45978</v>
       </c>
       <c r="F704" s="1">
         <v>0.69444444444444442</v>
       </c>
       <c r="G704" s="2">
         <v>45978</v>
       </c>
       <c r="H704" s="1">
         <v>0.73611111111111116</v>
       </c>
       <c r="I704" t="s">
         <v>275</v>
       </c>
       <c r="J704" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="705" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="705" spans="1:10" ht="14.25">
       <c r="A705" s="2">
         <v>45905</v>
       </c>
       <c r="B705" t="s">
         <v>196</v>
       </c>
       <c r="C705" t="s">
         <v>999</v>
       </c>
       <c r="D705" t="s">
         <v>983</v>
       </c>
       <c r="E705" s="2">
         <v>45928</v>
       </c>
       <c r="F705" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G705" s="2">
         <v>45928</v>
       </c>
       <c r="H705" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I705" t="s">
         <v>41</v>
       </c>
       <c r="J705" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="706" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="706" spans="1:10" ht="14.25">
       <c r="A706" s="2">
         <v>45907</v>
       </c>
       <c r="B706" t="s">
         <v>196</v>
       </c>
       <c r="C706" t="s">
         <v>915</v>
       </c>
       <c r="D706" t="s">
         <v>916</v>
       </c>
       <c r="E706" s="2">
         <v>45920</v>
       </c>
       <c r="F706" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G706" s="2">
         <v>45921</v>
       </c>
       <c r="H706" s="1">
         <v>0.14583333333333334</v>
       </c>
       <c r="I706" t="s">
         <v>988</v>
       </c>
       <c r="J706" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="707" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="707" spans="1:10" ht="14.25">
       <c r="A707" s="2">
         <v>45907</v>
       </c>
       <c r="B707" t="s">
         <v>196</v>
       </c>
       <c r="C707" t="s">
         <v>1000</v>
       </c>
       <c r="D707" t="s">
         <v>1001</v>
       </c>
       <c r="E707" s="2">
         <v>45927</v>
       </c>
       <c r="F707" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G707" s="2">
         <v>45928</v>
       </c>
       <c r="H707" s="1">
         <v>0.875</v>
       </c>
       <c r="I707" t="s">
         <v>54</v>
       </c>
       <c r="J707" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="708" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="708" spans="1:10" ht="14.25">
       <c r="A708" s="2">
         <v>45908</v>
       </c>
       <c r="B708" t="s">
         <v>196</v>
       </c>
       <c r="C708" t="s">
         <v>1002</v>
       </c>
       <c r="D708" t="s">
         <v>1003</v>
       </c>
       <c r="E708" s="2">
         <v>45920</v>
       </c>
       <c r="F708" s="1">
         <v>0.5</v>
       </c>
       <c r="G708" s="2">
         <v>45920</v>
       </c>
       <c r="H708" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I708" t="s">
         <v>41</v>
       </c>
       <c r="J708" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="709" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="709" spans="1:10" ht="14.25">
       <c r="A709" s="2">
         <v>45909</v>
       </c>
       <c r="B709" t="s">
         <v>196</v>
       </c>
       <c r="C709" t="s">
         <v>111</v>
       </c>
       <c r="D709" t="s">
         <v>428</v>
       </c>
       <c r="E709" s="2">
         <v>45938</v>
       </c>
       <c r="F709" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G709" s="2">
         <v>45941</v>
       </c>
       <c r="H709" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I709" t="s">
         <v>54</v>
       </c>
       <c r="J709" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="710" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="710" spans="1:10" ht="14.25">
       <c r="A710" s="2">
         <v>45909</v>
       </c>
       <c r="B710" t="s">
         <v>317</v>
       </c>
       <c r="C710" t="s">
         <v>985</v>
       </c>
       <c r="D710" t="s">
         <v>430</v>
       </c>
       <c r="E710" s="2">
         <v>45920</v>
       </c>
       <c r="F710" s="1">
         <v>0</v>
       </c>
       <c r="G710" s="2">
         <v>45921</v>
       </c>
       <c r="H710" s="1">
         <v>0.125</v>
       </c>
       <c r="I710" t="s">
         <v>370</v>
       </c>
       <c r="J710" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="711" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="711" spans="1:10" ht="14.25">
       <c r="A711" s="2">
         <v>45910</v>
       </c>
       <c r="B711" t="s">
         <v>196</v>
       </c>
       <c r="C711" t="s">
         <v>1000</v>
       </c>
       <c r="D711" t="s">
         <v>1001</v>
       </c>
       <c r="E711" s="2">
         <v>45949</v>
       </c>
       <c r="F711" s="1">
         <v>0.5</v>
       </c>
       <c r="G711" s="2">
         <v>45949</v>
       </c>
       <c r="H711" s="1">
         <v>0.875</v>
       </c>
       <c r="I711" t="s">
         <v>370</v>
       </c>
       <c r="J711" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="712" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="712" spans="1:10" ht="14.25">
       <c r="A712" s="2">
         <v>45909</v>
       </c>
       <c r="B712" t="s">
         <v>317</v>
       </c>
       <c r="C712" t="s">
         <v>454</v>
       </c>
       <c r="D712" t="s">
         <v>455</v>
       </c>
       <c r="E712" s="2">
         <v>45922</v>
       </c>
       <c r="F712" s="1">
         <v>0.72916666666666663</v>
       </c>
       <c r="G712" s="2">
         <v>45922</v>
       </c>
       <c r="H712" s="1">
         <v>0.875</v>
       </c>
       <c r="I712" t="s">
         <v>29</v>
       </c>
       <c r="J712" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="713" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="713" spans="1:10" ht="14.25">
       <c r="A713" s="2">
         <v>45911</v>
       </c>
       <c r="B713" t="s">
         <v>196</v>
       </c>
       <c r="C713" t="s">
         <v>77</v>
       </c>
       <c r="D713" t="s">
         <v>1004</v>
       </c>
       <c r="E713" s="2">
         <v>45933</v>
       </c>
       <c r="F713" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G713" s="2">
         <v>45933</v>
       </c>
       <c r="H713" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I713" t="s">
         <v>29</v>
       </c>
       <c r="J713" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="714" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="714" spans="1:10" ht="14.25">
       <c r="A714" s="2">
         <v>45911</v>
       </c>
       <c r="B714" t="s">
         <v>196</v>
       </c>
       <c r="C714" t="s">
         <v>1005</v>
       </c>
       <c r="D714" t="s">
         <v>81</v>
       </c>
       <c r="E714" s="2">
         <v>45927</v>
       </c>
       <c r="F714" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G714" s="2">
         <v>45927</v>
       </c>
       <c r="H714" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="I714" t="s">
         <v>1006</v>
       </c>
       <c r="J714" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="715" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="715" spans="1:10" ht="14.25">
       <c r="A715" s="2">
         <v>45912</v>
       </c>
       <c r="B715" t="s">
         <v>196</v>
       </c>
       <c r="C715" t="s">
         <v>1007</v>
       </c>
       <c r="D715" t="s">
         <v>76</v>
       </c>
       <c r="E715" s="2">
         <v>45927</v>
       </c>
       <c r="F715" s="1">
         <v>0.5</v>
       </c>
       <c r="G715" s="2">
         <v>45927</v>
       </c>
       <c r="H715" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I715" t="s">
         <v>29</v>
       </c>
       <c r="J715" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="716" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="716" spans="1:10" ht="14.25">
       <c r="A716" s="2">
         <v>45912</v>
       </c>
       <c r="B716" t="s">
         <v>196</v>
       </c>
       <c r="C716" t="s">
         <v>1008</v>
       </c>
       <c r="D716" t="s">
         <v>1009</v>
       </c>
       <c r="E716" s="2">
         <v>45927</v>
       </c>
       <c r="F716" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G716" s="2">
         <v>45927</v>
       </c>
       <c r="H716" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="I716" t="s">
         <v>29</v>
       </c>
       <c r="J716" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="717" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="717" spans="1:10" ht="14.25">
       <c r="A717" s="2">
         <v>45913</v>
       </c>
       <c r="B717" t="s">
         <v>196</v>
       </c>
       <c r="C717" t="s">
         <v>111</v>
       </c>
       <c r="D717" t="s">
         <v>428</v>
       </c>
       <c r="E717" s="2">
         <v>45926</v>
       </c>
       <c r="F717" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G717" s="2">
         <v>45926</v>
       </c>
       <c r="H717" s="1">
         <v>0.9375</v>
       </c>
       <c r="I717" t="s">
         <v>29</v>
       </c>
       <c r="J717" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="718" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="718" spans="1:10" ht="14.25">
       <c r="A718" s="2">
         <v>45911</v>
       </c>
       <c r="B718" t="s">
         <v>235</v>
       </c>
       <c r="C718" t="s">
         <v>49</v>
       </c>
       <c r="D718" t="s">
         <v>1010</v>
       </c>
       <c r="E718" s="2">
         <v>45934</v>
       </c>
       <c r="F718" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G718" s="2">
         <v>45934</v>
       </c>
       <c r="H718" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I718" t="s">
         <v>29</v>
       </c>
       <c r="J718" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="719" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="719" spans="1:10" ht="14.25">
       <c r="A719" s="2">
         <v>45916</v>
       </c>
       <c r="B719" t="s">
         <v>317</v>
       </c>
       <c r="C719" t="s">
         <v>1011</v>
       </c>
       <c r="D719" t="s">
         <v>1012</v>
       </c>
       <c r="E719" s="2">
         <v>45928</v>
       </c>
       <c r="F719" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G719" s="2">
         <v>45928</v>
       </c>
       <c r="H719" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I719" t="s">
         <v>41</v>
       </c>
       <c r="J719" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="720" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="720" spans="1:10" ht="14.25">
       <c r="A720" s="2">
         <v>45916</v>
       </c>
       <c r="B720" t="s">
         <v>235</v>
       </c>
       <c r="C720" t="s">
         <v>1013</v>
       </c>
       <c r="D720" t="s">
         <v>1014</v>
       </c>
       <c r="E720" s="2">
         <v>45934</v>
       </c>
       <c r="F720" s="1">
         <v>0.5</v>
       </c>
       <c r="G720" s="2">
         <v>45934</v>
       </c>
       <c r="H720" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I720" t="s">
         <v>275</v>
       </c>
       <c r="J720" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="721" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="721" spans="1:10" ht="14.25">
       <c r="A721" s="2">
         <v>45916</v>
       </c>
       <c r="B721" t="s">
         <v>196</v>
       </c>
       <c r="C721" t="s">
         <v>1015</v>
       </c>
       <c r="D721" t="s">
         <v>1016</v>
       </c>
       <c r="E721" s="2">
         <v>46270</v>
       </c>
       <c r="F721" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G721" s="2">
         <v>45905</v>
       </c>
       <c r="H721" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I721" t="s">
         <v>275</v>
       </c>
       <c r="J721" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="722" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="722" spans="1:10" ht="14.25">
       <c r="A722" s="2">
         <v>45915</v>
       </c>
       <c r="B722" t="s">
         <v>235</v>
       </c>
       <c r="C722" t="s">
         <v>1017</v>
       </c>
       <c r="D722" t="s">
         <v>1018</v>
       </c>
       <c r="E722" s="2">
         <v>46015</v>
       </c>
       <c r="F722" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G722" s="2">
         <v>46016</v>
       </c>
       <c r="H722" s="1">
         <v>5.2083333333333336E-2</v>
       </c>
       <c r="I722" t="s">
         <v>988</v>
       </c>
       <c r="J722" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="723" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="723" spans="1:10" ht="14.25">
       <c r="A723" s="14">
         <v>45915</v>
       </c>
       <c r="B723" t="s">
         <v>235</v>
       </c>
       <c r="C723" t="s">
         <v>1017</v>
       </c>
       <c r="D723" t="s">
         <v>1018</v>
       </c>
       <c r="E723" s="2">
         <v>46022</v>
       </c>
       <c r="F723" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G723" s="2">
         <v>46023</v>
       </c>
       <c r="H723" s="1">
         <v>6.25E-2</v>
       </c>
       <c r="I723" t="s">
         <v>988</v>
       </c>
       <c r="J723" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="724" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="724" spans="1:10" ht="14.25">
       <c r="A724" s="2">
         <v>45917</v>
       </c>
       <c r="B724" t="s">
         <v>235</v>
       </c>
       <c r="C724" t="s">
         <v>1019</v>
       </c>
       <c r="D724" t="s">
         <v>1020</v>
       </c>
       <c r="E724" s="2">
         <v>45997</v>
       </c>
       <c r="F724" s="1">
         <v>0.5</v>
       </c>
       <c r="G724" s="2">
         <v>45997</v>
       </c>
       <c r="H724" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I724" t="s">
         <v>338</v>
       </c>
       <c r="J724" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="725" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="725" spans="1:10" ht="14.25">
       <c r="A725" s="2">
         <v>45919</v>
       </c>
       <c r="B725" t="s">
         <v>196</v>
       </c>
       <c r="C725" t="s">
         <v>1021</v>
       </c>
       <c r="D725" t="s">
         <v>1022</v>
       </c>
       <c r="E725" s="2">
         <v>45934</v>
       </c>
       <c r="F725" s="1">
         <v>0.54166666666666663</v>
       </c>
       <c r="G725" s="2">
         <v>45934</v>
       </c>
       <c r="H725" s="1">
         <v>0.75</v>
       </c>
       <c r="J725" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="726" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="726" spans="1:10" ht="14.25">
       <c r="A726" s="2">
         <v>45919</v>
       </c>
       <c r="B726" t="s">
         <v>196</v>
       </c>
       <c r="C726" t="s">
         <v>703</v>
       </c>
       <c r="D726" t="s">
         <v>1023</v>
       </c>
       <c r="E726" s="2">
         <v>45934</v>
       </c>
       <c r="F726" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G726" s="2">
         <v>45935</v>
       </c>
       <c r="H726" s="1">
         <v>0.125</v>
       </c>
       <c r="I726" t="s">
         <v>988</v>
       </c>
       <c r="J726" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="727" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="727" spans="1:10" ht="14.25">
       <c r="A727" s="2">
         <v>45921</v>
       </c>
       <c r="B727" t="s">
         <v>211</v>
       </c>
       <c r="C727" t="s">
         <v>1024</v>
       </c>
       <c r="D727" t="s">
         <v>1025</v>
       </c>
       <c r="E727" s="2">
         <v>45940</v>
       </c>
       <c r="F727" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G727" s="2">
         <v>45941</v>
       </c>
       <c r="H727" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I727" t="s">
         <v>79</v>
       </c>
       <c r="J727" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="728" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="728" spans="1:10" ht="14.25">
       <c r="A728" s="2">
         <v>45922</v>
       </c>
       <c r="B728" t="s">
         <v>193</v>
       </c>
       <c r="C728" t="s">
         <v>981</v>
       </c>
       <c r="D728" t="s">
         <v>961</v>
       </c>
       <c r="E728" s="2">
         <v>45931</v>
       </c>
       <c r="F728" s="1">
         <v>0.75</v>
       </c>
       <c r="G728" s="2">
         <v>45931</v>
       </c>
       <c r="H728" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I728" t="s">
         <v>187</v>
       </c>
       <c r="J728" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="729" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="729" spans="1:10" ht="14.25">
       <c r="A729" s="2">
         <v>45924</v>
       </c>
       <c r="B729" t="s">
         <v>196</v>
       </c>
       <c r="C729" t="s">
         <v>1026</v>
       </c>
       <c r="D729" t="s">
         <v>1027</v>
       </c>
       <c r="E729" s="2">
         <v>46153</v>
       </c>
       <c r="F729" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G729" s="2">
         <v>46154</v>
       </c>
       <c r="H729" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I729" t="s">
         <v>109</v>
       </c>
       <c r="J729" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="730" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="730" spans="1:10" ht="14.25">
       <c r="A730" s="2">
         <v>45924</v>
       </c>
       <c r="B730" t="s">
         <v>196</v>
       </c>
       <c r="C730" t="s">
         <v>954</v>
       </c>
       <c r="D730" t="s">
         <v>955</v>
       </c>
       <c r="E730" s="2">
         <v>45957</v>
       </c>
       <c r="F730" s="1">
         <v>0</v>
       </c>
       <c r="G730" s="2">
         <v>45957</v>
       </c>
       <c r="H730" s="1">
         <v>0.125</v>
       </c>
       <c r="I730" t="s">
         <v>370</v>
       </c>
       <c r="J730" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="731" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="731" spans="1:10" ht="14.25">
       <c r="A731" s="2">
         <v>45924</v>
       </c>
       <c r="B731" t="s">
         <v>317</v>
       </c>
       <c r="C731" t="s">
         <v>741</v>
       </c>
       <c r="D731" t="s">
         <v>372</v>
       </c>
       <c r="E731" s="2">
         <v>45934</v>
       </c>
       <c r="F731" s="1">
         <v>0.4375</v>
       </c>
       <c r="G731" s="2">
         <v>45934</v>
       </c>
       <c r="H731" s="1">
         <v>0.60416666666666663</v>
       </c>
       <c r="I731" t="s">
         <v>41</v>
       </c>
       <c r="J731" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="732" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="732" spans="1:10" ht="14.25">
       <c r="A732" s="2">
         <v>45926</v>
       </c>
       <c r="B732" t="s">
         <v>196</v>
       </c>
       <c r="C732" t="s">
         <v>49</v>
       </c>
       <c r="D732" t="s">
         <v>1010</v>
       </c>
       <c r="E732" s="2">
         <v>45941</v>
       </c>
       <c r="F732" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G732" s="2">
         <v>45941</v>
       </c>
       <c r="H732" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I732" t="s">
         <v>29</v>
       </c>
       <c r="J732" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="733" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="733" spans="1:10" ht="14.25">
       <c r="A733" s="2">
         <v>45929</v>
       </c>
       <c r="B733" t="s">
         <v>196</v>
       </c>
       <c r="C733" t="s">
         <v>1028</v>
       </c>
       <c r="D733" t="s">
         <v>31</v>
       </c>
       <c r="E733" s="2">
         <v>45969</v>
       </c>
       <c r="F733" s="1">
         <v>0.75</v>
       </c>
       <c r="G733" s="2">
         <v>45969</v>
       </c>
       <c r="H733" s="1">
         <v>0</v>
       </c>
       <c r="I733" t="s">
         <v>370</v>
       </c>
       <c r="J733" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="734" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="734" spans="1:10" ht="14.25">
       <c r="A734" s="2">
         <v>45929</v>
       </c>
       <c r="B734" t="s">
         <v>196</v>
       </c>
       <c r="C734" t="s">
         <v>1029</v>
       </c>
       <c r="D734" t="s">
         <v>76</v>
       </c>
       <c r="E734" s="2">
         <v>46022</v>
       </c>
       <c r="F734" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G734" s="2">
         <v>46023</v>
       </c>
       <c r="H734" s="1">
         <v>0.20833333333333334</v>
       </c>
       <c r="I734" t="s">
         <v>988</v>
       </c>
       <c r="J734" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="735" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="735" spans="1:10" ht="14.25">
       <c r="A735" s="2">
         <v>45927</v>
       </c>
       <c r="B735" t="s">
         <v>317</v>
       </c>
       <c r="C735" t="s">
         <v>1030</v>
       </c>
       <c r="D735" t="s">
         <v>715</v>
       </c>
       <c r="E735" s="2">
         <v>45940</v>
       </c>
       <c r="F735" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G735" s="2">
         <v>45940</v>
       </c>
       <c r="H735" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I735" t="s">
         <v>47</v>
       </c>
       <c r="J735" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="736" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="736" spans="1:10" ht="14.25">
       <c r="A736" s="2">
         <v>45928</v>
       </c>
       <c r="B736" t="s">
         <v>196</v>
       </c>
       <c r="C736" t="s">
         <v>1031</v>
       </c>
       <c r="D736" t="s">
         <v>493</v>
       </c>
       <c r="E736" s="2">
         <v>45948</v>
       </c>
       <c r="F736" s="1">
         <v>0.54166666666666663</v>
       </c>
       <c r="G736" s="2">
         <v>45948</v>
       </c>
       <c r="H736" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I736" t="s">
         <v>29</v>
       </c>
       <c r="J736" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="737" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="737" spans="1:10" ht="14.25">
       <c r="A737" s="2">
         <v>45928</v>
       </c>
       <c r="B737" t="s">
         <v>196</v>
       </c>
       <c r="C737" t="s">
         <v>591</v>
       </c>
       <c r="D737" t="s">
         <v>342</v>
       </c>
       <c r="E737" s="2">
         <v>45982</v>
       </c>
       <c r="F737" s="1">
         <v>0.625</v>
       </c>
       <c r="G737" s="2">
         <v>45982</v>
       </c>
       <c r="H737" s="1">
         <v>0.75</v>
       </c>
       <c r="I737" t="s">
         <v>29</v>
       </c>
       <c r="J737" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="738" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="738" spans="1:10" ht="14.25">
       <c r="A738" s="2">
         <v>45930</v>
       </c>
       <c r="B738" t="s">
         <v>196</v>
       </c>
       <c r="C738" t="s">
         <v>1032</v>
       </c>
       <c r="D738" t="s">
         <v>976</v>
       </c>
       <c r="E738" s="2">
         <v>45962</v>
       </c>
       <c r="F738" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G738" s="2">
         <v>45962</v>
       </c>
       <c r="H738" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I738" t="s">
         <v>47</v>
       </c>
       <c r="J738" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="739" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="739" spans="1:10" ht="14.25">
       <c r="A739" s="2">
         <v>45931</v>
       </c>
       <c r="B739" t="s">
         <v>196</v>
       </c>
       <c r="C739" t="s">
         <v>330</v>
       </c>
       <c r="D739" t="s">
         <v>1033</v>
       </c>
       <c r="E739" s="2">
         <v>45968</v>
       </c>
       <c r="F739" s="1">
         <v>0.64583333333333337</v>
       </c>
       <c r="G739" s="2">
         <v>45968</v>
       </c>
       <c r="H739" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I739" t="s">
         <v>79</v>
       </c>
       <c r="J739" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="740" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="740" spans="1:10" ht="14.25">
       <c r="A740" s="2">
         <v>45931</v>
       </c>
       <c r="B740" t="s">
         <v>196</v>
       </c>
       <c r="C740" t="s">
         <v>230</v>
       </c>
       <c r="D740" t="s">
         <v>815</v>
       </c>
       <c r="E740" s="2">
         <v>45946</v>
       </c>
       <c r="F740" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G740" s="2">
         <v>45946</v>
       </c>
       <c r="H740" s="1">
         <v>0.9375</v>
       </c>
       <c r="I740" t="s">
         <v>370</v>
       </c>
       <c r="J740" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="741" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="741" spans="1:10" ht="14.25">
       <c r="A741" s="2">
         <v>45933</v>
       </c>
       <c r="B741" t="s">
         <v>211</v>
       </c>
       <c r="C741" t="s">
         <v>107</v>
       </c>
       <c r="D741" t="s">
         <v>1034</v>
       </c>
       <c r="E741" s="2">
         <v>45962</v>
       </c>
       <c r="F741" s="1">
         <v>0.72916666666666663</v>
       </c>
       <c r="G741" s="2">
         <v>45962</v>
       </c>
       <c r="H741" s="1">
         <v>0.9375</v>
       </c>
       <c r="I741" t="s">
         <v>29</v>
       </c>
       <c r="J741" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="742" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="742" spans="1:10" ht="14.25">
       <c r="A742" s="2">
         <v>45936</v>
       </c>
       <c r="B742" t="s">
         <v>317</v>
       </c>
       <c r="C742" t="s">
         <v>1035</v>
       </c>
       <c r="D742" t="s">
         <v>1036</v>
       </c>
       <c r="E742" s="2">
         <v>45942</v>
       </c>
       <c r="F742" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G742" s="2">
         <v>45942</v>
       </c>
       <c r="H742" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="I742" t="s">
         <v>1037</v>
       </c>
       <c r="J742" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="743" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="743" spans="1:10" ht="14.25">
       <c r="A743" s="2">
         <v>45933</v>
       </c>
       <c r="B743" t="s">
         <v>196</v>
       </c>
       <c r="C743" t="s">
         <v>39</v>
       </c>
       <c r="D743" t="s">
         <v>1038</v>
       </c>
       <c r="E743" s="2">
         <v>45949</v>
       </c>
       <c r="F743" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G743" s="2">
         <v>45949</v>
       </c>
       <c r="H743" s="1">
         <v>0.625</v>
       </c>
       <c r="I743" t="s">
         <v>41</v>
       </c>
       <c r="J743" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="744" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="744" spans="1:10" ht="14.25">
       <c r="A744" s="2">
         <v>45933</v>
       </c>
       <c r="B744" t="s">
         <v>196</v>
       </c>
       <c r="C744" t="s">
         <v>1035</v>
       </c>
       <c r="D744" t="s">
         <v>1036</v>
       </c>
       <c r="E744" s="2">
         <v>45949</v>
       </c>
       <c r="F744" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G744" s="2">
         <v>45949</v>
       </c>
       <c r="H744" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="I744" t="s">
         <v>1037</v>
       </c>
       <c r="J744" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="745" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="745" spans="1:10" ht="14.25">
       <c r="A745" s="2">
         <v>45936</v>
       </c>
       <c r="B745" t="s">
         <v>196</v>
       </c>
       <c r="C745" t="s">
         <v>1039</v>
       </c>
       <c r="D745" t="s">
         <v>542</v>
       </c>
       <c r="E745" s="2">
         <v>46011</v>
       </c>
       <c r="F745" s="1">
         <v>0.29166666666666669</v>
       </c>
       <c r="G745" s="2">
         <v>46015</v>
       </c>
       <c r="H745" s="1">
         <v>0.33333333333333331</v>
       </c>
       <c r="I745" t="s">
         <v>380</v>
       </c>
       <c r="J745" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="746" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="746" spans="1:10" ht="14.25">
       <c r="A746" s="2">
         <v>45934</v>
       </c>
       <c r="B746" t="s">
         <v>211</v>
       </c>
       <c r="C746" t="s">
         <v>669</v>
       </c>
       <c r="D746" t="s">
         <v>670</v>
       </c>
       <c r="E746" s="2">
         <v>45962</v>
       </c>
       <c r="F746" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G746" s="2">
         <v>45963</v>
       </c>
       <c r="H746" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I746" t="s">
         <v>1040</v>
       </c>
       <c r="J746" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="747" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="747" spans="1:10" ht="14.25">
       <c r="A747" s="2">
         <v>45936</v>
       </c>
       <c r="B747" t="s">
         <v>211</v>
       </c>
       <c r="C747" t="s">
         <v>959</v>
       </c>
       <c r="D747" t="s">
         <v>567</v>
       </c>
       <c r="E747" s="2">
         <v>45961</v>
       </c>
       <c r="F747" s="1">
         <v>0.5</v>
       </c>
       <c r="G747" s="2">
         <v>45962</v>
       </c>
       <c r="H747" s="1">
         <v>0.125</v>
       </c>
       <c r="I747" t="s">
         <v>370</v>
       </c>
       <c r="J747" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="748" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="748" spans="1:10" ht="14.25">
       <c r="A748" s="2">
         <v>45937</v>
       </c>
       <c r="B748" t="s">
         <v>211</v>
       </c>
       <c r="C748" t="s">
         <v>296</v>
       </c>
       <c r="D748" t="s">
         <v>1041</v>
       </c>
       <c r="E748" s="2">
         <v>45968</v>
       </c>
       <c r="F748" s="1">
         <v>0.6875</v>
       </c>
       <c r="G748" s="2">
         <v>45968</v>
       </c>
       <c r="H748" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I748" t="s">
         <v>29</v>
       </c>
       <c r="J748" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="749" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="749" spans="1:10" ht="14.25">
       <c r="A749" s="2">
         <v>45937</v>
       </c>
       <c r="B749" t="s">
         <v>211</v>
       </c>
       <c r="C749" t="s">
         <v>1042</v>
       </c>
       <c r="D749" t="s">
         <v>788</v>
       </c>
       <c r="E749" s="2">
         <v>45955</v>
       </c>
       <c r="F749" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G749" s="2">
         <v>45956</v>
       </c>
       <c r="H749" s="1">
         <v>0.16666666666666666</v>
       </c>
       <c r="I749" t="s">
         <v>988</v>
       </c>
       <c r="J749" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="750" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="750" spans="1:10" ht="14.25">
       <c r="A750" s="2">
         <v>45938</v>
       </c>
       <c r="B750" t="s">
         <v>196</v>
       </c>
       <c r="C750" t="s">
         <v>1043</v>
       </c>
       <c r="D750" t="s">
         <v>595</v>
       </c>
       <c r="E750" s="2">
         <v>46023</v>
       </c>
       <c r="F750" s="1">
         <v>6.9444444444444447E-4</v>
       </c>
       <c r="G750" s="2">
         <v>46023</v>
       </c>
       <c r="H750" s="1">
         <v>0.20833333333333334</v>
       </c>
       <c r="I750" t="s">
         <v>988</v>
       </c>
       <c r="J750" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="751" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="751" spans="1:10" ht="14.25">
       <c r="A751" s="2">
         <v>45938</v>
       </c>
       <c r="B751" t="s">
         <v>211</v>
       </c>
       <c r="C751" t="s">
         <v>1042</v>
       </c>
       <c r="D751" t="s">
         <v>788</v>
       </c>
       <c r="E751" s="2">
         <v>45963</v>
       </c>
       <c r="F751" s="1">
         <v>6.9444444444444447E-4</v>
       </c>
       <c r="G751" s="2">
         <v>45963</v>
       </c>
       <c r="H751" s="1">
         <v>0.20833333333333334</v>
       </c>
       <c r="I751" t="s">
         <v>988</v>
       </c>
       <c r="J751" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="752" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="752" spans="1:10" ht="14.25">
       <c r="A752" s="2">
         <v>45938</v>
       </c>
       <c r="B752" t="s">
         <v>211</v>
       </c>
       <c r="C752" s="3" t="s">
         <v>83</v>
       </c>
       <c r="D752" t="s">
         <v>1044</v>
       </c>
       <c r="E752" s="2">
         <v>45967</v>
       </c>
       <c r="F752" s="1">
         <v>0.75</v>
       </c>
       <c r="G752" s="2">
         <v>45967</v>
       </c>
       <c r="H752" s="1">
         <v>0.875</v>
       </c>
       <c r="I752" t="s">
         <v>12</v>
       </c>
       <c r="J752" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="753" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="753" spans="1:10" ht="14.25">
       <c r="A753" s="2">
         <v>45940</v>
       </c>
       <c r="B753" t="s">
         <v>196</v>
       </c>
       <c r="C753" t="s">
         <v>823</v>
       </c>
       <c r="D753" t="s">
         <v>768</v>
       </c>
       <c r="E753" s="2">
         <v>45956</v>
       </c>
       <c r="F753" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G753" s="2">
         <v>45956</v>
       </c>
       <c r="H753" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I753" t="s">
         <v>275</v>
       </c>
       <c r="J753" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="754" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="754" spans="1:10" ht="14.25">
       <c r="A754" s="2">
         <v>45940</v>
       </c>
       <c r="B754" t="s">
         <v>196</v>
       </c>
       <c r="C754" t="s">
         <v>118</v>
       </c>
       <c r="D754" t="s">
         <v>413</v>
       </c>
       <c r="E754" s="2">
         <v>45955</v>
       </c>
       <c r="F754" s="1">
         <v>0.75</v>
       </c>
       <c r="G754" s="2">
         <v>45955</v>
       </c>
       <c r="H754" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I754" t="s">
         <v>29</v>
       </c>
       <c r="J754" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="755" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="755" spans="1:10" ht="14.25">
       <c r="A755" s="2">
         <v>45940</v>
       </c>
       <c r="B755" t="s">
         <v>196</v>
       </c>
       <c r="C755" t="s">
         <v>989</v>
       </c>
       <c r="D755" t="s">
         <v>990</v>
       </c>
       <c r="E755" s="2">
         <v>45955</v>
       </c>
       <c r="F755" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G755" s="2">
         <v>45956</v>
       </c>
       <c r="H755" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I755" t="s">
         <v>29</v>
       </c>
       <c r="J755" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="756" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="756" spans="1:10" ht="14.25">
       <c r="A756" s="2">
         <v>45942</v>
       </c>
       <c r="B756" t="s">
         <v>211</v>
       </c>
       <c r="C756" t="s">
         <v>1045</v>
       </c>
       <c r="D756" t="s">
         <v>1046</v>
       </c>
       <c r="E756" s="2">
         <v>45962</v>
       </c>
       <c r="F756" s="1">
         <v>0</v>
       </c>
       <c r="G756" s="2">
         <v>45963</v>
       </c>
       <c r="H756" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I756" t="s">
         <v>199</v>
       </c>
       <c r="J756" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="757" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="757" spans="1:10" ht="14.25">
       <c r="A757" s="2">
         <v>45942</v>
       </c>
       <c r="B757" t="s">
         <v>211</v>
       </c>
       <c r="C757" t="s">
         <v>1045</v>
       </c>
       <c r="D757" t="s">
         <v>1046</v>
       </c>
       <c r="E757" s="2">
         <v>45983</v>
       </c>
       <c r="F757" s="1">
         <v>0</v>
       </c>
       <c r="G757" s="2">
         <v>45984</v>
       </c>
       <c r="H757" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I757" t="s">
         <v>199</v>
       </c>
       <c r="J757" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="758" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="758" spans="1:10" ht="14.25">
       <c r="A758" s="2">
         <v>45943</v>
       </c>
       <c r="B758" t="s">
         <v>211</v>
       </c>
       <c r="C758" t="s">
         <v>220</v>
       </c>
       <c r="D758" t="s">
         <v>221</v>
       </c>
       <c r="E758" s="2">
         <v>45991</v>
       </c>
       <c r="F758" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G758" s="2">
         <v>45991</v>
       </c>
       <c r="H758" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I758" t="s">
         <v>79</v>
       </c>
       <c r="J758" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="759" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="759" spans="1:10" ht="14.25">
       <c r="A759" s="2">
         <v>45943</v>
       </c>
       <c r="B759" t="s">
         <v>317</v>
       </c>
       <c r="C759" t="s">
         <v>27</v>
       </c>
       <c r="D759" t="s">
         <v>455</v>
       </c>
       <c r="E759" s="2">
         <v>45952</v>
       </c>
       <c r="F759" s="1">
         <v>0.75</v>
       </c>
       <c r="G759" s="2">
         <v>45952</v>
       </c>
       <c r="H759" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I759" t="s">
         <v>79</v>
       </c>
       <c r="J759" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="760" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="760" spans="1:10" ht="14.25">
       <c r="A760" s="2">
         <v>45943</v>
       </c>
       <c r="B760" t="s">
         <v>196</v>
       </c>
       <c r="C760" t="s">
         <v>970</v>
       </c>
       <c r="D760" t="s">
         <v>971</v>
       </c>
       <c r="E760" s="2">
         <v>46011</v>
       </c>
       <c r="F760" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G760" s="2">
         <v>46011</v>
       </c>
       <c r="H760" s="1">
         <v>0.9375</v>
       </c>
       <c r="I760" t="s">
         <v>54</v>
       </c>
       <c r="J760" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="761" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="761" spans="1:10" ht="14.25">
       <c r="A761" s="2">
         <v>45944</v>
       </c>
       <c r="B761" t="s">
         <v>317</v>
       </c>
       <c r="C761" t="s">
         <v>1047</v>
       </c>
       <c r="D761" t="s">
         <v>1048</v>
       </c>
       <c r="E761" s="2">
         <v>45952</v>
       </c>
       <c r="F761" s="1">
         <v>0.5</v>
       </c>
       <c r="G761" s="2">
         <v>45956</v>
       </c>
       <c r="H761" s="1">
         <v>0.875</v>
       </c>
       <c r="I761" t="s">
         <v>12</v>
       </c>
       <c r="J761" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="762" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="762" spans="1:10" ht="14.25">
       <c r="A762" s="2">
         <v>45944</v>
       </c>
       <c r="B762" t="s">
         <v>317</v>
       </c>
       <c r="C762" t="s">
         <v>395</v>
       </c>
       <c r="D762" t="s">
         <v>722</v>
       </c>
       <c r="E762" s="2">
         <v>45955</v>
       </c>
       <c r="F762" s="1">
         <v>0.875</v>
       </c>
       <c r="G762" s="2">
         <v>45956</v>
       </c>
       <c r="H762" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I762" t="s">
         <v>109</v>
       </c>
       <c r="J762" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="763" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="763" spans="1:10" ht="14.25">
       <c r="A763" s="2">
         <v>45944</v>
       </c>
       <c r="B763" t="s">
         <v>196</v>
       </c>
       <c r="C763" t="s">
         <v>696</v>
       </c>
       <c r="D763" t="s">
         <v>523</v>
       </c>
       <c r="E763" s="2">
         <v>45955</v>
       </c>
       <c r="F763" s="1">
         <v>0</v>
       </c>
       <c r="G763" s="2">
         <v>45955</v>
       </c>
       <c r="H763" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I763" t="s">
         <v>370</v>
       </c>
       <c r="J763" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="764" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="764" spans="1:10" ht="14.25">
       <c r="A764" s="2">
         <v>45945</v>
       </c>
       <c r="B764" t="s">
         <v>196</v>
       </c>
       <c r="C764" t="s">
         <v>1049</v>
       </c>
       <c r="D764" t="s">
         <v>1050</v>
       </c>
       <c r="E764" s="2">
         <v>46016</v>
       </c>
       <c r="F764" s="1">
         <v>0</v>
       </c>
       <c r="G764" s="2">
         <v>46016</v>
       </c>
       <c r="H764" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I764" t="s">
         <v>988</v>
       </c>
       <c r="J764" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="765" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="765" spans="1:10" ht="14.25">
       <c r="A765" s="2">
         <v>45945</v>
       </c>
       <c r="B765" t="s">
         <v>211</v>
       </c>
       <c r="C765" t="s">
         <v>1051</v>
       </c>
       <c r="D765" t="s">
         <v>452</v>
       </c>
       <c r="E765" s="2">
         <v>45990</v>
       </c>
       <c r="F765" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G765" s="2">
         <v>45991</v>
       </c>
       <c r="H765" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I765" t="s">
         <v>1052</v>
       </c>
       <c r="J765" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="766" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="766" spans="1:10" ht="14.25">
       <c r="A766" s="2">
         <v>45945</v>
       </c>
       <c r="B766" t="s">
         <v>196</v>
       </c>
       <c r="C766" t="s">
         <v>1051</v>
       </c>
       <c r="D766" t="s">
         <v>452</v>
       </c>
       <c r="E766" s="2">
         <v>46000</v>
       </c>
       <c r="F766" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G766" s="2">
         <v>46004</v>
       </c>
       <c r="H766" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I766" t="s">
         <v>1053</v>
       </c>
       <c r="J766" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="767" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="767" spans="1:10" ht="14.25">
       <c r="A767" s="2">
         <v>45949</v>
       </c>
       <c r="B767" t="s">
         <v>317</v>
       </c>
       <c r="C767" t="s">
         <v>1054</v>
       </c>
       <c r="D767" t="s">
         <v>1055</v>
       </c>
       <c r="E767" s="2">
         <v>45961</v>
       </c>
       <c r="F767" s="1">
         <v>0.33333333333333331</v>
       </c>
       <c r="G767" s="2">
         <v>45964</v>
       </c>
       <c r="H767" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I767" t="s">
         <v>1056</v>
       </c>
       <c r="J767" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="768" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="768" spans="1:10" ht="14.25">
       <c r="A768" s="2">
         <v>45953</v>
       </c>
       <c r="B768" t="s">
         <v>196</v>
       </c>
       <c r="C768" t="s">
         <v>1057</v>
       </c>
       <c r="D768" t="s">
         <v>428</v>
       </c>
       <c r="E768" s="2">
         <v>45999</v>
       </c>
       <c r="F768" s="1">
         <v>0.625</v>
       </c>
       <c r="G768" s="2">
         <v>46004</v>
       </c>
       <c r="H768" s="1">
         <v>0.9375</v>
       </c>
       <c r="I768" t="s">
         <v>54</v>
       </c>
       <c r="J768" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="769" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="769" spans="1:10" ht="14.25">
       <c r="A769" s="2">
         <v>45951</v>
       </c>
       <c r="B769" t="s">
         <v>196</v>
       </c>
       <c r="C769" t="s">
         <v>286</v>
       </c>
       <c r="D769" t="s">
         <v>1058</v>
       </c>
       <c r="E769" s="2">
         <v>45990</v>
       </c>
       <c r="F769" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G769" s="2">
         <v>45990</v>
       </c>
       <c r="H769" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I769" t="s">
         <v>29</v>
       </c>
       <c r="J769" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="770" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="770" spans="1:10" ht="14.25">
       <c r="A770" s="2">
         <v>45951</v>
       </c>
       <c r="B770" t="s">
         <v>196</v>
       </c>
       <c r="C770" t="s">
         <v>1059</v>
       </c>
       <c r="D770" t="s">
         <v>1060</v>
       </c>
       <c r="E770" s="2">
         <v>45995</v>
       </c>
       <c r="F770" s="1" t="s">
         <v>1061</v>
       </c>
       <c r="G770" s="2">
         <v>45997</v>
       </c>
       <c r="H770" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I770" t="s">
         <v>79</v>
       </c>
       <c r="J770" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="771" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="771" spans="1:10" ht="14.25">
       <c r="A771" s="2">
         <v>45952</v>
       </c>
       <c r="B771" t="s">
         <v>196</v>
       </c>
       <c r="C771" t="s">
         <v>1062</v>
       </c>
       <c r="D771" t="s">
         <v>1063</v>
       </c>
       <c r="E771" s="2">
         <v>45975</v>
       </c>
       <c r="F771" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G771" s="2">
         <v>45975</v>
       </c>
       <c r="H771" s="1">
         <v>0.75</v>
       </c>
       <c r="I771" t="s">
         <v>54</v>
       </c>
       <c r="J771" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="772" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="772" spans="1:10" ht="14.25">
       <c r="A772" s="2">
         <v>45956</v>
       </c>
       <c r="B772" t="s">
         <v>317</v>
       </c>
       <c r="C772" t="s">
         <v>357</v>
       </c>
       <c r="D772" t="s">
         <v>1064</v>
       </c>
       <c r="E772" s="2">
         <v>45962</v>
       </c>
       <c r="F772" s="1">
         <v>0.54166666666666663</v>
       </c>
       <c r="G772" s="2">
         <v>45962</v>
       </c>
       <c r="H772" s="1">
         <v>0.4375</v>
       </c>
       <c r="I772" t="s">
         <v>54</v>
       </c>
       <c r="J772" t="s">
         <v>1065</v>
       </c>
     </row>
-    <row r="773" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="773" spans="1:10" ht="14.25">
       <c r="A773" s="2">
         <v>45957</v>
       </c>
       <c r="B773" t="s">
         <v>317</v>
       </c>
       <c r="C773" t="s">
         <v>1066</v>
       </c>
       <c r="D773" t="s">
         <v>1067</v>
       </c>
       <c r="E773" s="2">
         <v>45970</v>
       </c>
       <c r="F773" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G773" s="2">
         <v>45970</v>
       </c>
       <c r="H773" s="1">
         <v>0.5</v>
       </c>
       <c r="I773" t="s">
         <v>29</v>
       </c>
       <c r="J773" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="774" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="774" spans="1:10" ht="14.25">
       <c r="A774" s="2">
         <v>45955</v>
       </c>
       <c r="B774" t="s">
         <v>196</v>
       </c>
       <c r="C774" t="s">
         <v>159</v>
       </c>
       <c r="D774" t="s">
         <v>348</v>
       </c>
       <c r="E774" s="2">
         <v>45997</v>
       </c>
       <c r="F774" s="1">
         <v>0.52083333333333337</v>
       </c>
       <c r="G774" s="2">
         <v>45997</v>
       </c>
       <c r="H774" s="1">
         <v>0.6875</v>
       </c>
       <c r="I774" t="s">
         <v>54</v>
       </c>
       <c r="J774" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="775" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="775" spans="1:10" ht="14.25">
       <c r="A775" s="2">
         <v>45954</v>
       </c>
       <c r="B775" t="s">
         <v>317</v>
       </c>
       <c r="C775" t="s">
         <v>913</v>
       </c>
       <c r="D775" t="s">
         <v>914</v>
       </c>
       <c r="E775" s="2">
         <v>45969</v>
       </c>
       <c r="F775" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="G775" s="2">
         <v>45970</v>
       </c>
       <c r="H775" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I775" t="s">
         <v>54</v>
       </c>
       <c r="J775" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="776" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="776" spans="1:10" ht="14.25">
       <c r="A776" s="2">
         <v>45957</v>
       </c>
       <c r="B776" t="s">
         <v>196</v>
       </c>
       <c r="C776" t="s">
         <v>981</v>
       </c>
       <c r="D776" t="s">
         <v>961</v>
       </c>
       <c r="E776" s="2">
         <v>45968</v>
       </c>
       <c r="F776" s="1">
         <v>0.5</v>
       </c>
       <c r="G776" s="2">
         <v>45968</v>
       </c>
       <c r="H776" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I776" t="s">
         <v>54</v>
       </c>
       <c r="J776" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="777" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="777" spans="1:10" ht="14.25">
       <c r="A777" s="2">
         <v>45958</v>
       </c>
       <c r="B777" t="s">
         <v>196</v>
       </c>
       <c r="C777" t="s">
         <v>1000</v>
       </c>
       <c r="D777" t="s">
         <v>1001</v>
       </c>
       <c r="E777" s="2">
         <v>46081</v>
       </c>
       <c r="F777" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G777" s="2">
         <v>46081</v>
       </c>
       <c r="H777" s="1">
         <v>0.75</v>
       </c>
       <c r="I777" t="s">
         <v>54</v>
       </c>
       <c r="J777" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="778" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="778" spans="1:10" ht="14.25">
       <c r="A778" s="2">
         <v>45958</v>
       </c>
       <c r="B778" t="s">
         <v>317</v>
       </c>
       <c r="C778" t="s">
         <v>1068</v>
       </c>
       <c r="D778" t="s">
         <v>1069</v>
       </c>
       <c r="E778" s="2">
         <v>45966</v>
       </c>
       <c r="F778" s="1">
         <v>0.75</v>
       </c>
       <c r="G778" s="2">
         <v>45966</v>
       </c>
       <c r="H778" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I778" t="s">
         <v>54</v>
       </c>
       <c r="J778" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="779" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="779" spans="1:10" ht="14.25">
       <c r="A779" s="2">
         <v>45958</v>
       </c>
       <c r="B779" t="s">
         <v>196</v>
       </c>
       <c r="C779" t="s">
         <v>1070</v>
       </c>
       <c r="D779" t="s">
         <v>1071</v>
       </c>
       <c r="E779" s="2">
         <v>45984</v>
       </c>
       <c r="F779" s="1">
         <v>6.3194444444444442E-2</v>
       </c>
       <c r="G779" s="2">
         <v>45984</v>
       </c>
       <c r="H779" s="1">
         <v>0.20833333333333334</v>
       </c>
       <c r="I779" t="s">
         <v>54</v>
       </c>
       <c r="J779" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="780" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="780" spans="1:10" ht="14.25">
       <c r="A780" s="2">
         <v>45959</v>
       </c>
       <c r="B780" t="s">
         <v>196</v>
       </c>
       <c r="C780" t="s">
         <v>1072</v>
       </c>
       <c r="D780" t="s">
         <v>1073</v>
       </c>
       <c r="E780" s="2">
         <v>45983</v>
       </c>
       <c r="F780" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G780" s="2">
         <v>45983</v>
       </c>
       <c r="H780" s="1">
         <v>0.85416666666666663</v>
       </c>
       <c r="I780" t="s">
         <v>54</v>
       </c>
       <c r="J780" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="781" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="781" spans="1:10" ht="14.25">
       <c r="A781" s="2">
         <v>45960</v>
       </c>
       <c r="B781" t="s">
         <v>196</v>
       </c>
       <c r="C781" t="s">
         <v>580</v>
       </c>
       <c r="D781" t="s">
         <v>145</v>
       </c>
       <c r="E781" s="2">
         <v>46013</v>
       </c>
       <c r="F781" s="1">
         <v>0.29166666666666669</v>
       </c>
       <c r="G781" s="2">
         <v>45620</v>
       </c>
       <c r="H781" s="1">
         <v>0.33333333333333331</v>
       </c>
       <c r="I781" t="s">
         <v>54</v>
       </c>
       <c r="J781" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="782" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="782" spans="1:10" ht="14.25">
       <c r="A782" s="2">
         <v>45960</v>
       </c>
       <c r="B782" t="s">
         <v>196</v>
       </c>
       <c r="C782" t="s">
         <v>34</v>
       </c>
       <c r="D782" t="s">
         <v>1074</v>
       </c>
       <c r="E782" s="2">
         <v>45977</v>
       </c>
       <c r="F782" s="1">
         <v>0.5</v>
       </c>
       <c r="G782" s="2">
         <v>45977</v>
       </c>
       <c r="H782" s="1">
         <v>0.75</v>
       </c>
       <c r="I782" t="s">
         <v>54</v>
       </c>
       <c r="J782" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="783" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="783" spans="1:10" ht="14.25">
       <c r="A783" s="2">
         <v>45960</v>
       </c>
       <c r="B783" t="s">
         <v>196</v>
       </c>
       <c r="C783" t="s">
         <v>448</v>
       </c>
       <c r="D783" t="s">
         <v>550</v>
       </c>
       <c r="E783" s="2">
         <v>45982</v>
       </c>
       <c r="F783" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G783" s="2">
         <v>45982</v>
       </c>
       <c r="H783" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I783" t="s">
         <v>54</v>
       </c>
       <c r="J783" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="784" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="784" spans="1:10" ht="14.25">
       <c r="A784" s="2">
         <v>45961</v>
       </c>
       <c r="B784" t="s">
         <v>196</v>
       </c>
       <c r="C784" t="s">
         <v>39</v>
       </c>
       <c r="D784" t="s">
         <v>1075</v>
       </c>
       <c r="E784" s="2">
         <v>45977</v>
       </c>
       <c r="F784" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G784" s="2">
         <v>45977</v>
       </c>
       <c r="H784" s="1">
         <v>0.625</v>
       </c>
       <c r="I784" t="s">
         <v>41</v>
       </c>
       <c r="J784" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="785" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="785" spans="1:10" ht="14.25">
       <c r="A785" s="2">
         <v>45961</v>
       </c>
       <c r="B785" t="s">
         <v>196</v>
       </c>
       <c r="C785" t="s">
         <v>959</v>
       </c>
       <c r="D785" t="s">
         <v>567</v>
       </c>
       <c r="E785" s="2">
         <v>45990</v>
       </c>
       <c r="F785" s="1">
         <v>0.5</v>
       </c>
       <c r="G785" s="2">
         <v>45991</v>
       </c>
       <c r="H785" s="1">
         <v>0.125</v>
       </c>
       <c r="I785" t="s">
         <v>1076</v>
       </c>
       <c r="J785" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="786" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="786" spans="1:10" ht="14.25">
       <c r="A786" s="2">
         <v>45961</v>
       </c>
       <c r="B786" t="s">
         <v>196</v>
       </c>
       <c r="C786" t="s">
         <v>959</v>
       </c>
       <c r="D786" t="s">
         <v>567</v>
       </c>
       <c r="E786" s="2">
         <v>46015</v>
       </c>
       <c r="F786" s="1">
         <v>0.5</v>
       </c>
       <c r="G786" s="2">
         <v>46016</v>
       </c>
       <c r="H786" s="1">
         <v>6.25E-2</v>
       </c>
       <c r="I786" t="s">
         <v>1076</v>
       </c>
       <c r="J786" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="787" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="787" spans="1:10" ht="14.25">
       <c r="A787" s="2">
         <v>45961</v>
       </c>
       <c r="B787" t="s">
         <v>196</v>
       </c>
       <c r="C787" t="s">
         <v>959</v>
       </c>
       <c r="D787" t="s">
         <v>567</v>
       </c>
       <c r="E787" s="2">
         <v>46022</v>
       </c>
       <c r="F787" s="1">
         <v>0.5</v>
       </c>
       <c r="G787" s="2">
         <v>46023</v>
       </c>
       <c r="H787" s="1">
         <v>0.125</v>
       </c>
       <c r="I787" t="s">
         <v>1076</v>
       </c>
       <c r="J787" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="788" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="788" spans="1:10" ht="14.25">
       <c r="A788" s="2">
         <v>45961</v>
       </c>
       <c r="B788" t="s">
         <v>196</v>
       </c>
       <c r="C788" t="s">
         <v>1077</v>
       </c>
       <c r="D788" t="s">
         <v>1078</v>
       </c>
       <c r="E788" s="2">
         <v>45972</v>
       </c>
       <c r="F788" s="1">
         <v>0.75</v>
       </c>
       <c r="G788" s="2">
         <v>45972</v>
       </c>
       <c r="H788" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I788" t="s">
         <v>29</v>
       </c>
       <c r="J788" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="789" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="789" spans="1:10" ht="14.25">
       <c r="A789" s="2">
         <v>45961</v>
       </c>
       <c r="B789" t="s">
         <v>196</v>
       </c>
       <c r="C789" t="s">
         <v>471</v>
       </c>
       <c r="D789" t="s">
         <v>730</v>
       </c>
       <c r="E789" s="2">
         <v>45990</v>
       </c>
       <c r="F789" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G789" s="2">
         <v>45991</v>
       </c>
       <c r="H789" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I789" t="s">
         <v>1076</v>
       </c>
       <c r="J789" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="790" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="790" spans="1:10" ht="14.25">
       <c r="A790" s="2">
         <v>45965</v>
       </c>
       <c r="B790" t="s">
         <v>196</v>
       </c>
       <c r="C790" t="s">
         <v>77</v>
       </c>
       <c r="D790" t="s">
         <v>1079</v>
       </c>
       <c r="E790" s="2">
         <v>45989</v>
       </c>
       <c r="F790" s="1">
         <v>0.75</v>
       </c>
       <c r="G790" s="2">
         <v>45989</v>
       </c>
       <c r="H790" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I790" t="s">
         <v>29</v>
       </c>
       <c r="J790" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="791" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="791" spans="1:10" ht="14.25">
       <c r="A791" s="2">
         <v>45965</v>
       </c>
       <c r="B791" t="s">
         <v>196</v>
       </c>
       <c r="C791" t="s">
         <v>1080</v>
       </c>
       <c r="D791" t="s">
         <v>175</v>
       </c>
       <c r="E791" s="2">
         <v>45996</v>
       </c>
       <c r="F791" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G791" s="2">
         <v>45996</v>
       </c>
       <c r="H791" s="1">
         <v>0.5</v>
       </c>
       <c r="I791" t="s">
         <v>41</v>
       </c>
       <c r="J791" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="792" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="792" spans="1:10" ht="14.25">
       <c r="A792" s="2">
         <v>45965</v>
       </c>
       <c r="B792" t="s">
         <v>196</v>
       </c>
       <c r="C792" t="s">
         <v>1080</v>
       </c>
       <c r="D792" t="s">
         <v>175</v>
       </c>
       <c r="E792" s="2">
         <v>46003</v>
       </c>
       <c r="F792" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G792" s="2">
         <v>46003</v>
       </c>
       <c r="H792" s="1">
         <v>0.5</v>
       </c>
       <c r="I792" t="s">
         <v>41</v>
       </c>
       <c r="J792" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="793" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="793" spans="1:10" ht="14.25">
       <c r="A793" s="2">
         <v>45965</v>
       </c>
       <c r="B793" t="s">
         <v>196</v>
       </c>
       <c r="C793" t="s">
         <v>1080</v>
       </c>
       <c r="D793" t="s">
         <v>175</v>
       </c>
       <c r="E793" s="2">
         <v>46010</v>
       </c>
       <c r="F793" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G793" s="2">
         <v>46010</v>
       </c>
       <c r="H793" s="1">
         <v>0.5</v>
       </c>
       <c r="I793" t="s">
         <v>41</v>
       </c>
       <c r="J793" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="794" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="794" spans="1:10" ht="14.25">
       <c r="A794" s="2">
         <v>45965</v>
       </c>
       <c r="B794" t="s">
         <v>196</v>
       </c>
       <c r="C794" t="s">
         <v>1081</v>
       </c>
       <c r="D794" t="s">
         <v>1082</v>
       </c>
       <c r="E794" s="2">
         <v>46004</v>
       </c>
       <c r="F794" s="1">
         <v>0.60416666666666663</v>
       </c>
       <c r="G794" s="2">
         <v>46004</v>
       </c>
       <c r="H794" s="1">
         <v>0.6875</v>
       </c>
       <c r="I794" t="s">
         <v>47</v>
       </c>
       <c r="J794" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="795" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="795" spans="1:10" ht="14.25">
       <c r="A795" s="2">
         <v>45965</v>
       </c>
       <c r="B795" t="s">
         <v>196</v>
       </c>
       <c r="C795" t="s">
         <v>1083</v>
       </c>
       <c r="D795" t="s">
         <v>1084</v>
       </c>
       <c r="E795" s="2">
         <v>46006</v>
       </c>
       <c r="F795" s="1">
         <v>0.29166666666666669</v>
       </c>
       <c r="G795" s="2">
         <v>46011</v>
       </c>
       <c r="H795" s="1">
         <v>0.375</v>
       </c>
       <c r="I795" t="s">
         <v>146</v>
       </c>
       <c r="J795" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="796" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="796" spans="1:10" ht="14.25">
       <c r="A796" s="2">
         <v>45965</v>
       </c>
       <c r="B796" t="s">
         <v>196</v>
       </c>
       <c r="C796" t="s">
         <v>1083</v>
       </c>
       <c r="D796" t="s">
         <v>1084</v>
       </c>
       <c r="E796" s="2">
         <v>46013</v>
       </c>
       <c r="F796" s="1">
         <v>0.29166666666666669</v>
       </c>
       <c r="G796" s="2">
         <v>46015</v>
       </c>
       <c r="H796" s="1">
         <v>0.375</v>
       </c>
       <c r="I796" t="s">
         <v>146</v>
       </c>
       <c r="J796" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="797" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="797" spans="1:10" ht="14.25">
       <c r="A797" s="2">
         <v>45966</v>
       </c>
       <c r="B797" t="s">
         <v>235</v>
       </c>
       <c r="C797" t="s">
         <v>773</v>
       </c>
       <c r="D797" t="s">
         <v>1085</v>
       </c>
       <c r="E797" s="2">
         <v>45983</v>
       </c>
       <c r="F797" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G797" s="2">
         <v>45983</v>
       </c>
       <c r="H797" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I797" t="s">
         <v>29</v>
       </c>
       <c r="J797" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="798" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="798" spans="1:10" ht="14.25">
       <c r="A798" s="2">
         <v>45967</v>
       </c>
       <c r="B798" t="s">
         <v>196</v>
       </c>
       <c r="C798" t="s">
         <v>1086</v>
       </c>
       <c r="D798" t="s">
         <v>1087</v>
       </c>
       <c r="E798" s="2">
         <v>46137</v>
       </c>
       <c r="F798" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G798" s="2">
         <v>46137</v>
       </c>
       <c r="H798" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I798" t="s">
         <v>29</v>
       </c>
       <c r="J798" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="799" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="799" spans="1:10" ht="14.25">
       <c r="A799" s="2">
         <v>45967</v>
       </c>
       <c r="B799" t="s">
         <v>196</v>
       </c>
       <c r="C799" t="s">
         <v>1088</v>
       </c>
       <c r="D799" t="s">
         <v>53</v>
       </c>
       <c r="E799" s="2">
         <v>46012</v>
       </c>
       <c r="F799" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="G799" s="2">
         <v>46012</v>
       </c>
       <c r="H799" s="1">
         <v>0.16666666666666666</v>
       </c>
       <c r="I799" t="s">
         <v>275</v>
       </c>
       <c r="J799" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="800" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="800" spans="1:10" ht="14.25">
       <c r="A800" s="2">
         <v>45967</v>
       </c>
       <c r="B800" t="s">
         <v>196</v>
       </c>
       <c r="C800" t="s">
         <v>1054</v>
       </c>
       <c r="D800" t="s">
         <v>1089</v>
       </c>
       <c r="E800" s="2">
         <v>45989</v>
       </c>
       <c r="F800" s="1">
         <v>0.33333333333333331</v>
       </c>
       <c r="G800" s="2">
         <v>45992</v>
       </c>
       <c r="H800" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I800" t="s">
         <v>1056</v>
       </c>
       <c r="J800" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="801" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="801" spans="1:10" ht="14.25">
       <c r="A801" s="2">
         <v>45968</v>
       </c>
       <c r="B801" t="s">
         <v>196</v>
       </c>
       <c r="C801" t="s">
         <v>1090</v>
       </c>
       <c r="D801" t="s">
         <v>1091</v>
       </c>
       <c r="E801" s="2">
         <v>46010</v>
       </c>
       <c r="F801" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G801" s="2">
         <v>46015</v>
       </c>
       <c r="H801" s="1">
         <v>0.6875</v>
       </c>
       <c r="I801" t="s">
         <v>29</v>
       </c>
       <c r="J801" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="802" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="802" spans="1:10" ht="14.25">
       <c r="A802" s="2">
         <v>45970</v>
       </c>
       <c r="B802" t="s">
         <v>196</v>
       </c>
       <c r="C802" t="s">
         <v>1092</v>
       </c>
       <c r="D802" t="s">
         <v>1093</v>
       </c>
       <c r="E802" s="2">
         <v>45990</v>
       </c>
       <c r="F802" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G802" s="2">
         <v>45990</v>
       </c>
       <c r="H802" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I802" t="s">
         <v>79</v>
       </c>
       <c r="J802" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="803" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="803" spans="1:10" ht="14.25">
       <c r="A803" s="2">
         <v>45971</v>
       </c>
       <c r="B803" t="s">
         <v>196</v>
       </c>
       <c r="C803" t="s">
         <v>113</v>
       </c>
       <c r="D803" t="s">
         <v>1094</v>
       </c>
       <c r="E803" s="2">
         <v>45990</v>
       </c>
       <c r="F803" s="1">
         <v>0.75</v>
       </c>
       <c r="G803" s="2">
         <v>45990</v>
       </c>
       <c r="H803" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I803" t="s">
         <v>47</v>
       </c>
       <c r="J803" t="s">
         <v>1095</v>
       </c>
     </row>
-    <row r="804" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="804" spans="1:10" ht="14.25">
       <c r="A804" s="2">
         <v>45971</v>
       </c>
       <c r="B804" t="s">
         <v>235</v>
       </c>
       <c r="C804" t="s">
         <v>113</v>
       </c>
       <c r="D804" t="s">
         <v>1094</v>
       </c>
       <c r="E804" s="2">
         <v>46022</v>
       </c>
       <c r="F804" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G804" s="2">
         <v>46023</v>
       </c>
       <c r="H804" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I804" t="s">
         <v>1096</v>
       </c>
       <c r="J804" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="805" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="805" spans="1:10" ht="14.25">
       <c r="A805" s="2">
         <v>45972</v>
       </c>
       <c r="B805" t="s">
         <v>196</v>
       </c>
       <c r="C805" t="s">
         <v>1097</v>
       </c>
       <c r="D805" t="s">
         <v>1098</v>
       </c>
       <c r="E805" s="2">
         <v>45988</v>
       </c>
       <c r="F805" s="1">
         <v>0.6875</v>
       </c>
       <c r="G805" s="2">
         <v>45988</v>
       </c>
       <c r="H805" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="I805" t="s">
         <v>109</v>
       </c>
       <c r="J805" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="806" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="806" spans="1:10" ht="14.25">
       <c r="A806" s="2">
         <v>45973</v>
       </c>
       <c r="B806" t="s">
         <v>235</v>
       </c>
       <c r="C806" t="s">
         <v>1099</v>
       </c>
       <c r="D806" t="s">
         <v>1100</v>
       </c>
       <c r="E806" s="2">
         <v>45991</v>
       </c>
       <c r="F806" s="1">
         <v>0.47916666666666669</v>
       </c>
       <c r="G806" s="2">
         <v>45991</v>
       </c>
       <c r="H806" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I806" t="s">
         <v>1056</v>
       </c>
       <c r="J806" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="807" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="807" spans="1:10" ht="14.25">
       <c r="A807" s="2">
         <v>45973</v>
       </c>
       <c r="B807" t="s">
         <v>196</v>
       </c>
       <c r="C807" t="s">
         <v>1101</v>
       </c>
       <c r="D807" t="s">
         <v>1102</v>
       </c>
       <c r="E807" s="2">
         <v>46001</v>
       </c>
       <c r="F807" s="1">
         <v>0.5</v>
       </c>
       <c r="G807" s="2">
         <v>46003</v>
       </c>
       <c r="H807" s="1">
         <v>1.0416666666666666E-2</v>
       </c>
       <c r="I807" t="s">
         <v>1056</v>
       </c>
       <c r="J807" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="808" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="808" spans="1:10" ht="14.25">
       <c r="A808" s="2">
         <v>45973</v>
       </c>
       <c r="B808" t="s">
         <v>196</v>
       </c>
       <c r="C808" t="s">
         <v>1017</v>
       </c>
       <c r="D808" t="s">
         <v>1102</v>
       </c>
       <c r="E808" s="2">
         <v>46061</v>
       </c>
       <c r="F808" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G808" s="2">
         <v>46062</v>
       </c>
       <c r="H808" s="1">
         <v>0.16666666666666666</v>
       </c>
       <c r="I808" t="s">
         <v>1056</v>
       </c>
       <c r="J808" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="809" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="809" spans="1:10" ht="14.25">
       <c r="A809" s="2">
         <v>45973</v>
       </c>
       <c r="B809" t="s">
         <v>196</v>
       </c>
       <c r="C809" t="s">
         <v>749</v>
       </c>
       <c r="D809" t="s">
         <v>1103</v>
       </c>
       <c r="E809" s="2">
         <v>45989</v>
       </c>
       <c r="F809" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="G809" s="2">
         <v>45990</v>
       </c>
       <c r="H809" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I809" t="s">
         <v>1096</v>
       </c>
       <c r="J809" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="810" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="810" spans="1:10" ht="14.25">
       <c r="A810" s="2">
         <v>45973</v>
       </c>
       <c r="B810" t="s">
         <v>196</v>
       </c>
       <c r="C810" t="s">
         <v>230</v>
       </c>
       <c r="D810" t="s">
         <v>400</v>
       </c>
       <c r="E810" s="2">
         <v>45997</v>
       </c>
       <c r="F810" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G810" s="2">
         <v>45997</v>
       </c>
       <c r="H810" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I810" t="s">
         <v>29</v>
       </c>
       <c r="J810" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="811" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="811" spans="1:10" ht="14.25">
       <c r="A811" s="2">
         <v>45973</v>
       </c>
       <c r="B811" t="s">
         <v>317</v>
       </c>
       <c r="C811" t="s">
         <v>1104</v>
       </c>
       <c r="D811" t="s">
         <v>1089</v>
       </c>
       <c r="E811" s="2">
         <v>45982</v>
       </c>
       <c r="F811" s="1">
         <v>0.33333333333333331</v>
       </c>
       <c r="G811" s="2">
         <v>45985</v>
       </c>
       <c r="H811" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I811" t="s">
         <v>16</v>
       </c>
       <c r="J811" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="812" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="812" spans="1:10" ht="14.25">
       <c r="A812" s="2">
         <v>45974</v>
       </c>
       <c r="B812" t="s">
         <v>196</v>
       </c>
       <c r="C812" t="s">
         <v>30</v>
       </c>
       <c r="D812" t="s">
         <v>459</v>
       </c>
       <c r="E812" s="2">
         <v>45990</v>
       </c>
       <c r="F812" s="1">
         <v>0.75</v>
       </c>
       <c r="G812" s="2">
         <v>45990</v>
       </c>
       <c r="H812" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="I812" t="s">
         <v>1105</v>
       </c>
       <c r="J812" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="813" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="813" spans="1:10" ht="14.25">
       <c r="A813" s="2">
         <v>45974</v>
       </c>
       <c r="B813" t="s">
         <v>196</v>
       </c>
       <c r="C813" t="s">
         <v>714</v>
       </c>
       <c r="D813" t="s">
         <v>715</v>
       </c>
       <c r="E813" s="2">
         <v>45996</v>
       </c>
       <c r="F813" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G813" s="2">
         <v>45996</v>
       </c>
       <c r="H813" s="1">
         <v>0.95763888888888893</v>
       </c>
       <c r="I813" t="s">
         <v>216</v>
       </c>
       <c r="J813" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="814" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="814" spans="1:10" ht="14.25">
       <c r="A814" s="2">
         <v>45975</v>
       </c>
       <c r="B814" t="s">
         <v>317</v>
       </c>
       <c r="C814" t="s">
         <v>1106</v>
       </c>
       <c r="D814" t="s">
         <v>1107</v>
       </c>
       <c r="E814" s="2">
         <v>45984</v>
       </c>
       <c r="F814" s="1">
         <v>0</v>
       </c>
       <c r="G814" s="2">
         <v>45984</v>
       </c>
       <c r="H814" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I814" t="s">
         <v>16</v>
       </c>
       <c r="J814" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="815" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="815" spans="1:10" ht="14.25">
       <c r="A815" s="2">
         <v>45975</v>
       </c>
       <c r="B815" t="s">
         <v>196</v>
       </c>
       <c r="C815" t="s">
         <v>1108</v>
       </c>
       <c r="D815" t="s">
         <v>1109</v>
       </c>
       <c r="E815" s="2">
         <v>45998</v>
       </c>
       <c r="F815" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G815" s="2">
         <v>45998</v>
       </c>
       <c r="H815" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I815" t="s">
         <v>109</v>
       </c>
       <c r="J815" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="816" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="816" spans="1:10" ht="14.25">
       <c r="A816" s="2">
         <v>45975</v>
       </c>
       <c r="B816" t="s">
         <v>196</v>
       </c>
       <c r="C816" t="s">
         <v>1110</v>
       </c>
       <c r="D816" t="s">
         <v>1111</v>
       </c>
       <c r="E816" s="2">
         <v>46067</v>
       </c>
       <c r="F816" s="1">
         <v>0.8125</v>
       </c>
       <c r="G816" s="2">
         <v>46067</v>
       </c>
       <c r="H816" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="I816" t="s">
         <v>1096</v>
       </c>
       <c r="J816" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="817" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="817" spans="1:10" ht="14.25">
       <c r="A817" s="2">
         <v>45975</v>
       </c>
       <c r="B817" t="s">
         <v>196</v>
       </c>
       <c r="C817" t="s">
         <v>408</v>
       </c>
       <c r="D817" t="s">
         <v>1112</v>
       </c>
       <c r="E817" s="2">
         <v>45998</v>
       </c>
       <c r="F817" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G817" s="2">
         <v>45998</v>
       </c>
       <c r="H817" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I817" t="s">
         <v>109</v>
       </c>
       <c r="J817" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="818" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="818" spans="1:10" ht="14.25">
       <c r="A818" s="2">
         <v>45975</v>
       </c>
       <c r="B818" t="s">
         <v>317</v>
       </c>
       <c r="C818" t="s">
         <v>1113</v>
       </c>
       <c r="D818" t="s">
         <v>1111</v>
       </c>
       <c r="E818" s="2">
         <v>45989</v>
       </c>
       <c r="F818" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G818" s="2">
         <v>45991</v>
       </c>
       <c r="H818" s="1">
         <v>0.72916666666666663</v>
       </c>
       <c r="I818" t="s">
         <v>1096</v>
       </c>
       <c r="J818" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="819" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="819" spans="1:10" ht="14.25">
       <c r="A819" s="2">
         <v>45975</v>
       </c>
       <c r="B819" t="s">
         <v>196</v>
       </c>
       <c r="C819" t="s">
         <v>159</v>
       </c>
       <c r="D819" t="s">
         <v>1114</v>
       </c>
       <c r="E819" s="2">
         <v>45997</v>
       </c>
       <c r="F819" s="1">
         <v>0.54166666666666663</v>
       </c>
       <c r="G819" s="2">
         <v>45997</v>
       </c>
       <c r="H819" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I819" t="s">
         <v>79</v>
       </c>
       <c r="J819" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="820" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="820" spans="1:10" ht="14.25">
       <c r="A820" s="2">
         <v>45976</v>
       </c>
       <c r="B820" t="s">
         <v>317</v>
       </c>
       <c r="C820" t="s">
         <v>351</v>
       </c>
       <c r="D820" t="s">
         <v>1115</v>
       </c>
       <c r="E820" s="2">
         <v>45986</v>
       </c>
       <c r="F820" s="1">
         <v>0.75</v>
       </c>
       <c r="G820" s="2">
         <v>45682</v>
       </c>
       <c r="H820" s="1">
         <v>0.875</v>
       </c>
       <c r="I820" t="s">
         <v>216</v>
       </c>
       <c r="J820" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="821" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="821" spans="1:10" ht="14.25">
       <c r="A821" s="2">
         <v>45976</v>
       </c>
       <c r="B821" t="s">
         <v>196</v>
       </c>
       <c r="C821" t="s">
         <v>1116</v>
       </c>
       <c r="D821" t="s">
         <v>1117</v>
       </c>
       <c r="E821" s="2">
         <v>45990</v>
       </c>
       <c r="F821" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G821" s="2">
         <v>45991</v>
       </c>
       <c r="H821" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I821" s="9" t="s">
         <v>1118</v>
       </c>
       <c r="J821" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="822" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="822" spans="1:10" ht="14.25">
       <c r="A822" s="2">
         <v>45978</v>
       </c>
       <c r="B822" t="s">
         <v>196</v>
       </c>
       <c r="C822" t="s">
         <v>1119</v>
       </c>
       <c r="D822" t="s">
         <v>1120</v>
       </c>
       <c r="E822" s="2">
         <v>46003</v>
       </c>
       <c r="F822" s="1">
         <v>0.33333333333333331</v>
       </c>
       <c r="G822" s="2">
         <v>46003</v>
       </c>
       <c r="H822" s="1">
         <v>0</v>
       </c>
       <c r="I822" t="s">
         <v>1096</v>
       </c>
       <c r="J822" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="823" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="823" spans="1:10" ht="14.25">
       <c r="A823" s="2">
         <v>45978</v>
       </c>
       <c r="B823" t="s">
         <v>196</v>
       </c>
       <c r="C823" t="s">
         <v>1121</v>
       </c>
       <c r="D823" t="s">
         <v>1122</v>
       </c>
       <c r="E823" s="2">
         <v>46065</v>
       </c>
       <c r="F823" s="1">
         <v>0.75</v>
       </c>
       <c r="G823" s="18">
         <v>46066</v>
       </c>
       <c r="H823" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I823" t="s">
         <v>1096</v>
       </c>
       <c r="J823" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="824" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="824" spans="1:10" ht="14.25">
       <c r="A824" s="17" t="s">
         <v>1123</v>
       </c>
       <c r="B824" t="s">
         <v>317</v>
       </c>
       <c r="C824" t="s">
         <v>395</v>
       </c>
       <c r="D824" t="s">
         <v>1124</v>
       </c>
       <c r="E824" s="16" t="s">
         <v>1125</v>
       </c>
       <c r="F824" s="1">
         <v>0.875</v>
       </c>
       <c r="G824" s="19" t="s">
         <v>1126</v>
       </c>
       <c r="H824" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I824" t="s">
         <v>1127</v>
       </c>
       <c r="J824" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="825" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="825" spans="1:10" ht="14.25">
       <c r="A825" s="17" t="s">
         <v>1128</v>
       </c>
       <c r="B825" t="s">
         <v>235</v>
       </c>
       <c r="C825" t="s">
         <v>1000</v>
       </c>
       <c r="D825" t="s">
         <v>1001</v>
       </c>
       <c r="E825" s="2">
         <v>46012</v>
       </c>
       <c r="F825" s="1">
         <v>0.5</v>
       </c>
       <c r="G825" s="19" t="s">
         <v>1129</v>
       </c>
       <c r="H825" s="1">
         <v>0.875</v>
       </c>
       <c r="I825" t="s">
         <v>1127</v>
       </c>
       <c r="J825" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="826" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="826" spans="1:10" ht="14.25">
       <c r="A826" s="18" t="s">
         <v>1130</v>
       </c>
       <c r="B826" t="s">
         <v>316</v>
       </c>
       <c r="C826" t="s">
         <v>1000</v>
       </c>
       <c r="D826" t="s">
         <v>1001</v>
       </c>
       <c r="E826" s="19" t="s">
         <v>1131</v>
       </c>
       <c r="F826" s="1">
         <v>0.5</v>
       </c>
       <c r="G826" s="19" t="s">
         <v>1131</v>
       </c>
       <c r="H826" s="1">
         <v>0.875</v>
       </c>
       <c r="I826" t="s">
         <v>79</v>
       </c>
       <c r="J826" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="827" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="827" spans="1:10" ht="14.25">
       <c r="A827" s="2">
         <v>45978</v>
       </c>
       <c r="B827" t="s">
         <v>317</v>
       </c>
       <c r="C827" t="s">
         <v>1132</v>
       </c>
       <c r="D827" t="s">
         <v>1133</v>
       </c>
       <c r="E827" s="2">
         <v>45990</v>
       </c>
       <c r="F827" s="1">
         <v>0</v>
       </c>
       <c r="G827" s="2">
         <v>45991</v>
       </c>
       <c r="H827" s="1">
         <v>0.125</v>
       </c>
       <c r="J827" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="828" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="828" spans="1:10" ht="14.25">
       <c r="A828" s="2">
         <v>45979</v>
       </c>
       <c r="B828" t="s">
         <v>196</v>
       </c>
       <c r="C828" t="s">
         <v>592</v>
       </c>
       <c r="D828" t="s">
         <v>1134</v>
       </c>
       <c r="E828" s="2">
         <v>46023</v>
       </c>
       <c r="F828" s="1">
         <v>6.25E-2</v>
       </c>
       <c r="G828" s="2">
         <v>46023</v>
       </c>
       <c r="H828" s="1">
         <v>0.125</v>
       </c>
       <c r="I828" t="s">
         <v>1096</v>
       </c>
       <c r="J828" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="829" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="829" spans="1:10" ht="14.25">
       <c r="A829" s="2">
         <v>45980</v>
       </c>
       <c r="B829" t="s">
         <v>235</v>
       </c>
       <c r="C829" t="s">
         <v>954</v>
       </c>
       <c r="D829" t="s">
         <v>1135</v>
       </c>
       <c r="E829" s="2">
         <v>46012</v>
       </c>
       <c r="F829" s="1">
         <v>0</v>
       </c>
       <c r="G829" s="2">
         <v>46377</v>
       </c>
       <c r="H829" s="1">
         <v>0.125</v>
       </c>
       <c r="I829" t="s">
         <v>1096</v>
       </c>
       <c r="J829" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="830" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="830" spans="1:10" ht="14.25">
       <c r="A830" s="2">
         <v>45980</v>
       </c>
       <c r="B830" t="s">
         <v>317</v>
       </c>
       <c r="C830" t="s">
         <v>395</v>
       </c>
       <c r="D830" t="s">
         <v>1124</v>
       </c>
       <c r="E830" s="2">
         <v>45990</v>
       </c>
       <c r="F830" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G830" s="2">
         <v>45991</v>
       </c>
       <c r="H830" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I830" t="s">
         <v>1127</v>
       </c>
       <c r="J830" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="831" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="831" spans="1:10" ht="14.25">
       <c r="A831" s="2">
         <v>45980</v>
       </c>
       <c r="B831" t="s">
         <v>196</v>
       </c>
       <c r="C831" t="s">
         <v>1000</v>
       </c>
       <c r="D831" t="s">
         <v>1136</v>
       </c>
       <c r="E831" s="2">
         <v>46088</v>
       </c>
       <c r="F831" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G831" s="2">
         <v>46088</v>
       </c>
       <c r="H831" s="1">
         <v>0.75</v>
       </c>
       <c r="I831" t="s">
         <v>79</v>
       </c>
       <c r="J831" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="832" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="832" spans="1:10" ht="14.25">
       <c r="A832" s="2">
         <v>45982</v>
       </c>
       <c r="B832" t="s">
         <v>196</v>
       </c>
       <c r="C832" t="s">
         <v>1137</v>
       </c>
       <c r="D832" t="s">
         <v>607</v>
       </c>
       <c r="E832" s="2">
         <v>46016</v>
       </c>
       <c r="F832" s="1">
         <v>0.33333333333333331</v>
       </c>
       <c r="G832" s="2">
         <v>46016</v>
       </c>
       <c r="H832" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I832" t="s">
         <v>356</v>
       </c>
       <c r="J832" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="833" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="833" spans="1:10" ht="14.25">
       <c r="A833" s="2">
         <v>45983</v>
       </c>
       <c r="B833" t="s">
         <v>317</v>
       </c>
       <c r="C833" t="s">
         <v>77</v>
       </c>
       <c r="D833" t="s">
         <v>1138</v>
       </c>
       <c r="E833" s="2">
         <v>45995</v>
       </c>
       <c r="F833" s="1">
         <v>0.75</v>
       </c>
       <c r="G833" s="2">
         <v>45995</v>
       </c>
       <c r="H833" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I833" t="s">
         <v>1096</v>
       </c>
       <c r="J833" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="834" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="834" spans="1:10" ht="14.25">
       <c r="A834" s="2">
         <v>45984</v>
       </c>
       <c r="B834" t="s">
         <v>317</v>
       </c>
       <c r="C834" t="s">
         <v>220</v>
       </c>
       <c r="D834" t="s">
         <v>221</v>
       </c>
       <c r="E834" s="2">
         <v>45996</v>
       </c>
       <c r="F834" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G834" s="2">
         <v>45996</v>
       </c>
       <c r="H834" s="1">
         <v>0.98958333333333337</v>
       </c>
       <c r="I834" t="s">
         <v>79</v>
       </c>
       <c r="J834" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="835" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="835" spans="1:10" ht="14.25">
       <c r="A835" s="2">
         <v>45985</v>
       </c>
       <c r="B835" t="s">
         <v>196</v>
       </c>
       <c r="C835" s="2" t="s">
         <v>1139</v>
       </c>
       <c r="D835" s="2" t="s">
         <v>1140</v>
       </c>
       <c r="E835" s="2">
         <v>46016</v>
       </c>
       <c r="F835" s="1">
         <v>0.375</v>
       </c>
       <c r="G835" s="2">
         <v>46016</v>
       </c>
       <c r="H835" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I835" t="s">
         <v>356</v>
       </c>
       <c r="J835" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="836" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="836" spans="1:10" ht="14.25">
       <c r="A836" s="2">
         <v>45985</v>
       </c>
       <c r="B836" t="s">
         <v>317</v>
       </c>
       <c r="C836" t="s">
         <v>1141</v>
       </c>
       <c r="D836" t="s">
         <v>1142</v>
       </c>
       <c r="E836" s="2">
         <v>45998</v>
       </c>
       <c r="F836" s="1">
         <v>0.625</v>
       </c>
       <c r="G836" s="2">
         <v>45998</v>
       </c>
       <c r="H836" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I836" t="s">
         <v>1127</v>
       </c>
       <c r="J836" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="837" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="837" spans="1:10" ht="14.25">
       <c r="A837" s="2">
         <v>45985</v>
       </c>
       <c r="B837" t="s">
         <v>317</v>
       </c>
       <c r="C837" t="s">
         <v>773</v>
       </c>
       <c r="D837" t="s">
         <v>1085</v>
       </c>
       <c r="E837" s="2">
         <v>45999</v>
       </c>
       <c r="F837" s="1">
         <v>0.52083333333333337</v>
       </c>
       <c r="G837" s="2">
         <v>45999</v>
       </c>
       <c r="H837" s="1">
         <v>0.75</v>
       </c>
       <c r="I837" t="s">
         <v>79</v>
       </c>
       <c r="J837" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="838" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="838" spans="1:10" ht="14.25">
       <c r="A838" s="2">
         <v>45985</v>
       </c>
       <c r="B838" t="s">
         <v>196</v>
       </c>
       <c r="C838" t="s">
         <v>83</v>
       </c>
       <c r="D838" t="s">
         <v>37</v>
       </c>
       <c r="E838" s="2">
         <v>46004</v>
       </c>
       <c r="F838" s="1">
         <v>0.4375</v>
       </c>
       <c r="G838" s="2">
         <v>46004</v>
       </c>
       <c r="H838" s="1">
         <v>0.64583333333333337</v>
       </c>
       <c r="I838" t="s">
         <v>79</v>
       </c>
       <c r="J838" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="839" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="839" spans="1:10" ht="14.25">
       <c r="A839" s="2">
         <v>45986</v>
       </c>
       <c r="B839" t="s">
         <v>196</v>
       </c>
       <c r="C839" t="s">
         <v>34</v>
       </c>
       <c r="D839" t="s">
         <v>1143</v>
       </c>
       <c r="E839" s="2">
         <v>46022</v>
       </c>
       <c r="F839" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G839" s="2">
         <v>46023</v>
       </c>
       <c r="H839" s="1">
         <v>0.52083333333333337</v>
       </c>
       <c r="I839" t="s">
         <v>79</v>
       </c>
       <c r="J839" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="840" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="840" spans="1:10" ht="14.25">
       <c r="A840" s="2">
         <v>45987</v>
       </c>
       <c r="B840" t="s">
         <v>317</v>
       </c>
       <c r="C840" t="s">
         <v>1144</v>
       </c>
       <c r="D840" t="s">
         <v>326</v>
       </c>
       <c r="E840" s="2">
         <v>45998</v>
       </c>
       <c r="F840" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G840" s="2">
         <v>45998</v>
       </c>
       <c r="H840" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I840" t="s">
         <v>187</v>
       </c>
       <c r="J840" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="841" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="841" spans="1:10" ht="14.25">
       <c r="A841" s="2">
         <v>45987</v>
       </c>
       <c r="B841" t="s">
         <v>196</v>
       </c>
       <c r="C841" t="s">
         <v>1145</v>
       </c>
       <c r="D841" t="s">
         <v>221</v>
       </c>
       <c r="E841" s="2">
         <v>46005</v>
       </c>
       <c r="F841" s="1">
         <v>0.5</v>
       </c>
       <c r="G841" s="2">
         <v>46005</v>
       </c>
       <c r="H841" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I841" t="s">
         <v>187</v>
       </c>
       <c r="J841" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="842" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="842" spans="1:10" ht="14.25">
       <c r="A842" s="2">
         <v>45987</v>
       </c>
       <c r="B842" t="s">
         <v>317</v>
       </c>
       <c r="C842" t="s">
         <v>408</v>
       </c>
       <c r="D842" t="s">
         <v>1016</v>
       </c>
       <c r="E842" s="2">
         <v>45998</v>
       </c>
       <c r="F842" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G842" s="2">
         <v>45998</v>
       </c>
       <c r="H842" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="I842" t="s">
         <v>187</v>
       </c>
       <c r="J842" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="843" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="843" spans="1:10" ht="14.25">
       <c r="A843" s="2">
         <v>45987</v>
       </c>
       <c r="B843" t="s">
         <v>317</v>
       </c>
       <c r="C843" t="s">
         <v>985</v>
       </c>
       <c r="D843" t="s">
         <v>1133</v>
       </c>
       <c r="E843" s="2">
         <v>45997</v>
       </c>
       <c r="F843" s="1">
         <v>0</v>
       </c>
       <c r="G843" s="2">
         <v>45998</v>
       </c>
       <c r="H843" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I843" t="s">
         <v>1096</v>
       </c>
       <c r="J843" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="844" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="844" spans="1:10" ht="14.25">
       <c r="A844" s="2">
         <v>45989</v>
       </c>
       <c r="B844" t="s">
         <v>196</v>
       </c>
       <c r="C844" t="s">
         <v>959</v>
       </c>
       <c r="D844" t="s">
         <v>567</v>
       </c>
       <c r="E844" s="2">
         <v>46010</v>
       </c>
       <c r="F844" s="1">
         <v>12</v>
       </c>
       <c r="G844" s="2">
         <v>46011</v>
       </c>
       <c r="H844" s="1">
         <v>0.125</v>
       </c>
       <c r="I844" t="s">
         <v>1146</v>
       </c>
       <c r="J844" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="845" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="845" spans="1:10" ht="14.25">
       <c r="A845" s="2">
         <v>45989</v>
       </c>
       <c r="B845" t="s">
         <v>196</v>
       </c>
       <c r="C845" t="s">
         <v>1147</v>
       </c>
       <c r="D845" t="s">
         <v>1046</v>
       </c>
       <c r="E845" s="2">
         <v>46011</v>
       </c>
       <c r="F845" s="1">
         <v>0</v>
       </c>
       <c r="G845" s="2">
         <v>46012</v>
       </c>
       <c r="H845" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I845" t="s">
         <v>1148</v>
       </c>
       <c r="J845" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="846" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="846" spans="1:10" ht="14.25">
       <c r="A846" s="2">
         <v>45991</v>
       </c>
       <c r="B846" t="s">
         <v>196</v>
       </c>
       <c r="C846" t="s">
         <v>1149</v>
       </c>
       <c r="D846" t="s">
         <v>1150</v>
       </c>
       <c r="E846" s="2">
         <v>46012</v>
       </c>
       <c r="F846" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G846" s="2">
         <v>46012</v>
       </c>
       <c r="H846" s="1">
         <v>0.625</v>
       </c>
       <c r="I846" t="s">
         <v>187</v>
       </c>
       <c r="J846" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="847" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="847" spans="1:10" ht="14.25">
       <c r="A847" s="2">
         <v>45992</v>
       </c>
       <c r="B847" t="s">
         <v>317</v>
       </c>
       <c r="C847" t="s">
         <v>185</v>
       </c>
       <c r="D847" t="s">
         <v>1151</v>
       </c>
       <c r="E847" s="2">
         <v>46004</v>
       </c>
       <c r="F847" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G847" s="2">
         <v>46004</v>
       </c>
       <c r="H847" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="I847" t="s">
         <v>187</v>
       </c>
       <c r="J847" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="848" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="848" spans="1:10" ht="14.25">
       <c r="A848" s="2">
         <v>45993</v>
       </c>
       <c r="B848" t="s">
         <v>196</v>
       </c>
       <c r="C848" t="s">
         <v>30</v>
       </c>
       <c r="D848" t="s">
         <v>31</v>
       </c>
       <c r="E848" s="2">
         <v>46032</v>
       </c>
       <c r="F848" s="1">
         <v>0.75</v>
       </c>
       <c r="G848" s="2">
         <v>46032</v>
       </c>
       <c r="H848" s="1">
         <v>0.99930555555555556</v>
       </c>
       <c r="I848" t="s">
         <v>1152</v>
       </c>
       <c r="J848" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="849" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="849" spans="1:10" ht="14.25">
       <c r="A849" s="2">
         <v>45993</v>
       </c>
       <c r="B849" t="s">
         <v>196</v>
       </c>
       <c r="C849" t="s">
         <v>1153</v>
       </c>
       <c r="D849" t="s">
         <v>1154</v>
       </c>
       <c r="E849" s="2">
         <v>46011</v>
       </c>
       <c r="F849" s="1">
         <v>0</v>
       </c>
       <c r="G849" s="2">
         <v>46011</v>
       </c>
       <c r="H849" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I849" t="s">
         <v>79</v>
       </c>
       <c r="J849" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="850" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="850" spans="1:10" ht="14.25">
       <c r="A850" s="2">
         <v>45994</v>
       </c>
       <c r="B850" t="s">
         <v>196</v>
       </c>
       <c r="C850" t="s">
         <v>1155</v>
       </c>
       <c r="D850" t="s">
         <v>1025</v>
       </c>
       <c r="E850" s="2">
         <v>46022</v>
       </c>
       <c r="F850" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="G850" s="2">
         <v>46023</v>
       </c>
       <c r="H850" s="1">
         <v>6.25E-2</v>
       </c>
       <c r="I850" t="s">
         <v>29</v>
       </c>
       <c r="J850" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="851" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="851" spans="1:10" ht="14.25">
       <c r="A851" s="2">
         <v>45994</v>
       </c>
       <c r="B851" t="s">
         <v>196</v>
       </c>
       <c r="C851" t="s">
         <v>339</v>
       </c>
       <c r="D851" t="s">
         <v>1156</v>
       </c>
       <c r="E851" s="2">
         <v>46011</v>
       </c>
       <c r="F851" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G851" s="2">
         <v>46011</v>
       </c>
       <c r="H851" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="I851" t="s">
         <v>79</v>
       </c>
       <c r="J851" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="852" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="852" spans="1:10" ht="14.25">
       <c r="A852" s="2">
         <v>45994</v>
       </c>
       <c r="B852" t="s">
         <v>196</v>
       </c>
       <c r="C852" t="s">
         <v>652</v>
       </c>
       <c r="D852" t="s">
         <v>653</v>
       </c>
       <c r="E852" s="2">
         <v>46022</v>
       </c>
       <c r="F852" s="1">
         <v>0.97986111111111107</v>
       </c>
       <c r="G852" s="2">
         <v>46022</v>
       </c>
       <c r="H852" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I852" t="s">
         <v>109</v>
       </c>
       <c r="J852" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="853" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="853" spans="1:10" ht="14.25">
       <c r="A853" s="2">
         <v>45994</v>
       </c>
       <c r="B853" t="s">
         <v>196</v>
       </c>
       <c r="C853" t="s">
         <v>1157</v>
       </c>
       <c r="D853" t="s">
         <v>1158</v>
       </c>
       <c r="E853" s="2">
         <v>46016</v>
       </c>
       <c r="F853" s="1">
         <v>0.75</v>
       </c>
       <c r="G853" s="2">
         <v>46016</v>
       </c>
       <c r="H853" s="1">
         <v>0</v>
       </c>
       <c r="I853" t="s">
         <v>79</v>
       </c>
       <c r="J853" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="854" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="854" spans="1:10" ht="14.25">
       <c r="A854" s="2">
         <v>45994</v>
       </c>
       <c r="B854" t="s">
         <v>196</v>
       </c>
       <c r="C854" t="s">
         <v>1157</v>
       </c>
       <c r="D854" t="s">
         <v>1158</v>
       </c>
       <c r="E854" s="2">
         <v>46022</v>
       </c>
       <c r="F854" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="G854" s="2">
         <v>45658</v>
       </c>
       <c r="H854" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I854" t="s">
         <v>1096</v>
       </c>
       <c r="J854" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="855" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="855" spans="1:10" ht="14.25">
       <c r="A855" s="2">
         <v>45995</v>
       </c>
       <c r="B855" t="s">
         <v>317</v>
       </c>
       <c r="C855" t="s">
         <v>1159</v>
       </c>
       <c r="D855" t="s">
         <v>1160</v>
       </c>
       <c r="E855" s="2">
         <v>46004</v>
       </c>
       <c r="F855" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G855" s="2">
         <v>46004</v>
       </c>
       <c r="H855" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I855" t="s">
         <v>79</v>
       </c>
       <c r="J855" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="856" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="856" spans="1:10" ht="14.25">
       <c r="A856" s="2">
         <v>45995</v>
       </c>
       <c r="B856" t="s">
         <v>196</v>
       </c>
       <c r="C856" t="s">
         <v>1161</v>
       </c>
       <c r="D856" t="s">
         <v>573</v>
       </c>
       <c r="E856" s="2">
         <v>46022</v>
       </c>
       <c r="F856" s="1">
         <v>0</v>
       </c>
       <c r="G856" s="2">
         <v>46023</v>
       </c>
       <c r="H856" s="1">
         <v>0.16666666666666666</v>
       </c>
       <c r="I856" t="s">
         <v>79</v>
       </c>
       <c r="J856" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="857" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="857" spans="1:10" ht="14.25">
       <c r="A857" s="2">
         <v>45996</v>
       </c>
       <c r="B857" t="s">
         <v>196</v>
       </c>
       <c r="C857" t="s">
         <v>1162</v>
       </c>
       <c r="D857" t="s">
         <v>1163</v>
       </c>
       <c r="E857" s="2">
         <v>46012</v>
       </c>
       <c r="F857" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G857" s="2">
         <v>46012</v>
       </c>
       <c r="H857" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I857" t="s">
         <v>1096</v>
       </c>
       <c r="J857" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="858" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="858" spans="1:10" ht="14.25">
       <c r="A858" s="2">
         <v>45996</v>
       </c>
       <c r="B858" t="s">
         <v>317</v>
       </c>
       <c r="C858" t="s">
         <v>1164</v>
       </c>
       <c r="D858" t="s">
         <v>1165</v>
       </c>
       <c r="E858" s="2">
         <v>46010</v>
       </c>
       <c r="F858" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G858" s="2">
         <v>46013</v>
       </c>
       <c r="H858" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I858" t="s">
         <v>1152</v>
       </c>
       <c r="J858" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="859" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="859" spans="1:10" ht="14.25">
       <c r="A859" s="2">
         <v>45996</v>
       </c>
       <c r="B859" t="s">
         <v>317</v>
       </c>
       <c r="C859" t="s">
         <v>1054</v>
       </c>
       <c r="D859" t="s">
         <v>1089</v>
       </c>
       <c r="E859" s="2">
         <v>46004</v>
       </c>
       <c r="F859" s="1">
         <v>0.75</v>
       </c>
       <c r="G859" s="2">
         <v>46005</v>
       </c>
       <c r="H859" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I859" t="s">
         <v>16</v>
       </c>
       <c r="J859" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="860" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="860" spans="1:10" ht="14.25">
       <c r="A860" s="2">
         <v>45996</v>
       </c>
       <c r="B860" t="s">
         <v>196</v>
       </c>
       <c r="C860" t="s">
         <v>1166</v>
       </c>
       <c r="D860" t="s">
         <v>1167</v>
       </c>
       <c r="E860" s="2">
         <v>46022</v>
       </c>
       <c r="F860" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G860" s="2">
         <v>46023</v>
       </c>
       <c r="H860" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I860" t="s">
         <v>16</v>
       </c>
       <c r="J860" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="861" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="861" spans="1:10" ht="14.25">
       <c r="A861" s="2">
         <v>45999</v>
       </c>
       <c r="B861" t="s">
         <v>196</v>
       </c>
       <c r="C861" t="s">
         <v>1054</v>
       </c>
       <c r="D861" t="s">
         <v>1089</v>
       </c>
       <c r="E861" s="2">
         <v>46011</v>
       </c>
       <c r="F861" s="1">
         <v>0.5</v>
       </c>
       <c r="G861" s="2">
         <v>46018</v>
       </c>
       <c r="H861" t="s">
         <v>1168</v>
       </c>
       <c r="I861" t="s">
         <v>16</v>
       </c>
       <c r="J861" t="s">
         <v>158</v>
       </c>
     </row>
-    <row r="862" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="862" spans="1:10" ht="14.25">
       <c r="A862" s="2">
         <v>45999</v>
       </c>
       <c r="B862" t="s">
         <v>196</v>
       </c>
       <c r="C862" t="s">
         <v>1169</v>
       </c>
       <c r="D862" t="s">
         <v>1170</v>
       </c>
       <c r="E862" s="2">
         <v>46015</v>
       </c>
       <c r="F862" s="1">
         <v>0.33333333333333331</v>
       </c>
       <c r="G862" s="2">
         <v>46015</v>
       </c>
       <c r="H862" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I862" t="s">
         <v>380</v>
       </c>
       <c r="J862" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="863" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="863" spans="1:10" ht="14.25">
       <c r="A863" s="2">
         <v>46000</v>
       </c>
       <c r="B863" t="s">
         <v>317</v>
       </c>
       <c r="C863" t="s">
         <v>1171</v>
       </c>
       <c r="D863" t="s">
         <v>904</v>
       </c>
       <c r="E863" s="2">
         <v>46008</v>
       </c>
       <c r="F863" s="1">
         <v>0</v>
       </c>
       <c r="G863" s="2">
         <v>46008</v>
       </c>
       <c r="H863" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I863" t="s">
         <v>1172</v>
       </c>
       <c r="J863" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="864" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="864" spans="1:10" ht="14.25">
       <c r="A864" s="2">
         <v>46000</v>
       </c>
       <c r="B864" t="s">
         <v>317</v>
       </c>
       <c r="C864" t="s">
         <v>1173</v>
       </c>
       <c r="D864" t="s">
         <v>1174</v>
       </c>
       <c r="E864" s="2">
         <v>46013</v>
       </c>
       <c r="F864" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G864" s="2">
         <v>46018</v>
       </c>
       <c r="H864" s="1">
         <v>0.125</v>
       </c>
       <c r="I864" t="s">
         <v>380</v>
       </c>
       <c r="J864" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="865" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="865" spans="1:10" ht="14.25">
       <c r="A865" s="2">
         <v>46000</v>
       </c>
       <c r="B865" t="s">
         <v>235</v>
       </c>
       <c r="C865" t="s">
         <v>1173</v>
       </c>
       <c r="D865" t="s">
         <v>1175</v>
       </c>
       <c r="E865" s="2">
         <v>46020</v>
       </c>
       <c r="F865" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G865" s="2">
         <v>46026</v>
       </c>
       <c r="H865" s="1">
         <v>0.125</v>
       </c>
       <c r="I865" t="s">
         <v>380</v>
       </c>
       <c r="J865" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="866" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="866" spans="1:10" ht="14.25">
       <c r="A866" s="2">
         <v>46000</v>
       </c>
       <c r="B866" t="s">
         <v>196</v>
       </c>
       <c r="C866" t="s">
         <v>1176</v>
       </c>
       <c r="D866" t="s">
         <v>655</v>
       </c>
       <c r="E866" s="2">
         <v>46016</v>
       </c>
       <c r="F866" s="1">
         <v>0.29166666666666669</v>
       </c>
       <c r="G866" s="2">
         <v>46022</v>
       </c>
       <c r="H866" s="1">
         <v>0</v>
       </c>
       <c r="I866" t="s">
         <v>380</v>
       </c>
       <c r="J866" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="867" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="867" spans="1:10" ht="14.25">
       <c r="A867" s="2">
         <v>46002</v>
       </c>
       <c r="B867" t="s">
         <v>196</v>
       </c>
       <c r="C867" t="s">
         <v>664</v>
       </c>
       <c r="D867" t="s">
         <v>1177</v>
       </c>
       <c r="E867" s="2">
         <v>46016</v>
       </c>
       <c r="F867" s="1">
         <v>0.33333333333333331</v>
       </c>
       <c r="G867" s="2">
         <v>46016</v>
       </c>
       <c r="H867" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I867" t="s">
         <v>380</v>
       </c>
       <c r="J867" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="868" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="868" spans="1:10" ht="14.25">
       <c r="A868" s="2">
         <v>46003</v>
       </c>
       <c r="B868" t="s">
         <v>317</v>
       </c>
       <c r="C868" t="s">
         <v>1178</v>
       </c>
       <c r="D868" t="s">
         <v>1179</v>
       </c>
       <c r="E868" s="2">
         <v>46016</v>
       </c>
       <c r="F868" s="1">
         <v>0.41666666666666669</v>
       </c>
       <c r="G868" s="2">
         <v>46022</v>
       </c>
       <c r="H868" s="1">
         <v>0</v>
       </c>
       <c r="I868" t="s">
         <v>380</v>
       </c>
       <c r="J868" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="869" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="869" spans="1:10" ht="14.25">
       <c r="A869" s="2">
         <v>46003</v>
       </c>
       <c r="B869" t="s">
         <v>196</v>
       </c>
       <c r="C869" t="s">
         <v>985</v>
       </c>
       <c r="D869" t="s">
         <v>1133</v>
       </c>
       <c r="E869" s="2">
         <v>46022</v>
       </c>
       <c r="F869" s="1">
         <v>0</v>
       </c>
       <c r="G869" s="2">
         <v>46023</v>
       </c>
       <c r="H869" s="1">
         <v>0.125</v>
       </c>
       <c r="I869" t="s">
         <v>1180</v>
       </c>
       <c r="J869" t="s">
         <v>1181</v>
       </c>
     </row>
-    <row r="870" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="870" spans="1:10" ht="14.25">
       <c r="A870" s="2">
         <v>46005</v>
       </c>
       <c r="B870" t="s">
         <v>196</v>
       </c>
       <c r="C870" t="s">
         <v>1042</v>
       </c>
       <c r="D870" t="s">
         <v>1182</v>
       </c>
       <c r="E870" s="2">
         <v>46023</v>
       </c>
       <c r="F870" s="1">
         <v>6.9444444444444447E-4</v>
       </c>
       <c r="G870" s="2">
         <v>46023</v>
       </c>
       <c r="H870" s="1">
         <v>0.14583333333333334</v>
       </c>
       <c r="I870" t="s">
         <v>29</v>
       </c>
       <c r="J870" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="871" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="871" spans="1:10" ht="14.25">
       <c r="A871" s="2">
         <v>46008</v>
       </c>
       <c r="B871" t="s">
         <v>317</v>
       </c>
       <c r="C871" t="s">
         <v>1183</v>
       </c>
       <c r="D871" t="s">
         <v>1184</v>
       </c>
       <c r="E871" s="2">
         <v>46022</v>
       </c>
       <c r="F871" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G871" s="2">
         <v>46023</v>
       </c>
       <c r="H871" s="1">
         <v>0.125</v>
       </c>
       <c r="I871" t="s">
         <v>16</v>
       </c>
       <c r="J871" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="872" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="872" spans="1:10" ht="14.25">
       <c r="A872" s="2">
         <v>46008</v>
       </c>
       <c r="B872" t="s">
         <v>317</v>
       </c>
       <c r="C872" t="s">
         <v>1054</v>
       </c>
       <c r="D872" t="s">
         <v>1089</v>
       </c>
       <c r="E872" s="2">
         <v>46018</v>
       </c>
       <c r="F872" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G872" s="2">
         <v>46023</v>
       </c>
       <c r="H872" t="s">
         <v>1185</v>
       </c>
       <c r="I872" t="s">
         <v>16</v>
       </c>
       <c r="J872" t="s">
         <v>1181</v>
       </c>
     </row>
-    <row r="873" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="873" spans="1:10" ht="14.25">
       <c r="A873" s="2">
         <v>46012</v>
       </c>
       <c r="B873" t="s">
         <v>317</v>
       </c>
       <c r="C873" t="s">
         <v>129</v>
       </c>
       <c r="D873" t="s">
         <v>1186</v>
       </c>
       <c r="E873" s="2">
         <v>46022</v>
       </c>
       <c r="F873" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G873" s="2">
         <v>46023</v>
       </c>
       <c r="H873" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I873" t="s">
         <v>54</v>
       </c>
       <c r="J873" t="s">
         <v>1181</v>
       </c>
     </row>
-    <row r="874" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="874" spans="1:10" ht="14.25">
       <c r="A874" s="2">
         <v>46020</v>
       </c>
       <c r="B874" t="s">
         <v>235</v>
       </c>
       <c r="C874" t="s">
         <v>118</v>
       </c>
       <c r="D874" t="s">
         <v>413</v>
       </c>
       <c r="E874" s="2">
         <v>46039</v>
       </c>
       <c r="F874" s="1">
         <v>0.75</v>
       </c>
       <c r="G874" s="2">
         <v>46039</v>
       </c>
       <c r="H874" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I874" t="s">
         <v>54</v>
       </c>
       <c r="J874" t="s">
         <v>1181</v>
       </c>
     </row>
-    <row r="875" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="875" spans="1:10" ht="14.25">
       <c r="A875" s="2">
         <v>46020</v>
       </c>
       <c r="B875" t="s">
         <v>235</v>
       </c>
       <c r="C875" t="s">
         <v>118</v>
       </c>
       <c r="D875" t="s">
         <v>413</v>
       </c>
       <c r="E875" s="2">
         <v>46053</v>
       </c>
       <c r="F875" s="1">
         <v>0.75</v>
       </c>
       <c r="G875" s="2">
         <v>46053</v>
       </c>
       <c r="H875" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I875" t="s">
         <v>54</v>
       </c>
       <c r="J875" t="s">
         <v>1181</v>
       </c>
     </row>
-    <row r="876" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="876" spans="1:10" ht="14.25">
       <c r="A876" s="2">
         <v>46020</v>
       </c>
       <c r="B876" t="s">
         <v>235</v>
       </c>
       <c r="C876" t="s">
         <v>118</v>
       </c>
       <c r="D876" t="s">
         <v>413</v>
       </c>
       <c r="E876" s="2">
         <v>46060</v>
       </c>
       <c r="F876" s="1">
         <v>0.75</v>
       </c>
       <c r="G876" s="2">
         <v>46060</v>
       </c>
       <c r="H876" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I876" t="s">
         <v>54</v>
       </c>
       <c r="J876" t="s">
         <v>1181</v>
       </c>
     </row>
-    <row r="877" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="877" spans="1:10" ht="14.25">
       <c r="A877" s="2">
         <v>46023</v>
       </c>
       <c r="B877" t="s">
         <v>235</v>
       </c>
       <c r="C877" t="s">
         <v>970</v>
       </c>
       <c r="D877" t="s">
         <v>1111</v>
       </c>
       <c r="E877" s="2">
         <v>46137</v>
       </c>
       <c r="F877" s="1">
         <v>0.8125</v>
       </c>
       <c r="G877" s="2">
         <v>46137</v>
       </c>
       <c r="H877" s="1">
         <v>0.97916666666666663</v>
       </c>
       <c r="I877" t="s">
         <v>1096</v>
       </c>
       <c r="J877" t="s">
         <v>1181</v>
       </c>
     </row>
-    <row r="878" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="878" spans="1:10" ht="14.25">
       <c r="A878" s="2">
         <v>46024</v>
       </c>
       <c r="B878" t="s">
         <v>196</v>
       </c>
       <c r="C878" t="s">
         <v>69</v>
       </c>
       <c r="D878" t="s">
         <v>1187</v>
       </c>
       <c r="E878" s="2">
         <v>46061</v>
       </c>
       <c r="F878" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="G878" s="2">
         <v>46062</v>
       </c>
       <c r="H878" s="1">
         <v>0.20833333333333334</v>
       </c>
       <c r="I878" t="s">
         <v>1188</v>
       </c>
       <c r="J878" t="s">
         <v>1181</v>
       </c>
     </row>
-    <row r="879" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="879" spans="1:10" ht="14.25">
       <c r="A879" s="2">
         <v>46028</v>
       </c>
       <c r="B879" t="s">
         <v>317</v>
       </c>
       <c r="C879" t="s">
         <v>1189</v>
       </c>
       <c r="D879" t="s">
         <v>1190</v>
       </c>
       <c r="E879" s="2">
         <v>46036</v>
       </c>
       <c r="F879" s="1">
         <v>0.33333333333333331</v>
       </c>
       <c r="G879" s="2">
         <v>46073</v>
       </c>
       <c r="H879" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I879" t="s">
         <v>576</v>
       </c>
       <c r="J879" t="s">
         <v>1181</v>
       </c>
     </row>
-    <row r="880" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="880" spans="1:10" ht="14.25">
       <c r="A880" s="2">
         <v>46029</v>
       </c>
       <c r="B880" t="s">
         <v>196</v>
       </c>
       <c r="C880" t="s">
         <v>1191</v>
       </c>
       <c r="D880" t="s">
         <v>112</v>
       </c>
       <c r="E880" s="2">
         <v>46067</v>
       </c>
       <c r="F880" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G880" s="2">
         <v>46067</v>
       </c>
       <c r="H880" s="1">
         <v>0.9375</v>
       </c>
       <c r="I880" t="s">
         <v>79</v>
       </c>
       <c r="J880" t="s">
         <v>1181</v>
       </c>
     </row>
-    <row r="881" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="881" spans="1:10" ht="14.25">
       <c r="A881" s="2">
         <v>46027</v>
       </c>
       <c r="B881" t="s">
         <v>196</v>
       </c>
       <c r="C881" t="s">
         <v>220</v>
       </c>
       <c r="D881" t="s">
         <v>221</v>
       </c>
       <c r="E881" s="2">
         <v>46067</v>
       </c>
       <c r="F881" s="1">
         <v>0.75</v>
       </c>
       <c r="G881" s="2">
         <v>46067</v>
       </c>
       <c r="H881" s="1">
         <v>0</v>
       </c>
       <c r="I881" t="s">
         <v>1192</v>
       </c>
       <c r="J881" t="s">
         <v>1181</v>
       </c>
     </row>
-    <row r="882" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="882" spans="1:10" ht="14.25">
       <c r="A882" s="2">
         <v>45665</v>
       </c>
       <c r="B882" t="s">
         <v>317</v>
       </c>
       <c r="C882" t="s">
         <v>1189</v>
       </c>
       <c r="D882" t="s">
         <v>1190</v>
       </c>
       <c r="E882" s="2">
         <v>46044</v>
       </c>
       <c r="F882" s="1">
         <v>0.33333333333333331</v>
       </c>
       <c r="G882" s="2">
         <v>46050</v>
       </c>
       <c r="H882" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I882" t="s">
         <v>356</v>
       </c>
       <c r="J882" t="s">
         <v>1181</v>
       </c>
     </row>
-    <row r="883" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="883" spans="1:10" ht="14.25">
       <c r="A883" s="2">
         <v>45665</v>
       </c>
       <c r="B883" t="s">
         <v>196</v>
       </c>
       <c r="C883" t="s">
         <v>1193</v>
       </c>
       <c r="D883" t="s">
         <v>961</v>
       </c>
       <c r="E883" s="2">
         <v>46050</v>
       </c>
       <c r="F883" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G883" s="2">
         <v>46050</v>
       </c>
       <c r="H883" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I883" t="s">
         <v>187</v>
       </c>
       <c r="J883" t="s">
         <v>1181</v>
       </c>
     </row>
-    <row r="884" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="884" spans="1:10" ht="14.25">
       <c r="A884" s="2">
         <v>45665</v>
       </c>
       <c r="B884" t="s">
         <v>317</v>
       </c>
       <c r="C884" t="s">
         <v>39</v>
       </c>
       <c r="D884" t="s">
         <v>1194</v>
       </c>
       <c r="E884" s="2">
         <v>46040</v>
       </c>
       <c r="F884" s="1">
         <v>0.39583333333333331</v>
       </c>
       <c r="G884" s="2">
         <v>46040</v>
       </c>
       <c r="H884" s="1">
         <v>0.625</v>
       </c>
       <c r="I884" t="s">
         <v>356</v>
       </c>
       <c r="J884" t="s">
         <v>1181</v>
       </c>
     </row>
-    <row r="885" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="885" spans="1:10" ht="14.25">
       <c r="A885" s="2">
         <v>46035</v>
       </c>
       <c r="B885" t="s">
         <v>235</v>
       </c>
       <c r="C885" t="s">
         <v>201</v>
       </c>
       <c r="D885" t="s">
         <v>1195</v>
       </c>
       <c r="E885" s="2">
         <v>46200</v>
       </c>
       <c r="F885" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G885" s="2">
         <v>46200</v>
       </c>
       <c r="H885" s="1">
         <v>0.875</v>
       </c>
       <c r="I885" t="s">
         <v>1196</v>
       </c>
       <c r="J885" t="s">
         <v>1181</v>
       </c>
     </row>
-    <row r="886" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="886" spans="1:10" ht="14.25">
       <c r="A886" s="2">
         <v>46035</v>
       </c>
       <c r="B886" t="s">
         <v>235</v>
       </c>
       <c r="C886" t="s">
         <v>132</v>
       </c>
       <c r="D886" s="2" t="s">
         <v>1197</v>
       </c>
       <c r="E886" s="2">
         <v>46067</v>
       </c>
       <c r="F886" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="G886" s="2">
         <v>46068</v>
       </c>
       <c r="H886" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I886" t="s">
         <v>54</v>
       </c>
       <c r="J886" t="s">
         <v>1181</v>
       </c>
     </row>
-    <row r="887" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="887" spans="1:10" ht="14.25">
       <c r="A887" s="2">
         <v>46036</v>
       </c>
       <c r="B887" t="s">
         <v>196</v>
       </c>
       <c r="C887" t="s">
         <v>1189</v>
       </c>
       <c r="D887" t="s">
         <v>1190</v>
       </c>
       <c r="E887" s="2">
         <v>46052</v>
       </c>
       <c r="F887" s="1">
         <v>0.375</v>
       </c>
       <c r="G887" s="2">
         <v>46058</v>
       </c>
       <c r="H887" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I887" t="s">
         <v>356</v>
       </c>
       <c r="J887" t="s">
         <v>1181</v>
       </c>
     </row>
-    <row r="888" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="888" spans="1:10" ht="14.25">
       <c r="A888" s="2">
         <v>46036</v>
       </c>
       <c r="B888" t="s">
         <v>196</v>
       </c>
       <c r="C888" t="s">
         <v>1045</v>
       </c>
       <c r="D888" t="s">
         <v>1046</v>
       </c>
       <c r="E888" s="2">
         <v>46053</v>
       </c>
       <c r="F888" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G888" s="2">
         <v>46054</v>
       </c>
       <c r="H888" s="1">
         <v>0</v>
       </c>
       <c r="I888" t="s">
         <v>1198</v>
       </c>
       <c r="J888" t="s">
         <v>1181</v>
       </c>
     </row>
-    <row r="889" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="889" spans="1:10" ht="14.25">
       <c r="A889" s="2">
         <v>46036</v>
       </c>
       <c r="B889" t="s">
         <v>235</v>
       </c>
       <c r="C889" t="s">
         <v>1199</v>
       </c>
       <c r="D889" t="s">
         <v>37</v>
       </c>
       <c r="E889" s="2">
         <v>46101</v>
       </c>
       <c r="F889" s="1">
         <v>0.64583333333333337</v>
       </c>
       <c r="G889" s="2">
         <v>46102</v>
       </c>
       <c r="H889" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I889" t="s">
         <v>79</v>
       </c>
       <c r="J889" t="s">
         <v>1181</v>
       </c>
     </row>
-    <row r="890" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="890" spans="1:10" ht="14.25">
       <c r="A890" s="2">
         <v>46036</v>
       </c>
       <c r="B890" t="s">
         <v>235</v>
       </c>
       <c r="C890" t="s">
         <v>1199</v>
       </c>
       <c r="D890" t="s">
         <v>37</v>
       </c>
       <c r="E890" s="2">
         <v>46059</v>
       </c>
       <c r="F890" s="1">
         <v>0.72916666666666663</v>
       </c>
       <c r="G890" s="2">
         <v>46059</v>
       </c>
       <c r="H890" s="1">
         <v>0.91666666666666663</v>
       </c>
       <c r="I890" t="s">
         <v>79</v>
       </c>
       <c r="J890" t="s">
         <v>1181</v>
       </c>
     </row>
-    <row r="891" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="891" spans="1:10" ht="14.25">
       <c r="A891" s="2">
         <v>46036</v>
       </c>
       <c r="B891" t="s">
         <v>235</v>
       </c>
       <c r="C891" t="s">
         <v>737</v>
       </c>
       <c r="D891" t="s">
         <v>699</v>
       </c>
       <c r="E891" s="2">
         <v>46060</v>
       </c>
       <c r="F891" s="1">
         <v>0.58333333333333337</v>
       </c>
       <c r="G891" s="2">
         <v>46060</v>
       </c>
       <c r="H891" s="1">
         <v>0.77083333333333337</v>
       </c>
       <c r="I891" t="s">
         <v>79</v>
       </c>
       <c r="J891" t="s">
         <v>1181</v>
       </c>
     </row>
-    <row r="892" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="892" spans="1:10" ht="14.25">
       <c r="A892" s="2">
         <v>46041</v>
       </c>
       <c r="B892" t="s">
         <v>196</v>
       </c>
       <c r="C892" t="s">
         <v>959</v>
       </c>
       <c r="D892" t="s">
         <v>567</v>
       </c>
       <c r="E892" s="2">
         <v>46061</v>
       </c>
       <c r="F892" s="1">
         <v>0.5</v>
       </c>
       <c r="G892" s="2">
         <v>46365</v>
       </c>
       <c r="H892" s="1">
         <v>0.14583333333333334</v>
       </c>
       <c r="I892" t="s">
         <v>41</v>
       </c>
       <c r="J892" t="s">
         <v>1181</v>
       </c>
     </row>
-    <row r="893" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="893" spans="1:10" ht="14.25">
       <c r="A893" s="2">
         <v>46042</v>
       </c>
       <c r="B893" t="s">
         <v>235</v>
       </c>
       <c r="C893" t="s">
         <v>555</v>
       </c>
       <c r="D893" t="s">
         <v>1200</v>
       </c>
       <c r="E893" s="2">
         <v>46060</v>
       </c>
       <c r="F893" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G893" s="2">
         <v>46061</v>
       </c>
       <c r="H893" s="1">
         <v>2.0833333333333332E-2</v>
       </c>
       <c r="I893" t="s">
         <v>29</v>
       </c>
       <c r="J893" t="s">
         <v>1181</v>
       </c>
     </row>
-    <row r="894" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="894" spans="1:10" ht="14.25">
       <c r="A894" s="2">
         <v>46043</v>
       </c>
       <c r="B894" t="s">
         <v>196</v>
       </c>
       <c r="C894" t="s">
         <v>1201</v>
       </c>
       <c r="D894" t="s">
         <v>1202</v>
       </c>
       <c r="E894" s="2">
         <v>46101</v>
       </c>
       <c r="F894" s="1">
         <v>0.8125</v>
       </c>
       <c r="G894" s="2">
         <v>46101</v>
       </c>
       <c r="H894" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I894" t="s">
         <v>29</v>
       </c>
       <c r="J894" t="s">
         <v>1181</v>
       </c>
     </row>
-    <row r="895" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="895" spans="1:10" ht="14.25">
       <c r="A895" s="2">
         <v>46042</v>
       </c>
       <c r="B895" t="s">
         <v>235</v>
       </c>
       <c r="C895" t="s">
         <v>1062</v>
       </c>
       <c r="D895" t="s">
         <v>1203</v>
       </c>
       <c r="E895" s="2">
         <v>46059</v>
       </c>
       <c r="F895" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G895" s="2">
         <v>46059</v>
       </c>
       <c r="H895" s="1">
         <v>0.75</v>
       </c>
       <c r="I895" t="s">
         <v>54</v>
       </c>
       <c r="J895" t="s">
         <v>1181</v>
       </c>
     </row>
-    <row r="896" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="896" spans="1:10" ht="14.25">
       <c r="A896" s="2">
         <v>46042</v>
       </c>
       <c r="B896" t="s">
         <v>196</v>
       </c>
       <c r="C896" t="s">
         <v>885</v>
       </c>
       <c r="D896" t="s">
         <v>717</v>
       </c>
       <c r="E896" s="2">
         <v>46062</v>
       </c>
       <c r="F896" s="1">
         <v>0</v>
       </c>
       <c r="G896" s="2">
         <v>46062</v>
       </c>
       <c r="H896" s="1">
         <v>0.5</v>
       </c>
       <c r="I896" t="s">
         <v>1006</v>
       </c>
       <c r="J896" t="s">
         <v>1181</v>
       </c>
     </row>
-    <row r="897" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="897" spans="1:10" ht="14.25">
       <c r="A897" s="2">
         <v>46043</v>
       </c>
       <c r="B897" t="s">
         <v>317</v>
       </c>
       <c r="C897" t="s">
         <v>985</v>
       </c>
       <c r="D897" t="s">
         <v>523</v>
       </c>
       <c r="E897" s="2">
         <v>46053</v>
       </c>
       <c r="F897" s="1">
         <v>0</v>
       </c>
       <c r="G897" s="2">
         <v>46054</v>
       </c>
       <c r="H897" s="1">
         <v>0.125</v>
       </c>
       <c r="I897" t="s">
         <v>54</v>
       </c>
       <c r="J897" t="s">
         <v>1181</v>
       </c>
     </row>
-    <row r="898" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="898" spans="1:10" ht="14.25">
       <c r="A898" s="2">
         <v>46042</v>
       </c>
       <c r="B898" t="s">
         <v>317</v>
       </c>
       <c r="C898" t="s">
         <v>1204</v>
       </c>
       <c r="D898" t="s">
         <v>1205</v>
       </c>
       <c r="E898" s="2">
         <v>46052</v>
       </c>
       <c r="F898" s="1">
         <v>0.45833333333333331</v>
       </c>
       <c r="G898" s="2">
         <v>46054</v>
       </c>
       <c r="H898" s="1">
         <v>0</v>
       </c>
       <c r="I898" t="s">
         <v>16</v>
       </c>
       <c r="J898" t="s">
         <v>1181</v>
       </c>
     </row>
-    <row r="899" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="899" spans="1:10" ht="14.25">
       <c r="A899" s="2">
         <v>46045</v>
       </c>
       <c r="B899" t="s">
         <v>196</v>
       </c>
       <c r="C899" t="s">
         <v>1206</v>
       </c>
       <c r="D899" t="s">
         <v>1207</v>
       </c>
       <c r="E899" s="2">
         <v>46095</v>
       </c>
       <c r="F899" s="1">
         <v>0.5625</v>
       </c>
       <c r="G899" s="2">
         <v>46095</v>
       </c>
       <c r="H899" s="1">
         <v>0.6875</v>
       </c>
       <c r="I899" t="s">
         <v>41</v>
       </c>
       <c r="J899" t="s">
         <v>1181</v>
       </c>
     </row>
-    <row r="900" spans="1:10" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="900" spans="1:10" ht="14.25">
       <c r="A900" s="2">
         <v>46048</v>
       </c>
       <c r="B900" t="s">
         <v>317</v>
       </c>
       <c r="C900" t="s">
         <v>34</v>
       </c>
       <c r="D900" t="s">
         <v>35</v>
       </c>
       <c r="E900" s="2">
         <v>46054</v>
       </c>
       <c r="F900" s="1">
         <v>0.60416666666666663</v>
       </c>
       <c r="G900" s="2">
         <v>46054</v>
       </c>
       <c r="H900" s="1">
         <v>0.83333333333333337</v>
       </c>
       <c r="I900" t="s">
         <v>29</v>
       </c>
       <c r="J900" t="s">
         <v>1181</v>
       </c>
     </row>
-    <row r="901" spans="1:10" ht="14.5" x14ac:dyDescent="0.35"/>
-[...1009 lines deleted...]
-    <row r="1922" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="901" spans="1:10" ht="14.25">
+      <c r="A901" s="2">
+        <v>46050</v>
+      </c>
+      <c r="B901" t="s">
+        <v>235</v>
+      </c>
+      <c r="C901" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D901" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E901" s="2">
+        <v>46082</v>
+      </c>
+      <c r="F901" s="1">
+        <v>0.45833333333333331</v>
+      </c>
+      <c r="G901" s="2">
+        <v>46082</v>
+      </c>
+      <c r="H901" s="1">
+        <v>0.70833333333333337</v>
+      </c>
+      <c r="I901" t="s">
+        <v>109</v>
+      </c>
+      <c r="J901" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="902" spans="1:10" ht="14.25">
+      <c r="A902" s="2">
+        <v>46050</v>
+      </c>
+      <c r="B902" t="s">
+        <v>317</v>
+      </c>
+      <c r="C902" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D902" t="s">
+        <v>1209</v>
+      </c>
+      <c r="E902" s="2">
+        <v>46061</v>
+      </c>
+      <c r="F902" s="1">
+        <v>0.9375</v>
+      </c>
+      <c r="G902" s="2">
+        <v>46062</v>
+      </c>
+      <c r="H902" s="1">
+        <v>4.1666666666666664E-2</v>
+      </c>
+      <c r="I902" t="s">
+        <v>16</v>
+      </c>
+      <c r="J902" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="903" spans="1:10" ht="14.25">
+      <c r="A903" s="2">
+        <v>46053</v>
+      </c>
+      <c r="B903" t="s">
+        <v>196</v>
+      </c>
+      <c r="C903" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D903" t="s">
+        <v>1046</v>
+      </c>
+      <c r="E903" s="2">
+        <v>46081</v>
+      </c>
+      <c r="F903" s="1">
+        <v>0.41666666666666669</v>
+      </c>
+      <c r="G903" s="2">
+        <v>46082</v>
+      </c>
+      <c r="H903" s="1">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="I903" t="s">
+        <v>513</v>
+      </c>
+      <c r="J903" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="904" spans="1:10" ht="14.25">
+      <c r="A904" s="2">
+        <v>46053</v>
+      </c>
+      <c r="B904" t="s">
+        <v>196</v>
+      </c>
+      <c r="C904" t="s">
+        <v>1210</v>
+      </c>
+      <c r="D904" t="s">
+        <v>715</v>
+      </c>
+      <c r="E904" s="2">
+        <v>46080</v>
+      </c>
+      <c r="F904" s="1">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="G904" s="2">
+        <v>46080</v>
+      </c>
+      <c r="H904" s="1">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="I904" t="s">
+        <v>29</v>
+      </c>
+      <c r="J904" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="905" spans="1:10" ht="14.25">
+      <c r="A905" s="2">
+        <v>46054</v>
+      </c>
+      <c r="B905" t="s">
+        <v>196</v>
+      </c>
+      <c r="C905" t="s">
+        <v>39</v>
+      </c>
+      <c r="D905" t="s">
+        <v>1194</v>
+      </c>
+      <c r="E905" s="2">
+        <v>46068</v>
+      </c>
+      <c r="F905" s="1">
+        <v>0.39583333333333331</v>
+      </c>
+      <c r="G905" s="2">
+        <v>46068</v>
+      </c>
+      <c r="H905" s="1">
+        <v>0.625</v>
+      </c>
+      <c r="I905" t="s">
+        <v>41</v>
+      </c>
+      <c r="J905" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="906" spans="1:10" ht="14.25">
+      <c r="A906" s="2">
+        <v>46055</v>
+      </c>
+      <c r="B906" t="s">
+        <v>235</v>
+      </c>
+      <c r="C906" t="s">
+        <v>1211</v>
+      </c>
+      <c r="D906" t="s">
+        <v>384</v>
+      </c>
+      <c r="E906" s="2">
+        <v>46080</v>
+      </c>
+      <c r="F906" s="1">
+        <v>0.75</v>
+      </c>
+      <c r="G906" s="2">
+        <v>46080</v>
+      </c>
+      <c r="H906" s="1">
+        <v>0.91666666666666663</v>
+      </c>
+      <c r="I906" t="s">
+        <v>29</v>
+      </c>
+      <c r="J906" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="907" spans="1:10" ht="14.25">
+      <c r="A907" s="2">
+        <v>46055</v>
+      </c>
+      <c r="B907" t="s">
+        <v>235</v>
+      </c>
+      <c r="C907" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D907" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E907" s="2">
+        <v>46088</v>
+      </c>
+      <c r="F907" s="1">
+        <v>0.45833333333333331</v>
+      </c>
+      <c r="G907" s="2">
+        <v>46088</v>
+      </c>
+      <c r="H907" s="1">
+        <v>0.75</v>
+      </c>
+      <c r="I907" t="s">
+        <v>29</v>
+      </c>
+      <c r="J907" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="908" spans="1:10" ht="14.25">
+      <c r="A908" s="2">
+        <v>46056</v>
+      </c>
+      <c r="B908" t="s">
+        <v>317</v>
+      </c>
+      <c r="C908" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D908" t="s">
+        <v>788</v>
+      </c>
+      <c r="E908" s="2">
+        <v>46067</v>
+      </c>
+      <c r="F908" s="1">
+        <v>0</v>
+      </c>
+      <c r="G908" s="2">
+        <v>46067</v>
+      </c>
+      <c r="H908" s="1">
+        <v>0.14583333333333334</v>
+      </c>
+      <c r="I908" t="s">
+        <v>16</v>
+      </c>
+      <c r="J908" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="909" spans="1:10" ht="14.25">
+      <c r="A909" s="2">
+        <v>46057</v>
+      </c>
+      <c r="B909" t="s">
+        <v>196</v>
+      </c>
+      <c r="C909" t="s">
+        <v>1212</v>
+      </c>
+      <c r="D909" t="s">
+        <v>409</v>
+      </c>
+      <c r="E909" s="2">
+        <v>46186</v>
+      </c>
+      <c r="F909" s="1">
+        <v>0.5</v>
+      </c>
+      <c r="G909" s="2">
+        <v>46186</v>
+      </c>
+      <c r="H909" s="1">
+        <v>0.875</v>
+      </c>
+      <c r="I909" t="s">
+        <v>29</v>
+      </c>
+      <c r="J909" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="910" spans="1:10" ht="14.25">
+      <c r="A910" s="2">
+        <v>46057</v>
+      </c>
+      <c r="B910" t="s">
+        <v>317</v>
+      </c>
+      <c r="C910" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D910" t="s">
+        <v>1214</v>
+      </c>
+      <c r="E910" s="2">
+        <v>46065</v>
+      </c>
+      <c r="F910" s="1">
+        <v>0.72916666666666663</v>
+      </c>
+      <c r="G910" s="2">
+        <v>46065</v>
+      </c>
+      <c r="H910" s="1">
+        <v>0.8125</v>
+      </c>
+      <c r="I910" t="s">
+        <v>29</v>
+      </c>
+      <c r="J910" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="911" spans="1:10" ht="14.25">
+      <c r="A911" s="2">
+        <v>46057</v>
+      </c>
+      <c r="B911" t="s">
+        <v>317</v>
+      </c>
+      <c r="C911" t="s">
+        <v>395</v>
+      </c>
+      <c r="D911" t="s">
+        <v>722</v>
+      </c>
+      <c r="E911" s="2">
+        <v>46067</v>
+      </c>
+      <c r="F911" s="1">
+        <v>0.875</v>
+      </c>
+      <c r="G911" s="2">
+        <v>46068</v>
+      </c>
+      <c r="H911" s="1">
+        <v>4.1666666666666664E-2</v>
+      </c>
+      <c r="I911" t="s">
+        <v>109</v>
+      </c>
+      <c r="J911" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="912" spans="1:10">
+      <c r="A912" s="2">
+        <v>46058</v>
+      </c>
+      <c r="B912" t="s">
+        <v>196</v>
+      </c>
+      <c r="C912" t="s">
+        <v>1215</v>
+      </c>
+      <c r="D912" t="s">
+        <v>1216</v>
+      </c>
+      <c r="E912" s="2">
+        <v>46095</v>
+      </c>
+      <c r="F912" s="1">
+        <v>0.75</v>
+      </c>
+      <c r="G912" s="2">
+        <v>46095</v>
+      </c>
+      <c r="H912" s="1">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="I912" t="s">
+        <v>54</v>
+      </c>
+      <c r="J912" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="913" spans="1:10" ht="14.25">
+      <c r="A913" s="2">
+        <v>46059</v>
+      </c>
+      <c r="B913" t="s">
+        <v>196</v>
+      </c>
+      <c r="C913" t="s">
+        <v>351</v>
+      </c>
+      <c r="D913" t="s">
+        <v>1217</v>
+      </c>
+      <c r="E913" s="2">
+        <v>46077</v>
+      </c>
+      <c r="F913" s="1">
+        <v>0.75</v>
+      </c>
+      <c r="G913" s="2">
+        <v>46077</v>
+      </c>
+      <c r="H913" s="1">
+        <v>0.875</v>
+      </c>
+      <c r="I913" t="s">
+        <v>29</v>
+      </c>
+      <c r="J913" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="914" spans="1:10" ht="14.25">
+      <c r="A914" s="2">
+        <v>46059</v>
+      </c>
+      <c r="B914" t="s">
+        <v>196</v>
+      </c>
+      <c r="C914" t="s">
+        <v>75</v>
+      </c>
+      <c r="D914" t="s">
+        <v>1218</v>
+      </c>
+      <c r="E914" s="2">
+        <v>45772</v>
+      </c>
+      <c r="F914" s="1">
+        <v>0.875</v>
+      </c>
+      <c r="G914" s="2">
+        <v>46138</v>
+      </c>
+      <c r="H914" s="1">
+        <v>0.20833333333333334</v>
+      </c>
+      <c r="I914" t="s">
+        <v>16</v>
+      </c>
+      <c r="J914" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="915" spans="1:10" ht="14.25">
+      <c r="A915" s="2">
+        <v>46059</v>
+      </c>
+      <c r="B915" t="s">
+        <v>235</v>
+      </c>
+      <c r="C915" t="s">
+        <v>271</v>
+      </c>
+      <c r="D915" t="s">
+        <v>269</v>
+      </c>
+      <c r="E915" s="2">
+        <v>46081</v>
+      </c>
+      <c r="F915" s="1">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="G915" s="2">
+        <v>46082</v>
+      </c>
+      <c r="H915" s="1">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="I915" t="s">
+        <v>29</v>
+      </c>
+      <c r="J915" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="916" spans="1:10" ht="14.25">
+      <c r="A916" s="2">
+        <v>46059</v>
+      </c>
+      <c r="B916" t="s">
+        <v>235</v>
+      </c>
+      <c r="C916" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D916" t="s">
+        <v>1009</v>
+      </c>
+      <c r="E916" s="2">
+        <v>46074</v>
+      </c>
+      <c r="F916" s="1">
+        <v>0.41666666666666669</v>
+      </c>
+      <c r="G916" s="2">
+        <v>46074</v>
+      </c>
+      <c r="H916" s="1">
+        <v>0.45833333333333331</v>
+      </c>
+      <c r="I916" t="s">
+        <v>29</v>
+      </c>
+      <c r="J916" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="917" spans="1:10" ht="14.25">
+      <c r="A917" s="2">
+        <v>46063</v>
+      </c>
+      <c r="B917" t="s">
+        <v>196</v>
+      </c>
+      <c r="C917" t="s">
+        <v>1219</v>
+      </c>
+      <c r="D917" t="s">
+        <v>1220</v>
+      </c>
+      <c r="E917" s="2">
+        <v>46080</v>
+      </c>
+      <c r="F917" s="1">
+        <v>0.70833333333333337</v>
+      </c>
+      <c r="G917" s="2">
+        <v>46080</v>
+      </c>
+      <c r="H917" s="1">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="I917" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="918" spans="1:10" ht="14.25">
+      <c r="A918" s="2">
+        <v>46063</v>
+      </c>
+      <c r="B918" t="s">
+        <v>224</v>
+      </c>
+      <c r="C918" t="s">
+        <v>1221</v>
+      </c>
+      <c r="D918" t="s">
+        <v>727</v>
+      </c>
+      <c r="E918" s="2">
+        <v>46075</v>
+      </c>
+      <c r="F918" s="1">
+        <v>0.375</v>
+      </c>
+      <c r="G918" s="2">
+        <v>46075</v>
+      </c>
+      <c r="H918" s="1">
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="I918" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="919" spans="1:10" ht="14.25">
+      <c r="A919" s="2">
+        <v>46063</v>
+      </c>
+      <c r="B919" t="s">
+        <v>224</v>
+      </c>
+      <c r="C919" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D919" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E919" s="2">
+        <v>46071</v>
+      </c>
+      <c r="F919" s="1">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="G919" s="2">
+        <v>46077</v>
+      </c>
+      <c r="H919" s="1">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="I919" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="920" spans="1:10" ht="14.25">
+      <c r="A920" s="2">
+        <v>46063</v>
+      </c>
+      <c r="B920" t="s">
+        <v>196</v>
+      </c>
+      <c r="C920" t="s">
+        <v>1224</v>
+      </c>
+      <c r="D920" t="s">
+        <v>168</v>
+      </c>
+      <c r="E920" s="2">
+        <v>46066</v>
+      </c>
+      <c r="F920" s="1">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="G920" s="2">
+        <v>46066</v>
+      </c>
+      <c r="H920" s="1">
+        <v>0.9375</v>
+      </c>
+      <c r="I920" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="921" spans="1:10" ht="14.25">
+      <c r="A921" s="2">
+        <v>46064</v>
+      </c>
+      <c r="B921" t="s">
+        <v>196</v>
+      </c>
+      <c r="C921" t="s">
+        <v>118</v>
+      </c>
+      <c r="D921" t="s">
+        <v>413</v>
+      </c>
+      <c r="E921" s="2">
+        <v>46081</v>
+      </c>
+      <c r="F921" s="1">
+        <v>0.75</v>
+      </c>
+      <c r="G921" s="2">
+        <v>46081</v>
+      </c>
+      <c r="H921" s="1">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="I921" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="922" spans="1:10" ht="14.25">
+      <c r="A922" s="2">
+        <v>46064</v>
+      </c>
+      <c r="B922" t="s">
+        <v>196</v>
+      </c>
+      <c r="C922" t="s">
+        <v>118</v>
+      </c>
+      <c r="D922" t="s">
+        <v>413</v>
+      </c>
+      <c r="E922" s="2">
+        <v>46088</v>
+      </c>
+      <c r="F922" s="1">
+        <v>0.70833333333333337</v>
+      </c>
+      <c r="G922" s="2">
+        <v>46088</v>
+      </c>
+      <c r="H922" s="1">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="I922" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="923" spans="1:10" ht="14.25">
+      <c r="A923" s="2">
+        <v>46064</v>
+      </c>
+      <c r="B923" t="s">
+        <v>196</v>
+      </c>
+      <c r="C923" t="s">
+        <v>118</v>
+      </c>
+      <c r="D923" t="s">
+        <v>413</v>
+      </c>
+      <c r="E923" s="2">
+        <v>46095</v>
+      </c>
+      <c r="F923" s="1">
+        <v>0.75</v>
+      </c>
+      <c r="G923" s="2">
+        <v>46095</v>
+      </c>
+      <c r="H923" s="1">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="I923" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="924" spans="1:10" ht="14.25">
+      <c r="A924" s="2">
+        <v>46064</v>
+      </c>
+      <c r="B924" t="s">
+        <v>196</v>
+      </c>
+      <c r="C924" t="s">
+        <v>1225</v>
+      </c>
+      <c r="D924" t="s">
+        <v>1218</v>
+      </c>
+      <c r="E924" s="2">
+        <v>46081</v>
+      </c>
+      <c r="F924" s="1">
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="G924" s="2">
+        <v>46081</v>
+      </c>
+      <c r="H924" s="1">
+        <v>0.875</v>
+      </c>
+      <c r="I924" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="925" spans="1:10" ht="14.25"/>
+    <row r="926" spans="1:10" ht="14.25"/>
+    <row r="927" spans="1:10" ht="14.25"/>
+    <row r="928" spans="1:10" ht="14.25"/>
+    <row r="929" ht="14.25"/>
+    <row r="930" ht="14.25"/>
+    <row r="931" ht="14.25"/>
+    <row r="932" ht="14.25"/>
+    <row r="933" ht="14.25"/>
+    <row r="934" ht="14.25"/>
+    <row r="935" ht="14.25"/>
+    <row r="936" ht="14.25"/>
+    <row r="937" ht="14.25"/>
+    <row r="938" ht="14.25"/>
+    <row r="939" ht="14.25"/>
+    <row r="940" ht="14.25"/>
+    <row r="941" ht="14.25"/>
+    <row r="942" ht="14.25"/>
+    <row r="943" ht="14.25"/>
+    <row r="944" ht="14.25"/>
+    <row r="945" ht="14.25"/>
+    <row r="946" ht="14.25"/>
+    <row r="947" ht="14.25"/>
+    <row r="948" ht="14.25"/>
+    <row r="949" ht="14.25"/>
+    <row r="950" ht="14.25"/>
+    <row r="951" ht="14.25"/>
+    <row r="952" ht="14.25"/>
+    <row r="953" ht="14.25"/>
+    <row r="954" ht="14.25"/>
+    <row r="955" ht="14.25"/>
+    <row r="956" ht="14.25"/>
+    <row r="957" ht="14.25"/>
+    <row r="958" ht="14.25"/>
+    <row r="959" ht="14.25"/>
+    <row r="960" ht="14.25"/>
+    <row r="961" ht="14.25"/>
+    <row r="962" ht="14.25"/>
+    <row r="963" ht="14.25"/>
+    <row r="964" ht="14.25"/>
+    <row r="965" ht="14.25"/>
+    <row r="966" ht="14.25"/>
+    <row r="967" ht="14.25"/>
+    <row r="968" ht="14.25"/>
+    <row r="969" ht="14.25"/>
+    <row r="970" ht="14.25"/>
+    <row r="971" ht="14.25"/>
+    <row r="972" ht="14.25"/>
+    <row r="973" ht="14.25"/>
+    <row r="974" ht="14.25"/>
+    <row r="975" ht="14.25"/>
+    <row r="976" ht="14.25"/>
+    <row r="977" ht="14.25"/>
+    <row r="978" ht="14.25"/>
+    <row r="979" ht="14.25"/>
+    <row r="980" ht="14.25"/>
+    <row r="981" ht="14.25"/>
+    <row r="982" ht="14.25"/>
+    <row r="983" ht="14.25"/>
+    <row r="984" ht="14.25"/>
+    <row r="985" ht="14.25"/>
+    <row r="986" ht="14.25"/>
+    <row r="987" ht="14.25"/>
+    <row r="988" ht="14.25"/>
+    <row r="989" ht="14.25"/>
+    <row r="990" ht="14.25"/>
+    <row r="991" ht="14.25"/>
+    <row r="992" ht="14.25"/>
+    <row r="993" ht="14.25"/>
+    <row r="994" ht="14.25"/>
+    <row r="995" ht="14.25"/>
+    <row r="996" ht="14.25"/>
+    <row r="997" ht="14.25"/>
+    <row r="998" ht="14.25"/>
+    <row r="999" ht="14.25"/>
+    <row r="1000" ht="14.25"/>
+    <row r="1001" ht="14.25"/>
+    <row r="1002" ht="14.25"/>
+    <row r="1003" ht="14.25"/>
+    <row r="1004" ht="14.25"/>
+    <row r="1005" ht="14.25"/>
+    <row r="1006" ht="14.25"/>
+    <row r="1007" ht="14.25"/>
+    <row r="1008" ht="14.25"/>
+    <row r="1009" ht="14.25"/>
+    <row r="1010" ht="14.25"/>
+    <row r="1011" ht="14.25"/>
+    <row r="1012" ht="14.25"/>
+    <row r="1013" ht="14.25"/>
+    <row r="1014" ht="14.25"/>
+    <row r="1015" ht="14.25"/>
+    <row r="1016" ht="14.25"/>
+    <row r="1017" ht="14.25"/>
+    <row r="1018" ht="14.25"/>
+    <row r="1019" ht="14.25"/>
+    <row r="1020" ht="14.25"/>
+    <row r="1021" ht="14.25"/>
+    <row r="1022" ht="14.25"/>
+    <row r="1023" ht="14.25"/>
+    <row r="1024" ht="14.25"/>
+    <row r="1025" ht="14.25"/>
+    <row r="1026" ht="14.25"/>
+    <row r="1027" ht="14.25"/>
+    <row r="1028" ht="14.25"/>
+    <row r="1029" ht="14.25"/>
+    <row r="1030" ht="14.25"/>
+    <row r="1031" ht="14.25"/>
+    <row r="1032" ht="14.25"/>
+    <row r="1033" ht="14.25"/>
+    <row r="1034" ht="14.25"/>
+    <row r="1035" ht="14.25"/>
+    <row r="1036" ht="14.25"/>
+    <row r="1037" ht="14.25"/>
+    <row r="1038" ht="14.25"/>
+    <row r="1039" ht="14.25"/>
+    <row r="1040" ht="14.25"/>
+    <row r="1041" ht="14.25"/>
+    <row r="1042" ht="14.25"/>
+    <row r="1043" ht="14.25"/>
+    <row r="1044" ht="14.25"/>
+    <row r="1045" ht="14.25"/>
+    <row r="1046" ht="14.25"/>
+    <row r="1047" ht="14.25"/>
+    <row r="1048" ht="14.25"/>
+    <row r="1049" ht="14.25"/>
+    <row r="1050" ht="14.25"/>
+    <row r="1051" ht="14.25"/>
+    <row r="1052" ht="14.25"/>
+    <row r="1053" ht="14.25"/>
+    <row r="1054" ht="14.25"/>
+    <row r="1055" ht="14.25"/>
+    <row r="1056" ht="14.25"/>
+    <row r="1057" ht="14.25"/>
+    <row r="1058" ht="14.25"/>
+    <row r="1059" ht="14.25"/>
+    <row r="1060" ht="14.25"/>
+    <row r="1061" ht="14.25"/>
+    <row r="1062" ht="14.25"/>
+    <row r="1063" ht="14.25"/>
+    <row r="1064" ht="14.25"/>
+    <row r="1065" ht="14.25"/>
+    <row r="1066" ht="14.25"/>
+    <row r="1067" ht="14.25"/>
+    <row r="1068" ht="14.25"/>
+    <row r="1069" ht="14.25"/>
+    <row r="1070" ht="14.25"/>
+    <row r="1071" ht="14.25"/>
+    <row r="1072" ht="14.25"/>
+    <row r="1073" ht="14.25"/>
+    <row r="1074" ht="14.25"/>
+    <row r="1075" ht="14.25"/>
+    <row r="1076" ht="14.25"/>
+    <row r="1077" ht="14.25"/>
+    <row r="1078" ht="14.25"/>
+    <row r="1079" ht="14.25"/>
+    <row r="1080" ht="14.25"/>
+    <row r="1081" ht="14.25"/>
+    <row r="1082" ht="14.25"/>
+    <row r="1083" ht="14.25"/>
+    <row r="1084" ht="14.25"/>
+    <row r="1085" ht="14.25"/>
+    <row r="1086" ht="14.25"/>
+    <row r="1087" ht="14.25"/>
+    <row r="1088" ht="14.25"/>
+    <row r="1089" ht="14.25"/>
+    <row r="1090" ht="14.25"/>
+    <row r="1091" ht="14.25"/>
+    <row r="1092" ht="14.25"/>
+    <row r="1093" ht="14.25"/>
+    <row r="1094" ht="14.25"/>
+    <row r="1095" ht="14.25"/>
+    <row r="1096" ht="14.25"/>
+    <row r="1097" ht="14.25"/>
+    <row r="1098" ht="14.25"/>
+    <row r="1099" ht="14.25"/>
+    <row r="1100" ht="14.25"/>
+    <row r="1101" ht="14.25"/>
+    <row r="1102" ht="14.25"/>
+    <row r="1103" ht="14.25"/>
+    <row r="1104" ht="14.25"/>
+    <row r="1105" ht="14.25"/>
+    <row r="1106" ht="14.25"/>
+    <row r="1107" ht="14.25"/>
+    <row r="1108" ht="14.25"/>
+    <row r="1109" ht="14.25"/>
+    <row r="1110" ht="14.25"/>
+    <row r="1111" ht="14.25"/>
+    <row r="1112" ht="14.25"/>
+    <row r="1113" ht="14.25"/>
+    <row r="1114" ht="14.25"/>
+    <row r="1115" ht="14.25"/>
+    <row r="1116" ht="14.25"/>
+    <row r="1117" ht="14.25"/>
+    <row r="1118" ht="14.25"/>
+    <row r="1119" ht="14.25"/>
+    <row r="1120" ht="14.25"/>
+    <row r="1121" ht="14.25"/>
+    <row r="1122" ht="14.25"/>
+    <row r="1123" ht="14.25"/>
+    <row r="1124" ht="14.25"/>
+    <row r="1125" ht="14.25"/>
+    <row r="1126" ht="14.25"/>
+    <row r="1127" ht="14.25"/>
+    <row r="1128" ht="14.25"/>
+    <row r="1129" ht="14.25"/>
+    <row r="1130" ht="14.25"/>
+    <row r="1131" ht="14.25"/>
+    <row r="1132" ht="14.25"/>
+    <row r="1133" ht="14.25"/>
+    <row r="1134" ht="14.25"/>
+    <row r="1135" ht="14.25"/>
+    <row r="1136" ht="14.25"/>
+    <row r="1137" ht="14.25"/>
+    <row r="1138" ht="14.25"/>
+    <row r="1139" ht="14.25"/>
+    <row r="1140" ht="14.25"/>
+    <row r="1141" ht="14.25"/>
+    <row r="1142" ht="14.25"/>
+    <row r="1143" ht="14.25"/>
+    <row r="1144" ht="14.25"/>
+    <row r="1145" ht="14.25"/>
+    <row r="1146" ht="14.25"/>
+    <row r="1147" ht="14.25"/>
+    <row r="1148" ht="14.25"/>
+    <row r="1149" ht="14.25"/>
+    <row r="1150" ht="14.25"/>
+    <row r="1151" ht="14.25"/>
+    <row r="1152" ht="14.25"/>
+    <row r="1153" ht="14.25"/>
+    <row r="1154" ht="14.25"/>
+    <row r="1155" ht="14.25"/>
+    <row r="1156" ht="14.25"/>
+    <row r="1157" ht="14.25"/>
+    <row r="1158" ht="14.25"/>
+    <row r="1159" ht="14.25"/>
+    <row r="1160" ht="14.25"/>
+    <row r="1161" ht="14.25"/>
+    <row r="1162" ht="14.25"/>
+    <row r="1163" ht="14.25"/>
+    <row r="1164" ht="14.25"/>
+    <row r="1165" ht="14.25"/>
+    <row r="1166" ht="14.25"/>
+    <row r="1167" ht="14.25"/>
+    <row r="1168" ht="14.25"/>
+    <row r="1169" ht="14.25"/>
+    <row r="1170" ht="14.25"/>
+    <row r="1171" ht="14.25"/>
+    <row r="1172" ht="14.25"/>
+    <row r="1173" ht="14.25"/>
+    <row r="1174" ht="14.25"/>
+    <row r="1175" ht="14.25"/>
+    <row r="1176" ht="14.25"/>
+    <row r="1177" ht="14.25"/>
+    <row r="1178" ht="14.25"/>
+    <row r="1179" ht="14.25"/>
+    <row r="1180" ht="14.25"/>
+    <row r="1181" ht="14.25"/>
+    <row r="1182" ht="14.25"/>
+    <row r="1183" ht="14.25"/>
+    <row r="1184" ht="14.25"/>
+    <row r="1185" ht="14.25"/>
+    <row r="1186" ht="14.25"/>
+    <row r="1187" ht="14.25"/>
+    <row r="1188" ht="14.25"/>
+    <row r="1189" ht="14.25"/>
+    <row r="1190" ht="14.25"/>
+    <row r="1191" ht="14.25"/>
+    <row r="1192" ht="14.25"/>
+    <row r="1193" ht="14.25"/>
+    <row r="1194" ht="14.25"/>
+    <row r="1195" ht="14.25"/>
+    <row r="1196" ht="14.25"/>
+    <row r="1197" ht="14.25"/>
+    <row r="1198" ht="14.25"/>
+    <row r="1199" ht="14.25"/>
+    <row r="1200" ht="14.25"/>
+    <row r="1201" ht="14.25"/>
+    <row r="1202" ht="14.25"/>
+    <row r="1203" ht="14.25"/>
+    <row r="1204" ht="14.25"/>
+    <row r="1205" ht="14.25"/>
+    <row r="1206" ht="14.25"/>
+    <row r="1207" ht="14.25"/>
+    <row r="1208" ht="14.25"/>
+    <row r="1209" ht="14.25"/>
+    <row r="1210" ht="14.25"/>
+    <row r="1211" ht="14.25"/>
+    <row r="1212" ht="14.25"/>
+    <row r="1213" ht="14.25"/>
+    <row r="1214" ht="14.25"/>
+    <row r="1215" ht="14.25"/>
+    <row r="1216" ht="14.25"/>
+    <row r="1217" ht="14.25"/>
+    <row r="1218" ht="14.25"/>
+    <row r="1219" ht="14.25"/>
+    <row r="1220" ht="14.25"/>
+    <row r="1221" ht="14.25"/>
+    <row r="1222" ht="14.25"/>
+    <row r="1223" ht="14.25"/>
+    <row r="1224" ht="14.25"/>
+    <row r="1225" ht="14.25"/>
+    <row r="1226" ht="14.25"/>
+    <row r="1227" ht="14.25"/>
+    <row r="1228" ht="14.25"/>
+    <row r="1229" ht="14.25"/>
+    <row r="1230" ht="14.25"/>
+    <row r="1231" ht="14.25"/>
+    <row r="1232" ht="14.25"/>
+    <row r="1233" ht="14.25"/>
+    <row r="1234" ht="14.25"/>
+    <row r="1235" ht="14.25"/>
+    <row r="1236" ht="14.25"/>
+    <row r="1237" ht="14.25"/>
+    <row r="1238" ht="14.25"/>
+    <row r="1239" ht="14.25"/>
+    <row r="1240" ht="14.25"/>
+    <row r="1241" ht="14.25"/>
+    <row r="1242" ht="14.25"/>
+    <row r="1243" ht="14.25"/>
+    <row r="1244" ht="14.25"/>
+    <row r="1245" ht="14.25"/>
+    <row r="1246" ht="14.25"/>
+    <row r="1247" ht="14.25"/>
+    <row r="1248" ht="14.25"/>
+    <row r="1249" ht="14.25"/>
+    <row r="1250" ht="14.25"/>
+    <row r="1251" ht="14.25"/>
+    <row r="1252" ht="14.25"/>
+    <row r="1253" ht="14.25"/>
+    <row r="1254" ht="14.25"/>
+    <row r="1255" ht="14.25"/>
+    <row r="1256" ht="14.25"/>
+    <row r="1257" ht="14.25"/>
+    <row r="1258" ht="14.25"/>
+    <row r="1259" ht="14.25"/>
+    <row r="1260" ht="14.25"/>
+    <row r="1261" ht="14.25"/>
+    <row r="1262" ht="14.25"/>
+    <row r="1263" ht="14.25"/>
+    <row r="1264" ht="14.25"/>
+    <row r="1265" ht="14.25"/>
+    <row r="1266" ht="14.25"/>
+    <row r="1267" ht="14.25"/>
+    <row r="1268" ht="14.25"/>
+    <row r="1269" ht="14.25"/>
+    <row r="1270" ht="14.25"/>
+    <row r="1271" ht="14.25"/>
+    <row r="1272" ht="14.25"/>
+    <row r="1273" ht="14.25"/>
+    <row r="1274" ht="14.25"/>
+    <row r="1275" ht="14.25"/>
+    <row r="1276" ht="14.25"/>
+    <row r="1277" ht="14.25"/>
+    <row r="1278" ht="14.25"/>
+    <row r="1279" ht="14.25"/>
+    <row r="1280" ht="14.25"/>
+    <row r="1281" ht="14.25"/>
+    <row r="1282" ht="14.25"/>
+    <row r="1283" ht="14.25"/>
+    <row r="1284" ht="14.25"/>
+    <row r="1285" ht="14.25"/>
+    <row r="1286" ht="14.25"/>
+    <row r="1287" ht="14.25"/>
+    <row r="1288" ht="14.25"/>
+    <row r="1289" ht="14.25"/>
+    <row r="1290" ht="14.25"/>
+    <row r="1291" ht="14.25"/>
+    <row r="1292" ht="14.25"/>
+    <row r="1293" ht="14.25"/>
+    <row r="1294" ht="14.25"/>
+    <row r="1295" ht="14.25"/>
+    <row r="1296" ht="14.25"/>
+    <row r="1297" ht="14.25"/>
+    <row r="1298" ht="14.25"/>
+    <row r="1299" ht="14.25"/>
+    <row r="1300" ht="14.25"/>
+    <row r="1301" ht="14.25"/>
+    <row r="1302" ht="14.25"/>
+    <row r="1303" ht="14.25"/>
+    <row r="1304" ht="14.25"/>
+    <row r="1305" ht="14.25"/>
+    <row r="1306" ht="14.25"/>
+    <row r="1307" ht="14.25"/>
+    <row r="1308" ht="14.25"/>
+    <row r="1309" ht="14.25"/>
+    <row r="1310" ht="14.25"/>
+    <row r="1311" ht="14.25"/>
+    <row r="1312" ht="14.25"/>
+    <row r="1313" ht="14.25"/>
+    <row r="1314" ht="14.25"/>
+    <row r="1315" ht="14.25"/>
+    <row r="1316" ht="14.25"/>
+    <row r="1317" ht="14.25"/>
+    <row r="1318" ht="14.25"/>
+    <row r="1319" ht="14.25"/>
+    <row r="1320" ht="14.25"/>
+    <row r="1321" ht="14.25"/>
+    <row r="1322" ht="14.25"/>
+    <row r="1323" ht="14.25"/>
+    <row r="1324" ht="14.25"/>
+    <row r="1325" ht="14.25"/>
+    <row r="1326" ht="14.25"/>
+    <row r="1327" ht="14.25"/>
+    <row r="1328" ht="14.25"/>
+    <row r="1329" ht="14.25"/>
+    <row r="1330" ht="14.25"/>
+    <row r="1331" ht="14.25"/>
+    <row r="1332" ht="14.25"/>
+    <row r="1333" ht="14.25"/>
+    <row r="1334" ht="14.25"/>
+    <row r="1335" ht="14.25"/>
+    <row r="1336" ht="14.25"/>
+    <row r="1337" ht="14.25"/>
+    <row r="1338" ht="14.25"/>
+    <row r="1339" ht="14.25"/>
+    <row r="1340" ht="14.25"/>
+    <row r="1341" ht="14.25"/>
+    <row r="1342" ht="14.25"/>
+    <row r="1343" ht="14.25"/>
+    <row r="1344" ht="14.25"/>
+    <row r="1345" ht="14.25"/>
+    <row r="1346" ht="14.25"/>
+    <row r="1347" ht="14.25"/>
+    <row r="1348" ht="14.25"/>
+    <row r="1349" ht="14.25"/>
+    <row r="1350" ht="14.25"/>
+    <row r="1351" ht="14.25"/>
+    <row r="1352" ht="14.25"/>
+    <row r="1353" ht="14.25"/>
+    <row r="1354" ht="14.25"/>
+    <row r="1355" ht="14.25"/>
+    <row r="1356" ht="14.25"/>
+    <row r="1357" ht="14.25"/>
+    <row r="1358" ht="14.25"/>
+    <row r="1359" ht="14.25"/>
+    <row r="1360" ht="14.25"/>
+    <row r="1361" ht="14.25"/>
+    <row r="1362" ht="14.25"/>
+    <row r="1363" ht="14.25"/>
+    <row r="1364" ht="14.25"/>
+    <row r="1365" ht="14.25"/>
+    <row r="1366" ht="14.25"/>
+    <row r="1367" ht="14.25"/>
+    <row r="1368" ht="14.25"/>
+    <row r="1369" ht="14.25"/>
+    <row r="1370" ht="14.25"/>
+    <row r="1371" ht="14.25"/>
+    <row r="1372" ht="14.25"/>
+    <row r="1373" ht="14.25"/>
+    <row r="1374" ht="14.25"/>
+    <row r="1375" ht="14.25"/>
+    <row r="1376" ht="14.25"/>
+    <row r="1377" ht="14.25"/>
+    <row r="1378" ht="14.25"/>
+    <row r="1379" ht="14.25"/>
+    <row r="1380" ht="14.25"/>
+    <row r="1381" ht="14.25"/>
+    <row r="1382" ht="14.25"/>
+    <row r="1383" ht="14.25"/>
+    <row r="1384" ht="14.25"/>
+    <row r="1385" ht="14.25"/>
+    <row r="1386" ht="14.25"/>
+    <row r="1387" ht="14.25"/>
+    <row r="1388" ht="14.25"/>
+    <row r="1389" ht="14.25"/>
+    <row r="1390" ht="14.25"/>
+    <row r="1391" ht="14.25"/>
+    <row r="1392" ht="14.25"/>
+    <row r="1393" ht="14.25"/>
+    <row r="1394" ht="14.25"/>
+    <row r="1395" ht="14.25"/>
+    <row r="1396" ht="14.25"/>
+    <row r="1397" ht="14.25"/>
+    <row r="1398" ht="14.25"/>
+    <row r="1399" ht="14.25"/>
+    <row r="1400" ht="14.25"/>
+    <row r="1401" ht="14.25"/>
+    <row r="1402" ht="14.25"/>
+    <row r="1403" ht="14.25"/>
+    <row r="1404" ht="14.25"/>
+    <row r="1405" ht="14.25"/>
+    <row r="1406" ht="14.25"/>
+    <row r="1407" ht="14.25"/>
+    <row r="1408" ht="14.25"/>
+    <row r="1409" ht="14.25"/>
+    <row r="1410" ht="14.25"/>
+    <row r="1411" ht="14.25"/>
+    <row r="1412" ht="14.25"/>
+    <row r="1413" ht="14.25"/>
+    <row r="1414" ht="14.25"/>
+    <row r="1415" ht="14.25"/>
+    <row r="1416" ht="14.25"/>
+    <row r="1417" ht="14.25"/>
+    <row r="1418" ht="14.25"/>
+    <row r="1419" ht="14.25"/>
+    <row r="1420" ht="14.25"/>
+    <row r="1421" ht="14.25"/>
+    <row r="1422" ht="14.25"/>
+    <row r="1423" ht="14.25"/>
+    <row r="1424" ht="14.25"/>
+    <row r="1425" ht="14.25"/>
+    <row r="1426" ht="14.25"/>
+    <row r="1427" ht="14.25"/>
+    <row r="1428" ht="14.25"/>
+    <row r="1429" ht="14.25"/>
+    <row r="1430" ht="14.25"/>
+    <row r="1431" ht="14.25"/>
+    <row r="1432" ht="14.25"/>
+    <row r="1433" ht="14.25"/>
+    <row r="1434" ht="14.25"/>
+    <row r="1435" ht="14.25"/>
+    <row r="1436" ht="14.25"/>
+    <row r="1437" ht="14.25"/>
+    <row r="1438" ht="14.25"/>
+    <row r="1439" ht="14.25"/>
+    <row r="1440" ht="14.25"/>
+    <row r="1441" ht="14.25"/>
+    <row r="1442" ht="14.25"/>
+    <row r="1443" ht="14.25"/>
+    <row r="1444" ht="14.25"/>
+    <row r="1445" ht="14.25"/>
+    <row r="1446" ht="14.25"/>
+    <row r="1447" ht="14.25"/>
+    <row r="1448" ht="14.25"/>
+    <row r="1449" ht="14.25"/>
+    <row r="1450" ht="14.25"/>
+    <row r="1451" ht="14.25"/>
+    <row r="1452" ht="14.25"/>
+    <row r="1453" ht="14.25"/>
+    <row r="1454" ht="14.25"/>
+    <row r="1455" ht="14.25"/>
+    <row r="1456" ht="14.25"/>
+    <row r="1457" ht="14.25"/>
+    <row r="1458" ht="14.25"/>
+    <row r="1459" ht="14.25"/>
+    <row r="1460" ht="14.25"/>
+    <row r="1461" ht="14.25"/>
+    <row r="1462" ht="14.25"/>
+    <row r="1463" ht="14.25"/>
+    <row r="1464" ht="14.25"/>
+    <row r="1465" ht="14.25"/>
+    <row r="1466" ht="14.25"/>
+    <row r="1467" ht="14.25"/>
+    <row r="1468" ht="14.25"/>
+    <row r="1469" ht="14.25"/>
+    <row r="1470" ht="14.25"/>
+    <row r="1471" ht="14.25"/>
+    <row r="1472" ht="14.25"/>
+    <row r="1473" ht="14.25"/>
+    <row r="1474" ht="14.25"/>
+    <row r="1475" ht="14.25"/>
+    <row r="1476" ht="14.25"/>
+    <row r="1477" ht="14.25"/>
+    <row r="1478" ht="14.25"/>
+    <row r="1479" ht="14.25"/>
+    <row r="1480" ht="14.25"/>
+    <row r="1481" ht="14.25"/>
+    <row r="1482" ht="14.25"/>
+    <row r="1483" ht="14.25"/>
+    <row r="1484" ht="14.25"/>
+    <row r="1485" ht="14.25"/>
+    <row r="1486" ht="14.25"/>
+    <row r="1487" ht="14.25"/>
+    <row r="1488" ht="14.25"/>
+    <row r="1489" ht="14.25"/>
+    <row r="1490" ht="14.25"/>
+    <row r="1491" ht="14.25"/>
+    <row r="1492" ht="14.25"/>
+    <row r="1493" ht="14.25"/>
+    <row r="1494" ht="14.25"/>
+    <row r="1495" ht="14.25"/>
+    <row r="1496" ht="14.25"/>
+    <row r="1497" ht="14.25"/>
+    <row r="1498" ht="14.25"/>
+    <row r="1499" ht="14.25"/>
+    <row r="1500" ht="14.25"/>
+    <row r="1501" ht="14.25"/>
+    <row r="1502" ht="14.25"/>
+    <row r="1503" ht="14.25"/>
+    <row r="1504" ht="14.25"/>
+    <row r="1505" ht="14.25"/>
+    <row r="1506" ht="14.25"/>
+    <row r="1507" ht="14.25"/>
+    <row r="1508" ht="14.25"/>
+    <row r="1509" ht="14.25"/>
+    <row r="1510" ht="14.25"/>
+    <row r="1511" ht="14.25"/>
+    <row r="1512" ht="14.25"/>
+    <row r="1513" ht="14.25"/>
+    <row r="1514" ht="14.25"/>
+    <row r="1515" ht="14.25"/>
+    <row r="1516" ht="14.25"/>
+    <row r="1517" ht="14.25"/>
+    <row r="1518" ht="14.25"/>
+    <row r="1519" ht="14.25"/>
+    <row r="1520" ht="14.25"/>
+    <row r="1521" ht="14.25"/>
+    <row r="1522" ht="14.25"/>
+    <row r="1523" ht="14.25"/>
+    <row r="1524" ht="14.25"/>
+    <row r="1525" ht="14.25"/>
+    <row r="1526" ht="14.25"/>
+    <row r="1527" ht="14.25"/>
+    <row r="1528" ht="14.25"/>
+    <row r="1529" ht="14.25"/>
+    <row r="1530" ht="14.25"/>
+    <row r="1531" ht="14.25"/>
+    <row r="1532" ht="14.25"/>
+    <row r="1533" ht="14.25"/>
+    <row r="1534" ht="14.25"/>
+    <row r="1535" ht="14.25"/>
+    <row r="1536" ht="14.25"/>
+    <row r="1537" ht="14.25"/>
+    <row r="1538" ht="14.25"/>
+    <row r="1539" ht="14.25"/>
+    <row r="1540" ht="14.25"/>
+    <row r="1541" ht="14.25"/>
+    <row r="1542" ht="14.25"/>
+    <row r="1543" ht="14.25"/>
+    <row r="1544" ht="14.25"/>
+    <row r="1545" ht="14.25"/>
+    <row r="1546" ht="14.25"/>
+    <row r="1547" ht="14.25"/>
+    <row r="1548" ht="14.25"/>
+    <row r="1549" ht="14.25"/>
+    <row r="1550" ht="14.25"/>
+    <row r="1551" ht="14.25"/>
+    <row r="1552" ht="14.25"/>
+    <row r="1553" ht="14.25"/>
+    <row r="1554" ht="14.25"/>
+    <row r="1555" ht="14.25"/>
+    <row r="1556" ht="14.25"/>
+    <row r="1557" ht="14.25"/>
+    <row r="1558" ht="14.25"/>
+    <row r="1559" ht="14.25"/>
+    <row r="1560" ht="14.25"/>
+    <row r="1561" ht="14.25"/>
+    <row r="1562" ht="14.25"/>
+    <row r="1563" ht="14.25"/>
+    <row r="1564" ht="14.25"/>
+    <row r="1565" ht="14.25"/>
+    <row r="1566" ht="14.25"/>
+    <row r="1567" ht="14.25"/>
+    <row r="1568" ht="14.25"/>
+    <row r="1569" ht="14.25"/>
+    <row r="1570" ht="14.25"/>
+    <row r="1571" ht="14.25"/>
+    <row r="1572" ht="14.25"/>
+    <row r="1573" ht="14.25"/>
+    <row r="1574" ht="14.25"/>
+    <row r="1575" ht="14.25"/>
+    <row r="1576" ht="14.25"/>
+    <row r="1577" ht="14.25"/>
+    <row r="1578" ht="14.25"/>
+    <row r="1579" ht="14.25"/>
+    <row r="1580" ht="14.25"/>
+    <row r="1581" ht="14.25"/>
+    <row r="1582" ht="14.25"/>
+    <row r="1583" ht="14.25"/>
+    <row r="1584" ht="14.25"/>
+    <row r="1585" ht="14.25"/>
+    <row r="1586" ht="14.25"/>
+    <row r="1587" ht="14.25"/>
+    <row r="1588" ht="14.25"/>
+    <row r="1589" ht="14.25"/>
+    <row r="1590" ht="14.25"/>
+    <row r="1591" ht="14.25"/>
+    <row r="1592" ht="14.25"/>
+    <row r="1593" ht="14.25"/>
+    <row r="1594" ht="14.25"/>
+    <row r="1595" ht="14.25"/>
+    <row r="1596" ht="14.25"/>
+    <row r="1597" ht="14.25"/>
+    <row r="1598" ht="14.25"/>
+    <row r="1599" ht="14.25"/>
+    <row r="1600" ht="14.25"/>
+    <row r="1601" ht="14.25"/>
+    <row r="1602" ht="14.25"/>
+    <row r="1603" ht="14.25"/>
+    <row r="1604" ht="14.25"/>
+    <row r="1605" ht="14.25"/>
+    <row r="1606" ht="14.25"/>
+    <row r="1607" ht="14.25"/>
+    <row r="1608" ht="14.25"/>
+    <row r="1609" ht="14.25"/>
+    <row r="1610" ht="14.25"/>
+    <row r="1611" ht="14.25"/>
+    <row r="1612" ht="14.25"/>
+    <row r="1613" ht="14.25"/>
+    <row r="1614" ht="14.25"/>
+    <row r="1615" ht="14.25"/>
+    <row r="1616" ht="14.25"/>
+    <row r="1617" ht="14.25"/>
+    <row r="1618" ht="14.25"/>
+    <row r="1619" ht="14.25"/>
+    <row r="1620" ht="14.25"/>
+    <row r="1621" ht="14.25"/>
+    <row r="1622" ht="14.25"/>
+    <row r="1623" ht="14.25"/>
+    <row r="1624" ht="14.25"/>
+    <row r="1625" ht="14.25"/>
+    <row r="1626" ht="14.25"/>
+    <row r="1627" ht="14.25"/>
+    <row r="1628" ht="14.25"/>
+    <row r="1629" ht="14.25"/>
+    <row r="1630" ht="14.25"/>
+    <row r="1631" ht="14.25"/>
+    <row r="1632" ht="14.25"/>
+    <row r="1633" ht="14.25"/>
+    <row r="1634" ht="14.25"/>
+    <row r="1635" ht="14.25"/>
+    <row r="1636" ht="14.25"/>
+    <row r="1637" ht="14.25"/>
+    <row r="1638" ht="14.25"/>
+    <row r="1639" ht="14.25"/>
+    <row r="1640" ht="14.25"/>
+    <row r="1641" ht="14.25"/>
+    <row r="1642" ht="14.25"/>
+    <row r="1643" ht="14.25"/>
+    <row r="1644" ht="14.25"/>
+    <row r="1645" ht="14.25"/>
+    <row r="1646" ht="14.25"/>
+    <row r="1647" ht="14.25"/>
+    <row r="1648" ht="14.25"/>
+    <row r="1649" ht="14.25"/>
+    <row r="1650" ht="14.25"/>
+    <row r="1651" ht="14.25"/>
+    <row r="1652" ht="14.25"/>
+    <row r="1653" ht="14.25"/>
+    <row r="1654" ht="14.25"/>
+    <row r="1655" ht="14.25"/>
+    <row r="1656" ht="14.25"/>
+    <row r="1657" ht="14.25"/>
+    <row r="1658" ht="14.25"/>
+    <row r="1659" ht="14.25"/>
+    <row r="1660" ht="14.25"/>
+    <row r="1661" ht="14.25"/>
+    <row r="1662" ht="14.25"/>
+    <row r="1663" ht="14.25"/>
+    <row r="1664" ht="14.25"/>
+    <row r="1665" ht="14.25"/>
+    <row r="1666" ht="14.25"/>
+    <row r="1667" ht="14.25"/>
+    <row r="1668" ht="14.25"/>
+    <row r="1669" ht="14.25"/>
+    <row r="1670" ht="14.25"/>
+    <row r="1671" ht="14.25"/>
+    <row r="1672" ht="14.25"/>
+    <row r="1673" ht="14.25"/>
+    <row r="1674" ht="14.25"/>
+    <row r="1675" ht="14.25"/>
+    <row r="1676" ht="14.25"/>
+    <row r="1677" ht="14.25"/>
+    <row r="1678" ht="14.25"/>
+    <row r="1679" ht="14.25"/>
+    <row r="1680" ht="14.25"/>
+    <row r="1681" ht="14.25"/>
+    <row r="1682" ht="14.25"/>
+    <row r="1683" ht="14.25"/>
+    <row r="1684" ht="14.25"/>
+    <row r="1685" ht="14.25"/>
+    <row r="1686" ht="14.25"/>
+    <row r="1687" ht="14.25"/>
+    <row r="1688" ht="14.25"/>
+    <row r="1689" ht="14.25"/>
+    <row r="1690" ht="14.25"/>
+    <row r="1691" ht="14.25"/>
+    <row r="1692" ht="14.25"/>
+    <row r="1693" ht="14.25"/>
+    <row r="1694" ht="14.25"/>
+    <row r="1695" ht="14.25"/>
+    <row r="1696" ht="14.25"/>
+    <row r="1697" ht="14.25"/>
+    <row r="1698" ht="14.25"/>
+    <row r="1699" ht="14.25"/>
+    <row r="1700" ht="14.25"/>
+    <row r="1701" ht="14.25"/>
+    <row r="1702" ht="14.25"/>
+    <row r="1703" ht="14.25"/>
+    <row r="1704" ht="14.25"/>
+    <row r="1705" ht="14.25"/>
+    <row r="1706" ht="14.25"/>
+    <row r="1707" ht="14.25"/>
+    <row r="1708" ht="14.25"/>
+    <row r="1709" ht="14.25"/>
+    <row r="1710" ht="14.25"/>
+    <row r="1711" ht="14.25"/>
+    <row r="1712" ht="14.25"/>
+    <row r="1713" ht="14.25"/>
+    <row r="1714" ht="14.25"/>
+    <row r="1715" ht="14.25"/>
+    <row r="1716" ht="14.25"/>
+    <row r="1717" ht="14.25"/>
+    <row r="1718" ht="14.25"/>
+    <row r="1719" ht="14.25"/>
+    <row r="1720" ht="14.25"/>
+    <row r="1721" ht="14.25"/>
+    <row r="1722" ht="14.25"/>
+    <row r="1723" ht="14.25"/>
+    <row r="1724" ht="14.25"/>
+    <row r="1725" ht="14.25"/>
+    <row r="1726" ht="14.25"/>
+    <row r="1727" ht="14.25"/>
+    <row r="1728" ht="14.25"/>
+    <row r="1729" ht="14.25"/>
+    <row r="1730" ht="14.25"/>
+    <row r="1731" ht="14.25"/>
+    <row r="1732" ht="14.25"/>
+    <row r="1733" ht="14.25"/>
+    <row r="1734" ht="14.25"/>
+    <row r="1735" ht="14.25"/>
+    <row r="1736" ht="14.25"/>
+    <row r="1737" ht="14.25"/>
+    <row r="1738" ht="14.25"/>
+    <row r="1739" ht="14.25"/>
+    <row r="1740" ht="14.25"/>
+    <row r="1741" ht="14.25"/>
+    <row r="1742" ht="14.25"/>
+    <row r="1743" ht="14.25"/>
+    <row r="1744" ht="14.25"/>
+    <row r="1745" ht="14.25"/>
+    <row r="1746" ht="14.25"/>
+    <row r="1747" ht="14.25"/>
+    <row r="1748" ht="14.25"/>
+    <row r="1749" ht="14.25"/>
+    <row r="1750" ht="14.25"/>
+    <row r="1751" ht="14.25"/>
+    <row r="1752" ht="14.25"/>
+    <row r="1753" ht="14.25"/>
+    <row r="1754" ht="14.25"/>
+    <row r="1755" ht="14.25"/>
+    <row r="1756" ht="14.25"/>
+    <row r="1757" ht="14.25"/>
+    <row r="1758" ht="14.25"/>
+    <row r="1759" ht="14.25"/>
+    <row r="1760" ht="14.25"/>
+    <row r="1761" ht="14.25"/>
+    <row r="1762" ht="14.25"/>
+    <row r="1763" ht="14.25"/>
+    <row r="1764" ht="14.25"/>
+    <row r="1765" ht="14.25"/>
+    <row r="1766" ht="14.25"/>
+    <row r="1767" ht="14.25"/>
+    <row r="1768" ht="14.25"/>
+    <row r="1769" ht="14.25"/>
+    <row r="1770" ht="14.25"/>
+    <row r="1771" ht="14.25"/>
+    <row r="1772" ht="14.25"/>
+    <row r="1773" ht="14.25"/>
+    <row r="1774" ht="14.25"/>
+    <row r="1775" ht="14.25"/>
+    <row r="1776" ht="14.25"/>
+    <row r="1777" ht="14.25"/>
+    <row r="1778" ht="14.25"/>
+    <row r="1779" ht="14.25"/>
+    <row r="1780" ht="14.25"/>
+    <row r="1781" ht="14.25"/>
+    <row r="1782" ht="14.25"/>
+    <row r="1783" ht="14.25"/>
+    <row r="1784" ht="14.25"/>
+    <row r="1785" ht="14.25"/>
+    <row r="1786" ht="14.25"/>
+    <row r="1787" ht="14.25"/>
+    <row r="1788" ht="14.25"/>
+    <row r="1789" ht="14.25"/>
+    <row r="1790" ht="14.25"/>
+    <row r="1791" ht="14.25"/>
+    <row r="1792" ht="14.25"/>
+    <row r="1793" ht="14.25"/>
+    <row r="1794" ht="14.25"/>
+    <row r="1795" ht="14.25"/>
+    <row r="1796" ht="14.25"/>
+    <row r="1797" ht="14.25"/>
+    <row r="1798" ht="14.25"/>
+    <row r="1799" ht="14.25"/>
+    <row r="1800" ht="14.25"/>
+    <row r="1801" ht="14.25"/>
+    <row r="1802" ht="14.25"/>
+    <row r="1803" ht="14.25"/>
+    <row r="1804" ht="14.25"/>
+    <row r="1805" ht="14.25"/>
+    <row r="1806" ht="14.25"/>
+    <row r="1807" ht="14.25"/>
+    <row r="1808" ht="14.25"/>
+    <row r="1809" ht="14.25"/>
+    <row r="1810" ht="14.25"/>
+    <row r="1811" ht="14.25"/>
+    <row r="1812" ht="14.25"/>
+    <row r="1813" ht="14.25"/>
+    <row r="1814" ht="14.25"/>
+    <row r="1815" ht="14.25"/>
+    <row r="1816" ht="14.25"/>
+    <row r="1817" ht="14.25"/>
+    <row r="1818" ht="14.25"/>
+    <row r="1819" ht="14.25"/>
+    <row r="1820" ht="14.25"/>
+    <row r="1821" ht="14.25"/>
+    <row r="1822" ht="14.25"/>
+    <row r="1823" ht="14.25"/>
+    <row r="1824" ht="14.25"/>
+    <row r="1825" ht="14.25"/>
+    <row r="1826" ht="14.25"/>
+    <row r="1827" ht="14.25"/>
+    <row r="1828" ht="14.25"/>
+    <row r="1829" ht="14.25"/>
+    <row r="1830" ht="14.25"/>
+    <row r="1831" ht="14.25"/>
+    <row r="1832" ht="14.25"/>
+    <row r="1833" ht="14.25"/>
+    <row r="1834" ht="14.25"/>
+    <row r="1835" ht="14.25"/>
+    <row r="1836" ht="14.25"/>
+    <row r="1837" ht="14.25"/>
+    <row r="1838" ht="14.25"/>
+    <row r="1839" ht="14.25"/>
+    <row r="1840" ht="14.25"/>
+    <row r="1841" ht="14.25"/>
+    <row r="1842" ht="14.25"/>
+    <row r="1843" ht="14.25"/>
+    <row r="1844" ht="14.25"/>
+    <row r="1845" ht="14.25"/>
+    <row r="1846" ht="14.25"/>
+    <row r="1847" ht="14.25"/>
+    <row r="1848" ht="14.25"/>
+    <row r="1849" ht="14.25"/>
+    <row r="1850" ht="14.25"/>
+    <row r="1851" ht="14.25"/>
+    <row r="1852" ht="14.25"/>
+    <row r="1853" ht="14.25"/>
+    <row r="1854" ht="14.25"/>
+    <row r="1855" ht="14.25"/>
+    <row r="1856" ht="14.25"/>
+    <row r="1857" ht="14.25"/>
+    <row r="1858" ht="14.25"/>
+    <row r="1859" ht="14.25"/>
+    <row r="1860" ht="14.25"/>
+    <row r="1861" ht="14.25"/>
+    <row r="1862" ht="14.25"/>
+    <row r="1863" ht="14.25"/>
+    <row r="1864" ht="14.25"/>
+    <row r="1865" ht="14.25"/>
+    <row r="1866" ht="14.25"/>
+    <row r="1867" ht="14.25"/>
+    <row r="1868" ht="14.25"/>
+    <row r="1869" ht="14.25"/>
+    <row r="1870" ht="14.25"/>
+    <row r="1871" ht="14.25"/>
+    <row r="1872" ht="14.25"/>
+    <row r="1873" ht="14.25"/>
+    <row r="1874" ht="14.25"/>
+    <row r="1875" ht="14.25"/>
+    <row r="1876" ht="14.25"/>
+    <row r="1877" ht="14.25"/>
+    <row r="1878" ht="14.25"/>
+    <row r="1879" ht="14.25"/>
+    <row r="1880" ht="14.25"/>
+    <row r="1881" ht="14.25"/>
+    <row r="1882" ht="14.25"/>
+    <row r="1883" ht="14.25"/>
+    <row r="1884" ht="14.25"/>
+    <row r="1885" ht="14.25"/>
+    <row r="1886" ht="14.25"/>
+    <row r="1887" ht="14.25"/>
+    <row r="1888" ht="14.25"/>
+    <row r="1889" ht="14.25"/>
+    <row r="1890" ht="14.25"/>
+    <row r="1891" ht="14.25"/>
+    <row r="1892" ht="14.25"/>
+    <row r="1893" ht="14.25"/>
+    <row r="1894" ht="14.25"/>
+    <row r="1895" ht="14.25"/>
+    <row r="1896" ht="14.25"/>
+    <row r="1897" ht="14.25"/>
+    <row r="1898" ht="14.25"/>
+    <row r="1899" ht="14.25"/>
+    <row r="1900" ht="14.25"/>
+    <row r="1901" ht="14.25"/>
+    <row r="1902" ht="14.25"/>
+    <row r="1903" ht="14.25"/>
+    <row r="1904" ht="14.25"/>
+    <row r="1905" ht="14.25"/>
+    <row r="1906" ht="14.25"/>
+    <row r="1907" ht="14.25"/>
+    <row r="1908" ht="14.25"/>
+    <row r="1909" ht="14.25"/>
+    <row r="1910" ht="14.25"/>
+    <row r="1911" ht="14.25"/>
+    <row r="1923" ht="14.25"/>
   </sheetData>
   <autoFilter ref="A1:K1" xr:uid="{35470CDC-1200-49E5-96F1-619B2C79E206}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:K456">
     <sortCondition sortBy="fontColor" ref="I450" dxfId="0"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C633CF297E8DCD40B5CEEED7C4E234B0" ma:contentTypeVersion="3" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="bafe221d764c3b70e457bb378608bdce">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="acfccf65-1667-4ab2-9b4b-3877a2b053ca" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="dc964ac34cbcbe9f0c8579a25fff962c" ns2:_="">
     <xsd:import namespace="acfccf65-1667-4ab2-9b4b-3877a2b053ca"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="acfccf65-1667-4ab2-9b4b-3877a2b053ca" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
@@ -33563,111 +34332,74 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{884C3AAF-9C9D-451E-9566-3C4EE2BADB57}">
-[...4 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{01BEA012-98F5-40CC-9552-DAEE83FF2E0C}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{01BEA012-98F5-40CC-9552-DAEE83FF2E0C}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E31FA33E-CE6C-4FBE-8E15-037009244E19}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E31FA33E-CE6C-4FBE-8E15-037009244E19}">
-[...13 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{884C3AAF-9C9D-451E-9566-3C4EE2BADB57}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
-[...16 lines deleted...]
-  </TitlesOfParts>
+  <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
-  <LinksUpToDate>false</LinksUpToDate>
-  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
-  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Andrew Devine</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C633CF297E8DCD40B5CEEED7C4E234B0</vt:lpwstr>
   </property>