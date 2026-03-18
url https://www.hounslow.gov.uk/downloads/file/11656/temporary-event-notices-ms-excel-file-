--- v3 (2026-02-26)
+++ v4 (2026-03-18)
@@ -2,89 +2,89 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29728"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29905"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://lbhounslow.sharepoint.com/sites/LicensingPublicRegisters/Shared Documents/Licensing Public Registers/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1384" documentId="13_ncr:1_{88EA21EB-3A0E-4259-95EB-826C6E80E6C8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{71C97175-A6E3-4255-85E2-85CA028A3A1B}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{F33BEB7B-D8AE-4C72-B864-0F38C1BF348B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-83" yWindow="0" windowWidth="10425" windowHeight="13043" xr2:uid="{66F26FBC-A743-40B0-8E81-8196F8E5AD61}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$1:$K$1</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4530" uniqueCount="1226">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4718" uniqueCount="1249">
   <si>
     <t>Date Received</t>
   </si>
   <si>
     <t>Standard or LATE</t>
   </si>
   <si>
     <t xml:space="preserve">Premises Name </t>
   </si>
   <si>
     <t>Premises Address</t>
   </si>
   <si>
     <t>Start Date</t>
   </si>
   <si>
     <t xml:space="preserve">Start Time </t>
   </si>
   <si>
     <t xml:space="preserve">End Date </t>
   </si>
   <si>
     <t xml:space="preserve">End Time </t>
   </si>
   <si>
@@ -3719,50 +3719,119 @@
     <t xml:space="preserve">Corney Reach Way, Chiswick, London, W4 2UG </t>
   </si>
   <si>
     <t xml:space="preserve">Browells Lane, Feltham, TW13 7EF </t>
   </si>
   <si>
     <t>Edward Pauling Primary School</t>
   </si>
   <si>
     <t>Redford Close, Feltham, TW13 4TQ</t>
   </si>
   <si>
     <t>Chiswick Street Market - Outside George VI</t>
   </si>
   <si>
     <t>Carak Chaii</t>
   </si>
   <si>
     <t>750 Bath Road, Hounslow, TW5 9TY</t>
   </si>
   <si>
     <t>St Stephens Church</t>
   </si>
   <si>
     <t>Tudor Park Sports and Leisure</t>
+  </si>
+  <si>
+    <t>48 Fern Grove</t>
+  </si>
+  <si>
+    <t>Feltham, TW14 9AY</t>
+  </si>
+  <si>
+    <t>210 Chiswick High Road, Chiswick</t>
+  </si>
+  <si>
+    <t>Sale of Alcohol both / Regulated Entertainment / LNR</t>
+  </si>
+  <si>
+    <t>Tideways Scullers School</t>
+  </si>
+  <si>
+    <t>Riverside Drive, Chiswick, London, W4 2SH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">104, Windmill Road, Brentford, TW8 9NA </t>
+  </si>
+  <si>
+    <t>St Faiths Church, Windmill Road, Brentford, TW8 9NA</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Lala Peshawari</t>
+  </si>
+  <si>
+    <t>476 - 478, Great West Road, Hounslow, TW5 0TA</t>
+  </si>
+  <si>
+    <t>Garden House</t>
+  </si>
+  <si>
+    <t>Syon Park, Syon Lane, Brentford, TW8 8JF</t>
+  </si>
+  <si>
+    <t>Osterley Road, Isleworth,  TW7 4PW</t>
+  </si>
+  <si>
+    <t>St. Michael's Centre</t>
+  </si>
+  <si>
+    <t>Waitrose Chiswick</t>
+  </si>
+  <si>
+    <t>356 - 362, Chiswick High Road, Chiswick, London, W4 5TA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chiswick Auctions </t>
+  </si>
+  <si>
+    <t>Feltham Community College</t>
+  </si>
+  <si>
+    <t xml:space="preserve">School House, Browells Lane, Feltham, TW13 7EF </t>
+  </si>
+  <si>
+    <t>Mamados</t>
+  </si>
+  <si>
+    <t>1 Essex Place Square, Chiswick, London, W4 5UJ</t>
+  </si>
+  <si>
+    <t>Supply of Alcohol on</t>
+  </si>
+  <si>
+    <t>Feltham Assembly Hall</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
@@ -4175,54 +4244,54 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{35470CDC-1200-49E5-96F1-619B2C79E206}">
-  <dimension ref="A1:O1923"/>
+  <dimension ref="A1:O1924"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A917" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="D933" sqref="D933"/>
+    <sheetView tabSelected="1" topLeftCell="I947" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="J957" sqref="J957"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="14.5703125" style="2" customWidth="1"/>
     <col min="2" max="2" width="18" customWidth="1"/>
     <col min="3" max="3" width="51.28515625" customWidth="1"/>
     <col min="4" max="4" width="75.5703125" customWidth="1"/>
     <col min="5" max="5" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15" customWidth="1"/>
     <col min="8" max="8" width="16.5703125" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="74" customWidth="1"/>
     <col min="10" max="10" width="85.140625" customWidth="1"/>
     <col min="11" max="11" width="106.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="14.25">
       <c r="A1" s="15" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -32783,51 +32852,51 @@
       <c r="C911" t="s">
         <v>395</v>
       </c>
       <c r="D911" t="s">
         <v>722</v>
       </c>
       <c r="E911" s="2">
         <v>46067</v>
       </c>
       <c r="F911" s="1">
         <v>0.875</v>
       </c>
       <c r="G911" s="2">
         <v>46068</v>
       </c>
       <c r="H911" s="1">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="I911" t="s">
         <v>109</v>
       </c>
       <c r="J911" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="912" spans="1:10">
+    <row r="912" spans="1:10" ht="14.25">
       <c r="A912" s="2">
         <v>46058</v>
       </c>
       <c r="B912" t="s">
         <v>196</v>
       </c>
       <c r="C912" t="s">
         <v>1215</v>
       </c>
       <c r="D912" t="s">
         <v>1216</v>
       </c>
       <c r="E912" s="2">
         <v>46095</v>
       </c>
       <c r="F912" s="1">
         <v>0.75</v>
       </c>
       <c r="G912" s="2">
         <v>46095</v>
       </c>
       <c r="H912" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I912" t="s">
@@ -32971,306 +33040,1478 @@
       </c>
       <c r="B917" t="s">
         <v>196</v>
       </c>
       <c r="C917" t="s">
         <v>1219</v>
       </c>
       <c r="D917" t="s">
         <v>1220</v>
       </c>
       <c r="E917" s="2">
         <v>46080</v>
       </c>
       <c r="F917" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G917" s="2">
         <v>46080</v>
       </c>
       <c r="H917" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I917" t="s">
         <v>29</v>
       </c>
+      <c r="J917" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="918" spans="1:10" ht="14.25">
       <c r="A918" s="2">
         <v>46063</v>
       </c>
       <c r="B918" t="s">
         <v>224</v>
       </c>
       <c r="C918" t="s">
         <v>1221</v>
       </c>
       <c r="D918" t="s">
         <v>727</v>
       </c>
       <c r="E918" s="2">
         <v>46075</v>
       </c>
       <c r="F918" s="1">
         <v>0.375</v>
       </c>
       <c r="G918" s="2">
         <v>46075</v>
       </c>
       <c r="H918" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="I918" t="s">
         <v>41</v>
       </c>
+      <c r="J918" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="919" spans="1:10" ht="14.25">
       <c r="A919" s="2">
         <v>46063</v>
       </c>
       <c r="B919" t="s">
         <v>224</v>
       </c>
       <c r="C919" t="s">
         <v>1222</v>
       </c>
       <c r="D919" t="s">
         <v>1223</v>
       </c>
       <c r="E919" s="2">
         <v>46071</v>
       </c>
       <c r="F919" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="G919" s="2">
         <v>46077</v>
       </c>
       <c r="H919" s="1">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="I919" t="s">
         <v>242</v>
       </c>
+      <c r="J919" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="920" spans="1:10" ht="14.25">
       <c r="A920" s="2">
         <v>46063</v>
       </c>
       <c r="B920" t="s">
         <v>196</v>
       </c>
       <c r="C920" t="s">
         <v>1224</v>
       </c>
       <c r="D920" t="s">
         <v>168</v>
       </c>
       <c r="E920" s="2">
         <v>46066</v>
       </c>
       <c r="F920" s="1">
         <v>0.79166666666666663</v>
       </c>
       <c r="G920" s="2">
         <v>46066</v>
       </c>
       <c r="H920" s="1">
         <v>0.9375</v>
       </c>
       <c r="I920" t="s">
         <v>54</v>
       </c>
+      <c r="J920" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="921" spans="1:10" ht="14.25">
       <c r="A921" s="2">
         <v>46064</v>
       </c>
       <c r="B921" t="s">
         <v>196</v>
       </c>
       <c r="C921" t="s">
         <v>118</v>
       </c>
       <c r="D921" t="s">
         <v>413</v>
       </c>
       <c r="E921" s="2">
         <v>46081</v>
       </c>
       <c r="F921" s="1">
         <v>0.75</v>
       </c>
       <c r="G921" s="2">
         <v>46081</v>
       </c>
       <c r="H921" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I921" t="s">
         <v>54</v>
       </c>
+      <c r="J921" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="922" spans="1:10" ht="14.25">
       <c r="A922" s="2">
         <v>46064</v>
       </c>
       <c r="B922" t="s">
         <v>196</v>
       </c>
       <c r="C922" t="s">
         <v>118</v>
       </c>
       <c r="D922" t="s">
         <v>413</v>
       </c>
       <c r="E922" s="2">
         <v>46088</v>
       </c>
       <c r="F922" s="1">
         <v>0.70833333333333337</v>
       </c>
       <c r="G922" s="2">
         <v>46088</v>
       </c>
       <c r="H922" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I922" t="s">
         <v>54</v>
       </c>
+      <c r="J922" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="923" spans="1:10" ht="14.25">
       <c r="A923" s="2">
         <v>46064</v>
       </c>
       <c r="B923" t="s">
         <v>196</v>
       </c>
       <c r="C923" t="s">
         <v>118</v>
       </c>
       <c r="D923" t="s">
         <v>413</v>
       </c>
       <c r="E923" s="2">
         <v>46095</v>
       </c>
       <c r="F923" s="1">
         <v>0.75</v>
       </c>
       <c r="G923" s="2">
         <v>46095</v>
       </c>
       <c r="H923" s="1">
         <v>0.95833333333333337</v>
       </c>
       <c r="I923" t="s">
         <v>54</v>
       </c>
+      <c r="J923" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="924" spans="1:10" ht="14.25">
       <c r="A924" s="2">
         <v>46064</v>
       </c>
       <c r="B924" t="s">
         <v>196</v>
       </c>
       <c r="C924" t="s">
         <v>1225</v>
       </c>
       <c r="D924" t="s">
         <v>1218</v>
       </c>
       <c r="E924" s="2">
         <v>46081</v>
       </c>
       <c r="F924" s="1">
         <v>0.66666666666666663</v>
       </c>
       <c r="G924" s="2">
         <v>46081</v>
       </c>
       <c r="H924" s="1">
         <v>0.875</v>
       </c>
       <c r="I924" t="s">
         <v>54</v>
       </c>
-    </row>
-[...51 lines deleted...]
-    <row r="976" ht="14.25"/>
+      <c r="J924" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="925" spans="1:10" ht="14.25">
+      <c r="A925" s="2">
+        <v>46066</v>
+      </c>
+      <c r="B925" t="s">
+        <v>196</v>
+      </c>
+      <c r="C925" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D925" t="s">
+        <v>1227</v>
+      </c>
+      <c r="E925" s="2">
+        <v>46123</v>
+      </c>
+      <c r="F925" s="1">
+        <v>0.41666666666666669</v>
+      </c>
+      <c r="G925" s="2">
+        <v>46123</v>
+      </c>
+      <c r="H925" s="1">
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="I925" t="s">
+        <v>109</v>
+      </c>
+      <c r="J925" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="926" spans="1:10" ht="14.25">
+      <c r="A926" s="2">
+        <v>46066</v>
+      </c>
+      <c r="B926" t="s">
+        <v>196</v>
+      </c>
+      <c r="C926" t="s">
+        <v>775</v>
+      </c>
+      <c r="D926" t="s">
+        <v>1228</v>
+      </c>
+      <c r="E926" s="2">
+        <v>46102</v>
+      </c>
+      <c r="F926" s="1">
+        <v>0.75</v>
+      </c>
+      <c r="G926" s="2">
+        <v>46103</v>
+      </c>
+      <c r="H926" s="1">
+        <v>4.1666666666666664E-2</v>
+      </c>
+      <c r="I926" t="s">
+        <v>54</v>
+      </c>
+      <c r="J926" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="927" spans="1:10" ht="14.25">
+      <c r="A927" s="2">
+        <v>46068</v>
+      </c>
+      <c r="B927" t="s">
+        <v>196</v>
+      </c>
+      <c r="C927" t="s">
+        <v>118</v>
+      </c>
+      <c r="D927" t="s">
+        <v>413</v>
+      </c>
+      <c r="E927" s="2">
+        <v>46103</v>
+      </c>
+      <c r="F927" s="1">
+        <v>0.6875</v>
+      </c>
+      <c r="G927" s="2">
+        <v>46103</v>
+      </c>
+      <c r="H927" s="1">
+        <v>0.9375</v>
+      </c>
+      <c r="I927" t="s">
+        <v>54</v>
+      </c>
+      <c r="J927" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="928" spans="1:10" ht="14.25">
+      <c r="A928" s="2">
+        <v>46068</v>
+      </c>
+      <c r="B928" t="s">
+        <v>196</v>
+      </c>
+      <c r="C928" t="s">
+        <v>118</v>
+      </c>
+      <c r="D928" t="s">
+        <v>413</v>
+      </c>
+      <c r="E928" s="2">
+        <v>46109</v>
+      </c>
+      <c r="F928" s="1">
+        <v>0.75</v>
+      </c>
+      <c r="G928" s="2">
+        <v>46109</v>
+      </c>
+      <c r="H928" s="1">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="I928" t="s">
+        <v>54</v>
+      </c>
+      <c r="J928" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="929" spans="1:10" ht="14.25">
+      <c r="A929" s="2">
+        <v>46069</v>
+      </c>
+      <c r="B929" t="s">
+        <v>224</v>
+      </c>
+      <c r="C929" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D929" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E929" s="2">
+        <v>46079</v>
+      </c>
+      <c r="F929" s="1">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="G929" s="2">
+        <v>46085</v>
+      </c>
+      <c r="H929" s="1">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="I929" t="s">
+        <v>242</v>
+      </c>
+      <c r="J929" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="930" spans="1:10" ht="14.25">
+      <c r="A930" s="2">
+        <v>46069</v>
+      </c>
+      <c r="B930" t="s">
+        <v>196</v>
+      </c>
+      <c r="C930" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D930" t="s">
+        <v>1050</v>
+      </c>
+      <c r="E930" s="2">
+        <v>46117</v>
+      </c>
+      <c r="F930" s="1">
+        <v>4.1666666666666664E-2</v>
+      </c>
+      <c r="G930" s="2">
+        <v>46117</v>
+      </c>
+      <c r="H930" s="1">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="I930" t="s">
+        <v>1229</v>
+      </c>
+      <c r="J930" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="931" spans="1:10" ht="14.25">
+      <c r="A931" s="2">
+        <v>46070</v>
+      </c>
+      <c r="B931" t="s">
+        <v>196</v>
+      </c>
+      <c r="C931" t="s">
+        <v>1230</v>
+      </c>
+      <c r="D931" t="s">
+        <v>1231</v>
+      </c>
+      <c r="E931" s="2">
+        <v>46116</v>
+      </c>
+      <c r="F931" s="1">
+        <v>0.5</v>
+      </c>
+      <c r="G931" s="2">
+        <v>46116</v>
+      </c>
+      <c r="H931" s="1">
+        <v>0.83333333333333337</v>
+      </c>
+      <c r="I931" t="s">
+        <v>29</v>
+      </c>
+      <c r="J931" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="932" spans="1:10" ht="14.25">
+      <c r="A932" s="2">
+        <v>46070</v>
+      </c>
+      <c r="B932" t="s">
+        <v>235</v>
+      </c>
+      <c r="C932" t="s">
+        <v>59</v>
+      </c>
+      <c r="D932" t="s">
+        <v>1232</v>
+      </c>
+      <c r="E932" s="2">
+        <v>46095</v>
+      </c>
+      <c r="F932" s="1">
+        <v>0</v>
+      </c>
+      <c r="G932" s="2">
+        <v>46095</v>
+      </c>
+      <c r="H932" s="1">
+        <v>4.1666666666666664E-2</v>
+      </c>
+      <c r="I932" t="s">
+        <v>29</v>
+      </c>
+      <c r="J932" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="933" spans="1:10" ht="14.25">
+      <c r="A933" s="2">
+        <v>46070</v>
+      </c>
+      <c r="B933" t="s">
+        <v>235</v>
+      </c>
+      <c r="C933" t="s">
+        <v>59</v>
+      </c>
+      <c r="D933" t="s">
+        <v>1232</v>
+      </c>
+      <c r="E933" s="2">
+        <v>46098</v>
+      </c>
+      <c r="F933" s="1">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="G933" s="2">
+        <v>46098</v>
+      </c>
+      <c r="H933" s="1">
+        <v>4.1666666666666664E-2</v>
+      </c>
+      <c r="I933" t="s">
+        <v>54</v>
+      </c>
+      <c r="J933" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="934" spans="1:10" ht="14.25">
+      <c r="A934" s="2">
+        <v>46072</v>
+      </c>
+      <c r="B934" t="s">
+        <v>196</v>
+      </c>
+      <c r="C934" t="s">
+        <v>113</v>
+      </c>
+      <c r="D934" t="s">
+        <v>1094</v>
+      </c>
+      <c r="E934" s="2">
+        <v>46094</v>
+      </c>
+      <c r="F934" s="1">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="G934" s="2">
+        <v>46094</v>
+      </c>
+      <c r="H934" s="1">
+        <v>0.91666666666666663</v>
+      </c>
+      <c r="I934" t="s">
+        <v>29</v>
+      </c>
+      <c r="J934" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="935" spans="1:10" ht="14.25">
+      <c r="A935" s="2">
+        <v>46072</v>
+      </c>
+      <c r="B935" t="s">
+        <v>196</v>
+      </c>
+      <c r="C935" t="s">
+        <v>113</v>
+      </c>
+      <c r="D935" t="s">
+        <v>1094</v>
+      </c>
+      <c r="E935" s="2">
+        <v>46109</v>
+      </c>
+      <c r="F935" s="1">
+        <v>0.72916666666666663</v>
+      </c>
+      <c r="G935" s="2">
+        <v>46109</v>
+      </c>
+      <c r="H935" s="1">
+        <v>0.91666666666666663</v>
+      </c>
+      <c r="I935" t="s">
+        <v>29</v>
+      </c>
+      <c r="J935" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="936" spans="1:10" ht="14.25">
+      <c r="A936" s="2">
+        <v>46072</v>
+      </c>
+      <c r="B936" t="s">
+        <v>196</v>
+      </c>
+      <c r="C936" t="s">
+        <v>97</v>
+      </c>
+      <c r="D936" t="s">
+        <v>1233</v>
+      </c>
+      <c r="E936" s="2">
+        <v>46102</v>
+      </c>
+      <c r="F936" s="1">
+        <v>0.77083333333333337</v>
+      </c>
+      <c r="G936" s="2">
+        <v>46102</v>
+      </c>
+      <c r="H936" s="1">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="I936" t="s">
+        <v>29</v>
+      </c>
+      <c r="J936" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="937" spans="1:10" ht="14.25">
+      <c r="A937" s="2">
+        <v>46073</v>
+      </c>
+      <c r="B937" t="s">
+        <v>317</v>
+      </c>
+      <c r="C937" t="s">
+        <v>1234</v>
+      </c>
+      <c r="D937" t="s">
+        <v>1235</v>
+      </c>
+      <c r="E937" s="2">
+        <v>46083</v>
+      </c>
+      <c r="F937" s="1">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="G937" s="2">
+        <v>46089</v>
+      </c>
+      <c r="H937" s="1">
+        <v>0.20833333333333334</v>
+      </c>
+      <c r="I937" t="s">
+        <v>242</v>
+      </c>
+      <c r="J937" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="938" spans="1:10" ht="14.25">
+      <c r="A938" s="2">
+        <v>46073</v>
+      </c>
+      <c r="B938" t="s">
+        <v>317</v>
+      </c>
+      <c r="C938" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D938" t="s">
+        <v>1237</v>
+      </c>
+      <c r="E938" s="2">
+        <v>46088</v>
+      </c>
+      <c r="F938" s="1">
+        <v>0.4375</v>
+      </c>
+      <c r="G938" s="2">
+        <v>46089</v>
+      </c>
+      <c r="H938" s="1">
+        <v>0.72916666666666663</v>
+      </c>
+      <c r="I938" t="s">
+        <v>187</v>
+      </c>
+      <c r="J938" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="939" spans="1:10" ht="14.25">
+      <c r="A939" s="2">
+        <v>46076</v>
+      </c>
+      <c r="B939" t="s">
+        <v>196</v>
+      </c>
+      <c r="C939" t="s">
+        <v>39</v>
+      </c>
+      <c r="D939" t="s">
+        <v>1075</v>
+      </c>
+      <c r="E939" s="2">
+        <v>46096</v>
+      </c>
+      <c r="F939" s="1">
+        <v>0.39583333333333331</v>
+      </c>
+      <c r="G939" s="2">
+        <v>46096</v>
+      </c>
+      <c r="H939" s="1">
+        <v>0.625</v>
+      </c>
+      <c r="I939" t="s">
+        <v>41</v>
+      </c>
+      <c r="J939" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="940" spans="1:10" ht="14.25">
+      <c r="A940" s="2">
+        <v>46076</v>
+      </c>
+      <c r="B940" t="s">
+        <v>235</v>
+      </c>
+      <c r="C940" t="s">
+        <v>1031</v>
+      </c>
+      <c r="D940" t="s">
+        <v>1238</v>
+      </c>
+      <c r="E940" s="2">
+        <v>46102</v>
+      </c>
+      <c r="F940" s="1">
+        <v>0.77083333333333337</v>
+      </c>
+      <c r="G940" s="2">
+        <v>46102</v>
+      </c>
+      <c r="H940" s="1">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="I940" t="s">
+        <v>29</v>
+      </c>
+      <c r="J940" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="941" spans="1:10" ht="14.25">
+      <c r="A941" s="2">
+        <v>46077</v>
+      </c>
+      <c r="B941" t="s">
+        <v>196</v>
+      </c>
+      <c r="C941" t="s">
+        <v>1239</v>
+      </c>
+      <c r="D941" t="s">
+        <v>1202</v>
+      </c>
+      <c r="E941" s="2">
+        <v>46133</v>
+      </c>
+      <c r="F941" s="1">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="G941" s="2">
+        <v>46137</v>
+      </c>
+      <c r="H941" s="1">
+        <v>0.91666666666666663</v>
+      </c>
+      <c r="I941" t="s">
+        <v>54</v>
+      </c>
+      <c r="J941" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="942" spans="1:10" ht="14.25">
+      <c r="A942" s="2">
+        <v>46078</v>
+      </c>
+      <c r="B942" t="s">
+        <v>211</v>
+      </c>
+      <c r="C942" t="s">
+        <v>220</v>
+      </c>
+      <c r="D942" t="s">
+        <v>221</v>
+      </c>
+      <c r="E942" s="2">
+        <v>46096</v>
+      </c>
+      <c r="F942" s="1">
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="G942" s="2">
+        <v>46096</v>
+      </c>
+      <c r="H942" s="1">
+        <v>0.83333333333333337</v>
+      </c>
+      <c r="I942" t="s">
+        <v>29</v>
+      </c>
+      <c r="J942" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="943" spans="1:10" ht="14.25">
+      <c r="A943" s="2">
+        <v>46077</v>
+      </c>
+      <c r="B943" t="s">
+        <v>235</v>
+      </c>
+      <c r="C943" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D943" t="s">
+        <v>511</v>
+      </c>
+      <c r="E943" s="2">
+        <v>46102</v>
+      </c>
+      <c r="F943" s="1">
+        <v>0.70833333333333337</v>
+      </c>
+      <c r="G943" s="2">
+        <v>46102</v>
+      </c>
+      <c r="H943" s="1">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="I943" t="s">
+        <v>54</v>
+      </c>
+      <c r="J943" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="944" spans="1:10" ht="14.25">
+      <c r="A944" s="2">
+        <v>46078</v>
+      </c>
+      <c r="B944" t="s">
+        <v>196</v>
+      </c>
+      <c r="C944" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D944" t="s">
+        <v>1241</v>
+      </c>
+      <c r="E944" s="2">
+        <v>46100</v>
+      </c>
+      <c r="F944" s="1">
+        <v>0.29166666666666669</v>
+      </c>
+      <c r="G944" s="2">
+        <v>46100</v>
+      </c>
+      <c r="H944" s="1">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="I944" t="s">
+        <v>109</v>
+      </c>
+      <c r="J944" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="945" spans="1:10" ht="14.25">
+      <c r="A945" s="2">
+        <v>46079</v>
+      </c>
+      <c r="B945" t="s">
+        <v>317</v>
+      </c>
+      <c r="C945" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D945" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E945" s="2">
+        <v>46059</v>
+      </c>
+      <c r="F945" s="1">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="G945" s="2">
+        <v>46065</v>
+      </c>
+      <c r="H945" s="1">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="I945" t="s">
+        <v>242</v>
+      </c>
+      <c r="J945" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="946" spans="1:10" ht="14.25">
+      <c r="A946" s="2">
+        <v>46083</v>
+      </c>
+      <c r="B946" t="s">
+        <v>235</v>
+      </c>
+      <c r="C946" t="s">
+        <v>1242</v>
+      </c>
+      <c r="D946" t="s">
+        <v>575</v>
+      </c>
+      <c r="E946" s="2">
+        <v>46107</v>
+      </c>
+      <c r="F946" s="1">
+        <v>0.41666666666666669</v>
+      </c>
+      <c r="G946" s="2">
+        <v>46107</v>
+      </c>
+      <c r="H946" s="1">
+        <v>0.75</v>
+      </c>
+      <c r="I946" t="s">
+        <v>576</v>
+      </c>
+      <c r="J946" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="947" spans="1:10" ht="14.25">
+      <c r="A947" s="2">
+        <v>46086</v>
+      </c>
+      <c r="B947" t="s">
+        <v>235</v>
+      </c>
+      <c r="C947" t="s">
+        <v>159</v>
+      </c>
+      <c r="D947" t="s">
+        <v>348</v>
+      </c>
+      <c r="E947" s="2">
+        <v>46102</v>
+      </c>
+      <c r="F947" s="1">
+        <v>0.70833333333333337</v>
+      </c>
+      <c r="G947" s="2">
+        <v>46102</v>
+      </c>
+      <c r="H947" s="1">
+        <v>0.875</v>
+      </c>
+      <c r="I947" t="s">
+        <v>54</v>
+      </c>
+      <c r="J947" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="948" spans="1:10" ht="14.25">
+      <c r="A948" s="2">
+        <v>46090</v>
+      </c>
+      <c r="B948" t="s">
+        <v>235</v>
+      </c>
+      <c r="C948" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D948" t="s">
+        <v>1244</v>
+      </c>
+      <c r="E948" s="2">
+        <v>46106</v>
+      </c>
+      <c r="F948" s="1">
+        <v>0.5</v>
+      </c>
+      <c r="G948" s="2">
+        <v>46137</v>
+      </c>
+      <c r="H948" s="1">
+        <v>0.91666666666666663</v>
+      </c>
+      <c r="I948" t="s">
+        <v>54</v>
+      </c>
+      <c r="J948" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="949" spans="1:10" ht="14.25">
+      <c r="A949" s="2">
+        <v>46084</v>
+      </c>
+      <c r="B949" t="s">
+        <v>235</v>
+      </c>
+      <c r="C949" t="s">
+        <v>351</v>
+      </c>
+      <c r="D949" t="s">
+        <v>1217</v>
+      </c>
+      <c r="E949" s="2">
+        <v>46116</v>
+      </c>
+      <c r="F949" s="1">
+        <v>0.47916666666666669</v>
+      </c>
+      <c r="G949" s="2">
+        <v>46116</v>
+      </c>
+      <c r="H949" s="1">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="I949" t="s">
+        <v>324</v>
+      </c>
+      <c r="J949" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="950" spans="1:10" ht="14.25">
+      <c r="A950" s="2">
+        <v>46084</v>
+      </c>
+      <c r="B950" t="s">
+        <v>317</v>
+      </c>
+      <c r="C950" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D950" t="s">
+        <v>1246</v>
+      </c>
+      <c r="E950" s="2">
+        <v>46095</v>
+      </c>
+      <c r="F950" s="1">
+        <v>0.54166666666666663</v>
+      </c>
+      <c r="G950" s="2">
+        <v>46096</v>
+      </c>
+      <c r="H950" s="1">
+        <v>0.625</v>
+      </c>
+      <c r="I950" t="s">
+        <v>29</v>
+      </c>
+      <c r="J950" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="951" spans="1:10" ht="14.25">
+      <c r="A951" s="2">
+        <v>46085</v>
+      </c>
+      <c r="B951" t="s">
+        <v>235</v>
+      </c>
+      <c r="C951" t="s">
+        <v>1219</v>
+      </c>
+      <c r="D951" t="s">
+        <v>1220</v>
+      </c>
+      <c r="E951" s="2">
+        <v>46101</v>
+      </c>
+      <c r="F951" s="1">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="G951" s="2">
+        <v>46101</v>
+      </c>
+      <c r="H951" s="1">
+        <v>0.875</v>
+      </c>
+      <c r="I951" t="s">
+        <v>41</v>
+      </c>
+      <c r="J951" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="952" spans="1:10" ht="14.25">
+      <c r="A952" s="2">
+        <v>46089</v>
+      </c>
+      <c r="B952" t="s">
+        <v>235</v>
+      </c>
+      <c r="C952" t="s">
+        <v>1171</v>
+      </c>
+      <c r="D952" t="s">
+        <v>904</v>
+      </c>
+      <c r="E952" s="2">
+        <v>46108</v>
+      </c>
+      <c r="F952" s="1">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="G952" s="2">
+        <v>46109</v>
+      </c>
+      <c r="H952" s="1">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="I952" t="s">
+        <v>54</v>
+      </c>
+      <c r="J952" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="953" spans="1:10" ht="14.25">
+      <c r="A953" s="2">
+        <v>46090</v>
+      </c>
+      <c r="B953" t="s">
+        <v>196</v>
+      </c>
+      <c r="C953" t="s">
+        <v>436</v>
+      </c>
+      <c r="D953" t="s">
+        <v>81</v>
+      </c>
+      <c r="E953" s="2">
+        <v>46109</v>
+      </c>
+      <c r="F953" s="1">
+        <v>0.75</v>
+      </c>
+      <c r="G953" s="2">
+        <v>46110</v>
+      </c>
+      <c r="H953" s="1">
+        <v>4.1666666666666664E-2</v>
+      </c>
+      <c r="I953" t="s">
+        <v>1247</v>
+      </c>
+    </row>
+    <row r="954" spans="1:10" ht="14.25">
+      <c r="A954" s="2">
+        <v>46091</v>
+      </c>
+      <c r="B954" t="s">
+        <v>196</v>
+      </c>
+      <c r="C954" t="s">
+        <v>445</v>
+      </c>
+      <c r="D954" t="s">
+        <v>433</v>
+      </c>
+      <c r="E954" s="2">
+        <v>46171</v>
+      </c>
+      <c r="F954" s="1">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="G954" s="2">
+        <v>46171</v>
+      </c>
+      <c r="H954" s="1">
+        <v>0.99930555555555556</v>
+      </c>
+      <c r="I954" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="955" spans="1:10" ht="14.25">
+      <c r="A955" s="2">
+        <v>46091</v>
+      </c>
+      <c r="B955" t="s">
+        <v>196</v>
+      </c>
+      <c r="C955" t="s">
+        <v>445</v>
+      </c>
+      <c r="D955" t="s">
+        <v>433</v>
+      </c>
+      <c r="E955" s="2">
+        <v>46193</v>
+      </c>
+      <c r="F955" s="1">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="G955" s="2">
+        <v>46193</v>
+      </c>
+      <c r="H955" s="1">
+        <v>0.99930555555555556</v>
+      </c>
+      <c r="I955" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="956" spans="1:10" ht="14.25">
+      <c r="A956" s="2">
+        <v>46091</v>
+      </c>
+      <c r="B956" t="s">
+        <v>196</v>
+      </c>
+      <c r="C956" t="s">
+        <v>445</v>
+      </c>
+      <c r="D956" t="s">
+        <v>433</v>
+      </c>
+      <c r="E956" s="2">
+        <v>46242</v>
+      </c>
+      <c r="F956" s="1">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="G956" s="2">
+        <v>46242</v>
+      </c>
+      <c r="H956" s="1">
+        <v>0.99930555555555556</v>
+      </c>
+      <c r="I956" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="957" spans="1:10" ht="14.25">
+      <c r="A957" s="2">
+        <v>46091</v>
+      </c>
+      <c r="B957" t="s">
+        <v>196</v>
+      </c>
+      <c r="C957" t="s">
+        <v>445</v>
+      </c>
+      <c r="D957" t="s">
+        <v>433</v>
+      </c>
+      <c r="E957" s="2">
+        <v>46249</v>
+      </c>
+      <c r="F957" s="1">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="G957" s="2">
+        <v>46249</v>
+      </c>
+      <c r="H957" s="1">
+        <v>0.99930555555555556</v>
+      </c>
+      <c r="I957" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="958" spans="1:10" ht="14.25">
+      <c r="A958" s="2">
+        <v>46091</v>
+      </c>
+      <c r="B958" t="s">
+        <v>196</v>
+      </c>
+      <c r="C958" t="s">
+        <v>445</v>
+      </c>
+      <c r="D958" t="s">
+        <v>433</v>
+      </c>
+      <c r="E958" s="2">
+        <v>46282</v>
+      </c>
+      <c r="F958" s="1">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="G958" s="2">
+        <v>46282</v>
+      </c>
+      <c r="H958" s="1">
+        <v>0.99930555555555556</v>
+      </c>
+      <c r="I958" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="959" spans="1:10" ht="14.25">
+      <c r="A959" s="2">
+        <v>46091</v>
+      </c>
+      <c r="B959" t="s">
+        <v>196</v>
+      </c>
+      <c r="C959" t="s">
+        <v>445</v>
+      </c>
+      <c r="D959" t="s">
+        <v>433</v>
+      </c>
+      <c r="E959" s="2">
+        <v>46291</v>
+      </c>
+      <c r="F959" s="1">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="G959" s="2">
+        <v>46291</v>
+      </c>
+      <c r="H959" s="1">
+        <v>0.99930555555555556</v>
+      </c>
+      <c r="I959" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="960" spans="1:10" ht="14.25">
+      <c r="A960" s="2">
+        <v>46091</v>
+      </c>
+      <c r="B960" t="s">
+        <v>317</v>
+      </c>
+      <c r="C960" t="s">
+        <v>1221</v>
+      </c>
+      <c r="D960" t="s">
+        <v>727</v>
+      </c>
+      <c r="E960" s="2">
+        <v>46103</v>
+      </c>
+      <c r="F960" s="1">
+        <v>0.375</v>
+      </c>
+      <c r="G960" s="2">
+        <v>46103</v>
+      </c>
+      <c r="H960" s="1">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="I960" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="961" spans="1:9" ht="14.25">
+      <c r="A961" s="2">
+        <v>46092</v>
+      </c>
+      <c r="B961" t="s">
+        <v>196</v>
+      </c>
+      <c r="C961" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D961" t="s">
+        <v>699</v>
+      </c>
+      <c r="E961" s="2">
+        <v>46110</v>
+      </c>
+      <c r="F961" s="1">
+        <v>0.625</v>
+      </c>
+      <c r="G961" s="2">
+        <v>46110</v>
+      </c>
+      <c r="H961" s="1">
+        <v>0.9375</v>
+      </c>
+      <c r="I961" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="962" spans="1:9" ht="14.25">
+      <c r="A962" s="2">
+        <v>46092</v>
+      </c>
+      <c r="B962" t="s">
+        <v>196</v>
+      </c>
+      <c r="C962" t="s">
+        <v>773</v>
+      </c>
+      <c r="D962" t="s">
+        <v>1085</v>
+      </c>
+      <c r="E962" s="2">
+        <v>46116</v>
+      </c>
+      <c r="F962" s="1">
+        <v>0.47916666666666669</v>
+      </c>
+      <c r="G962" s="2">
+        <v>46116</v>
+      </c>
+      <c r="H962" s="1">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="I962" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="963" spans="1:9" ht="14.25"/>
+    <row r="964" spans="1:9" ht="14.25"/>
+    <row r="965" spans="1:9" ht="14.25"/>
+    <row r="966" spans="1:9" ht="14.25"/>
+    <row r="967" spans="1:9" ht="14.25"/>
+    <row r="968" spans="1:9" ht="14.25"/>
+    <row r="969" spans="1:9" ht="14.25"/>
+    <row r="970" spans="1:9" ht="14.25"/>
+    <row r="971" spans="1:9" ht="14.25"/>
+    <row r="972" spans="1:9" ht="14.25"/>
+    <row r="973" spans="1:9" ht="14.25"/>
+    <row r="974" spans="1:9" ht="14.25"/>
+    <row r="975" spans="1:9" ht="14.25"/>
+    <row r="976" spans="1:9" ht="14.25"/>
     <row r="977" ht="14.25"/>
     <row r="978" ht="14.25"/>
     <row r="979" ht="14.25"/>
     <row r="980" ht="14.25"/>
     <row r="981" ht="14.25"/>
     <row r="982" ht="14.25"/>
     <row r="983" ht="14.25"/>
     <row r="984" ht="14.25"/>
     <row r="985" ht="14.25"/>
     <row r="986" ht="14.25"/>
     <row r="987" ht="14.25"/>
     <row r="988" ht="14.25"/>
     <row r="989" ht="14.25"/>
     <row r="990" ht="14.25"/>
     <row r="991" ht="14.25"/>
     <row r="992" ht="14.25"/>
     <row r="993" ht="14.25"/>
     <row r="994" ht="14.25"/>
     <row r="995" ht="14.25"/>
     <row r="996" ht="14.25"/>
     <row r="997" ht="14.25"/>
     <row r="998" ht="14.25"/>
     <row r="999" ht="14.25"/>
     <row r="1000" ht="14.25"/>
     <row r="1001" ht="14.25"/>
@@ -34162,83 +35403,90 @@
     <row r="1887" ht="14.25"/>
     <row r="1888" ht="14.25"/>
     <row r="1889" ht="14.25"/>
     <row r="1890" ht="14.25"/>
     <row r="1891" ht="14.25"/>
     <row r="1892" ht="14.25"/>
     <row r="1893" ht="14.25"/>
     <row r="1894" ht="14.25"/>
     <row r="1895" ht="14.25"/>
     <row r="1896" ht="14.25"/>
     <row r="1897" ht="14.25"/>
     <row r="1898" ht="14.25"/>
     <row r="1899" ht="14.25"/>
     <row r="1900" ht="14.25"/>
     <row r="1901" ht="14.25"/>
     <row r="1902" ht="14.25"/>
     <row r="1903" ht="14.25"/>
     <row r="1904" ht="14.25"/>
     <row r="1905" ht="14.25"/>
     <row r="1906" ht="14.25"/>
     <row r="1907" ht="14.25"/>
     <row r="1908" ht="14.25"/>
     <row r="1909" ht="14.25"/>
     <row r="1910" ht="14.25"/>
     <row r="1911" ht="14.25"/>
-    <row r="1923" ht="14.25"/>
+    <row r="1912" ht="14.25"/>
+    <row r="1924" ht="14.25"/>
   </sheetData>
   <autoFilter ref="A1:K1" xr:uid="{35470CDC-1200-49E5-96F1-619B2C79E206}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:K456">
     <sortCondition sortBy="fontColor" ref="I450" dxfId="0"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C633CF297E8DCD40B5CEEED7C4E234B0" ma:contentTypeVersion="3" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="bafe221d764c3b70e457bb378608bdce">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="acfccf65-1667-4ab2-9b4b-3877a2b053ca" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="dc964ac34cbcbe9f0c8579a25fff962c" ns2:_="">
     <xsd:import namespace="acfccf65-1667-4ab2-9b4b-3877a2b053ca"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="acfccf65-1667-4ab2-9b4b-3877a2b053ca" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
@@ -34332,79 +35580,73 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{01BEA012-98F5-40CC-9552-DAEE83FF2E0C}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E31FA33E-CE6C-4FBE-8E15-037009244E19}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{884C3AAF-9C9D-451E-9566-3C4EE2BADB57}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{884C3AAF-9C9D-451E-9566-3C4EE2BADB57}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E31FA33E-CE6C-4FBE-8E15-037009244E19}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Andrew Devine</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastModifiedBy/>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C633CF297E8DCD40B5CEEED7C4E234B0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>