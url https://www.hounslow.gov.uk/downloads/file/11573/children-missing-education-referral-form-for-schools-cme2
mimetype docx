--- v0 (2025-10-07)
+++ v1 (2025-11-03)
@@ -158,81 +158,81 @@
         </w:rPr>
         <w:t xml:space="preserve">Schools </w:t>
       </w:r>
       <w:r w:rsidR="00633F32">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidRPr="004259E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> continue to undertake reasonable enquiries to identify the whereabouts of the child during this time, and regular communication between the school and the local authority carrying out these enquiries should continue until it is mutually agreed that enquiries have concluded or that there are no further actions the school can take.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10333D73" w14:textId="77777777" w:rsidR="001B55A9" w:rsidRDefault="001B55A9" w:rsidP="009A5A7F">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="-142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18C924E2" w14:textId="65FB4116" w:rsidR="001B55A9" w:rsidRPr="00D17EBD" w:rsidRDefault="001B55A9" w:rsidP="009A5A7F">
+    <w:p w14:paraId="18C924E2" w14:textId="18351C6A" w:rsidR="001B55A9" w:rsidRPr="00D17EBD" w:rsidRDefault="001B55A9" w:rsidP="009A5A7F">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="-142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D17EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Once completed, please email t</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">o </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidRPr="00D34394">
+        <w:r w:rsidR="0043726C" w:rsidRPr="00764B81">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
           </w:rPr>
-          <w:t>childrenmissingeducation@hounslow.gov.uk</w:t>
+          <w:t>CME@hounslow.gov.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D17EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>with any additional documents.</w:t>
       </w:r>
       <w:r w:rsidR="00633F32">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Children Missing Education </w:t>
       </w:r>
       <w:r w:rsidRPr="00D17EBD">
         <w:rPr>
@@ -1448,121 +1448,136 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5764" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="5F18B712" w14:textId="77777777" w:rsidR="001B55A9" w:rsidRPr="009A5A7F" w:rsidRDefault="001B55A9" w:rsidP="004259E5">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B55A9" w:rsidRPr="009A5A7F" w14:paraId="0C0652DC" w14:textId="77777777" w:rsidTr="00B1165F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3873" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6979AD42" w14:textId="4AE4A30A" w:rsidR="001B55A9" w:rsidRPr="009A5A7F" w:rsidRDefault="001B55A9" w:rsidP="004259E5">
+          <w:p w14:paraId="6979AD42" w14:textId="64B56DA6" w:rsidR="001B55A9" w:rsidRPr="009A5A7F" w:rsidRDefault="001B55A9" w:rsidP="004259E5">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A5A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">New School </w:t>
             </w:r>
             <w:r w:rsidR="00633F32">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">name and </w:t>
             </w:r>
             <w:r w:rsidRPr="009A5A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>contact details</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB136E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5764" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="7BF89F5B" w14:textId="77777777" w:rsidR="001B55A9" w:rsidRPr="009A5A7F" w:rsidRDefault="001B55A9" w:rsidP="004259E5">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B55A9" w:rsidRPr="009A5A7F" w14:paraId="73156BE9" w14:textId="77777777" w:rsidTr="00B1165F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3873" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0588D5A2" w14:textId="77777777" w:rsidR="00633F32" w:rsidRDefault="001B55A9" w:rsidP="004259E5">
+          <w:p w14:paraId="0588D5A2" w14:textId="6A9BC999" w:rsidR="00633F32" w:rsidRDefault="001B55A9" w:rsidP="004259E5">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A5A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">Circumstances leading to child becoming CME </w:t>
+              <w:t>Circumstances leading to child becoming CME</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB136E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="17D9B877" w14:textId="5729ED2D" w:rsidR="001B55A9" w:rsidRPr="007770D4" w:rsidRDefault="007770D4" w:rsidP="004259E5">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>eg</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00633F32" w:rsidRPr="007770D4">
               <w:rPr>
@@ -2674,51 +2689,67 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3873" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="437BFE3A" w14:textId="77777777" w:rsidR="001B55A9" w:rsidRDefault="001B55A9" w:rsidP="004259E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="244" w:lineRule="auto"/>
               <w:ind w:right="11"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A5A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">Speak to your School Attendance Support  Officer (SASO) if referred to them or for advice  </w:t>
+              <w:t xml:space="preserve">Speak to your School Attendance </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009A5A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Support  Officer</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009A5A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (SASO) if referred to them or for advice  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F49AF2D" w14:textId="59E56244" w:rsidR="007770D4" w:rsidRPr="009A5A7F" w:rsidRDefault="007770D4" w:rsidP="004259E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="244" w:lineRule="auto"/>
               <w:ind w:right="11"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="408309B8" w14:textId="77777777" w:rsidR="001B55A9" w:rsidRPr="009A5A7F" w:rsidRDefault="001B55A9" w:rsidP="004259E5">
@@ -2905,118 +2936,134 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3873"/>
         <w:gridCol w:w="5767"/>
       </w:tblGrid>
       <w:tr w:rsidR="001B55A9" w:rsidRPr="009A5A7F" w14:paraId="46335BE4" w14:textId="77777777" w:rsidTr="00B1165F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3873" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5A001F18" w14:textId="3EE17812" w:rsidR="001B55A9" w:rsidRPr="009A5A7F" w:rsidRDefault="001B55A9" w:rsidP="004259E5">
+          <w:p w14:paraId="5A001F18" w14:textId="7591F182" w:rsidR="001B55A9" w:rsidRPr="009A5A7F" w:rsidRDefault="001B55A9" w:rsidP="004259E5">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A5A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Name of school</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB136E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="51B5CAD6" w14:textId="77777777" w:rsidR="001B55A9" w:rsidRPr="009A5A7F" w:rsidRDefault="001B55A9" w:rsidP="004259E5">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B55A9" w:rsidRPr="009A5A7F" w14:paraId="2D88FE3D" w14:textId="77777777" w:rsidTr="00B1165F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3873" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3B59261A" w14:textId="26B6C247" w:rsidR="001B55A9" w:rsidRPr="009A5A7F" w:rsidRDefault="001B55A9" w:rsidP="004259E5">
+          <w:p w14:paraId="3B59261A" w14:textId="7AEAFCE3" w:rsidR="001B55A9" w:rsidRPr="009A5A7F" w:rsidRDefault="001B55A9" w:rsidP="004259E5">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A5A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Name of referrer</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB136E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="661778FA" w14:textId="77777777" w:rsidR="001B55A9" w:rsidRPr="009A5A7F" w:rsidRDefault="001B55A9" w:rsidP="004259E5">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B55A9" w:rsidRPr="009A5A7F" w14:paraId="14C30960" w14:textId="77777777" w:rsidTr="00B1165F">
@@ -3114,66 +3161,74 @@
           </w:tcPr>
           <w:p w14:paraId="7D272467" w14:textId="77777777" w:rsidR="004259E5" w:rsidRPr="009A5A7F" w:rsidRDefault="004259E5" w:rsidP="00B1165F">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:ind w:right="600"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004259E5" w:rsidRPr="009A5A7F" w14:paraId="757C383F" w14:textId="77777777" w:rsidTr="00B1165F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3873" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2E6E4A87" w14:textId="4957C24C" w:rsidR="004259E5" w:rsidRPr="009A5A7F" w:rsidRDefault="004259E5" w:rsidP="004259E5">
+          <w:p w14:paraId="2E6E4A87" w14:textId="68656048" w:rsidR="004259E5" w:rsidRPr="009A5A7F" w:rsidRDefault="004259E5" w:rsidP="004259E5">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A5A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Referral date</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB136E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="582DF0D0" w14:textId="77777777" w:rsidR="004259E5" w:rsidRPr="009A5A7F" w:rsidRDefault="004259E5" w:rsidP="004259E5">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -3238,51 +3293,50 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="02616F28" w14:textId="77777777" w:rsidR="00F46B7A" w:rsidRDefault="00F46B7A" w:rsidP="001B55A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5338CC1C" w14:textId="77777777" w:rsidR="00F46B7A" w:rsidRDefault="00F46B7A" w:rsidP="001B55A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3363,86 +3417,95 @@
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="60"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001B55A9"/>
     <w:rsid w:val="00023D01"/>
     <w:rsid w:val="001B55A9"/>
     <w:rsid w:val="0024319F"/>
+    <w:rsid w:val="00397E70"/>
     <w:rsid w:val="003B35DE"/>
+    <w:rsid w:val="003F22D7"/>
     <w:rsid w:val="004259E5"/>
+    <w:rsid w:val="0043726C"/>
+    <w:rsid w:val="004D4A1B"/>
     <w:rsid w:val="00633F32"/>
     <w:rsid w:val="007770D4"/>
+    <w:rsid w:val="00830857"/>
     <w:rsid w:val="00866C97"/>
     <w:rsid w:val="009A572A"/>
     <w:rsid w:val="009A5A7F"/>
     <w:rsid w:val="00B1165F"/>
+    <w:rsid w:val="00CB136E"/>
     <w:rsid w:val="00D04192"/>
+    <w:rsid w:val="00DB7697"/>
+    <w:rsid w:val="00DE0E00"/>
     <w:rsid w:val="00F46B7A"/>
     <w:rsid w:val="00F73163"/>
+    <w:rsid w:val="00FE30DA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4591F90D"/>
@@ -4520,62 +4583,74 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001B55A9"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001B55A9"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0043726C"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:childrenmissingeducation@hounslow.gov.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CME@hounslow.gov.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
@@ -4858,69 +4933,69 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>538</Words>
-  <Characters>3070</Characters>
+  <Words>535</Words>
+  <Characters>2848</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>205</Lines>
+  <Paragraphs>66</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3601</CharactersWithSpaces>
+  <CharactersWithSpaces>3347</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sara Houmou</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>