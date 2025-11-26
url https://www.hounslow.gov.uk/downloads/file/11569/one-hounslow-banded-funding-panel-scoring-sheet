--- v0 (2025-10-12)
+++ v1 (2025-11-26)
@@ -82,60 +82,60 @@
   <Override PartName="/xl/ctrlProps/ctrlProp65.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp66.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp67.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp68.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp69.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp70.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp71.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp72.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp73.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp74.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp75.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp76.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29318"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29429"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\amznfsxwvlnxblo.hounslow.local\share\Not_Boxed_01\( Not Boxed ) - Finance\10 Departmental Files\10.01 Schools Finance\08 High Needs Block (including certificates)\Banded Funding\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://lbhounslow.sharepoint.com/sites/SENDLocalOffer/Shared Documents/General/Local Offer Phase 2/Post-Project Work/Education/School Funding/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{1596C911-C494-4ADD-94FA-FDE9200AC9D0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{03192FD3-9AAE-484B-8DBC-CD9D3E29BE62}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{033B8A93-530E-414F-9B68-AEC8D2979A89}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{033B8A93-530E-414F-9B68-AEC8D2979A89}"/>
   </bookViews>
   <sheets>
     <sheet name="Matrix Scoring" sheetId="1" r:id="rId1"/>
     <sheet name="Matrix Bands" sheetId="2" r:id="rId2"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId3"/>
   </externalReferences>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
@@ -272,75 +272,75 @@
   <si>
     <t>No Evidence</t>
   </si>
   <si>
     <t>Predictable</t>
   </si>
   <si>
     <t>Exceptional Needs</t>
   </si>
   <si>
     <t>Low</t>
   </si>
   <si>
     <t>Medium</t>
   </si>
   <si>
     <t>High</t>
   </si>
   <si>
     <t>Weighting</t>
   </si>
   <si>
     <t>Cognitive development, attainment and progress </t>
   </si>
   <si>
-    <t>Communication and participation </t>
+    <t>Speech, Language and Coomunication</t>
   </si>
   <si>
     <t>Curriculum access/pupil participation </t>
   </si>
   <si>
     <t>Social Understanding and Communication </t>
   </si>
   <si>
-    <t>Motor skills </t>
-[...4 lines deleted...]
-  <si>
     <t>Sensory processing and integration </t>
   </si>
   <si>
     <t>Flexibility, information processing and understanding </t>
   </si>
   <si>
-    <t>Care/Mobility needs </t>
+    <t>Physical Disability and Complex Needs</t>
   </si>
   <si>
-    <t>Medical needs </t>
+    <t>Deaf Hearing Loss</t>
+  </si>
+  <si>
+    <t>Vision Impairment</t>
+  </si>
+  <si>
+    <t>Multisensory Impairment</t>
   </si>
   <si>
     <t>Pupil participation in/response to education </t>
   </si>
   <si>
     <t>Emotional health and wellbeing </t>
   </si>
   <si>
     <t>Impact on self and others </t>
   </si>
   <si>
     <t>Exceptional, complex circumstances </t>
   </si>
   <si>
     <t>Matrix Score</t>
   </si>
   <si>
     <t>SEN Category</t>
   </si>
   <si>
     <t>Matrix Band</t>
   </si>
   <si>
     <t>Cognition &amp; Learning</t>
   </si>
@@ -1918,155 +1918,155 @@
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp10.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp11.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$D$31" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp12.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$D$32" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" checked="Checked" fmlaLink="$D$32" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp13.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$E$31" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp14.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$E$32" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp15.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$F$31" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" checked="Checked" fmlaLink="$F$31" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp16.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$F$32" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp17.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp18.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp19.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$D$33" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp2.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp20.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$D$34" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp21.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$E$33" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" checked="Checked" fmlaLink="$E$33" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp22.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$E$34" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp23.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$F$33" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp24.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$F$34" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" checked="Checked" fmlaLink="$F$34" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp25.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp26.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$D$35" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" checked="Checked" fmlaLink="$D$35" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp27.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$E$35" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp28.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$F$35" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp29.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp3.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$D$29" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" checked="Checked" fmlaLink="$D$29" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp30.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$D$35" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" checked="Checked" fmlaLink="$D$35" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp31.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$E$35" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp32.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$F$35" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp33.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp34.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp35.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$D$29" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" checked="Checked" fmlaLink="$D$29" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp36.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$D$38" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" checked="Checked" fmlaLink="$D$38" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp37.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$E$29" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp38.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$E$38" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp39.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$F$29" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp4.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$D$30" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp40.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$F$38" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp41.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
@@ -2118,71 +2118,71 @@
 <file path=xl/ctrlProps/ctrlProp52.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$D$42" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp53.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$E$41" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp54.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$E$42" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp55.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$F$41" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp56.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$F$42" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp57.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$D$36" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp58.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$E$36" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" checked="Checked" fmlaLink="$E$36" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp59.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$F$36" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp6.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$E$30" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" checked="Checked" fmlaLink="$E$30" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp60.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$D$37" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp61.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$E$37" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp62.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$F$37" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" checked="Checked" fmlaLink="$F$37" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp63.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp64.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp65.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp66.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp67.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp68.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
@@ -7307,51 +7307,51 @@
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
 </xdr:wsDr>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///S:\centre\Finance\10%20Departmental%20Files\10.01%20Schools%20Finance\08%20High%20Needs%20Block%20(including%20certificates)\Banded%20Funding\Tick%20Boxes.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="Tick%20Boxes.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///S:\centre\Finance\10%20Departmental%20Files\10.01%20Schools%20Finance\08%20High%20Needs%20Block%20(including%20certificates)\Banded%20Funding\Tick%20Boxes.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///\\amznfsxwvlnxblo.hounslow.local\share\Not_Boxed_01\(%20Not%20Boxed%20)%20-%20Finance\10%20Departmental%20Files\10.01%20Schools%20Finance\08%20High%20Needs%20Block%20(including%20certificates)\Banded%20Funding\Tick%20Boxes.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Template Original"/>
       <sheetName val="PW Cedars"/>
       <sheetName val="Template (2)"/>
       <sheetName val="Template (3)"/>
       <sheetName val="Matrix Bands"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0"/>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4">
         <row r="2">
           <cell r="C2"/>
           <cell r="D2"/>
         </row>
@@ -8123,52 +8123,52 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp24.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp40.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp45.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp61.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp66.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp22.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp30.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp35.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp38.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp43.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp51.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp56.xml"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp64.xml"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp72.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp59.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp20.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp25.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp28.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp33.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp41.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp46.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp54.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp62.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp67.xml"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp75.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp49.xml"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp70.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp23.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp31.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp36.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp44.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp57.xml"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp65.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp39.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp52.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp60.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp68.xml"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp73.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp21.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp26.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp34.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp47.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp55.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp29.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp42.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp50.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp58.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp63.xml"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp71.xml"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp76.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp37.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp32.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp48.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp53.xml"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp74.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp69.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp27.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{253A3162-FB63-48E7-B983-09EC896B58ED}">
   <dimension ref="A1:N69"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A8" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="H22" sqref="H22"/>
+    <sheetView tabSelected="1" topLeftCell="A6" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="G26" sqref="G26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.1"/>
   <cols>
     <col min="1" max="1" width="48.85546875" style="19" customWidth="1"/>
     <col min="2" max="6" width="12.42578125" style="18" customWidth="1"/>
     <col min="7" max="7" width="17.5703125" style="18" customWidth="1"/>
     <col min="8" max="8" width="8.7109375" style="18"/>
     <col min="9" max="9" width="5.5703125" style="18" customWidth="1"/>
     <col min="10" max="10" width="13.42578125" style="19" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="11.7109375" style="19" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="6" style="19" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="10.42578125" style="19" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="8.7109375" style="19"/>
     <col min="15" max="16384" width="8.7109375" style="18"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="18">
       <c r="A1" s="17" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14" ht="18">
       <c r="A2" s="17"/>
       <c r="B2" s="119" t="s">
@@ -8341,61 +8341,61 @@
       <c r="D17" s="2"/>
       <c r="E17" s="3"/>
       <c r="F17" s="4"/>
     </row>
     <row r="18" spans="1:10" ht="14.45" thickBot="1">
       <c r="A18" s="33" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="1"/>
       <c r="C18" s="1"/>
       <c r="D18" s="2"/>
       <c r="E18" s="3"/>
       <c r="F18" s="4"/>
     </row>
     <row r="19" spans="1:10" ht="14.45" thickBot="1">
       <c r="A19" s="33" t="s">
         <v>18</v>
       </c>
       <c r="B19" s="1"/>
       <c r="C19" s="1"/>
       <c r="D19" s="2"/>
       <c r="E19" s="3"/>
       <c r="F19" s="4"/>
     </row>
     <row r="20" spans="1:10" ht="14.45" thickBot="1">
-      <c r="A20" s="33" t="s">
+      <c r="A20" s="34" t="s">
         <v>19</v>
       </c>
       <c r="B20" s="1"/>
       <c r="C20" s="1"/>
       <c r="D20" s="2"/>
       <c r="E20" s="3"/>
       <c r="F20" s="4"/>
     </row>
     <row r="21" spans="1:10" ht="14.45" thickBot="1">
-      <c r="A21" s="33" t="s">
+      <c r="A21" s="34" t="s">
         <v>20</v>
       </c>
       <c r="B21" s="1"/>
       <c r="C21" s="1"/>
       <c r="D21" s="2"/>
       <c r="E21" s="3"/>
       <c r="F21" s="4"/>
     </row>
     <row r="22" spans="1:10" ht="14.45" thickBot="1">
       <c r="A22" s="34" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="1"/>
       <c r="C22" s="1"/>
       <c r="D22" s="2"/>
       <c r="E22" s="3"/>
       <c r="F22" s="4"/>
     </row>
     <row r="23" spans="1:10" ht="14.45" thickBot="1">
       <c r="A23" s="34" t="s">
         <v>22</v>
       </c>
       <c r="B23" s="1"/>
       <c r="C23" s="1"/>
       <c r="D23" s="2"/>
@@ -8429,204 +8429,204 @@
       <c r="B26" s="1"/>
       <c r="C26" s="1"/>
       <c r="D26" s="2"/>
       <c r="E26" s="3"/>
       <c r="F26" s="4"/>
     </row>
     <row r="27" spans="1:10" ht="14.45" thickBot="1">
       <c r="A27" s="35" t="s">
         <v>26</v>
       </c>
       <c r="B27" s="1"/>
       <c r="C27" s="1"/>
       <c r="D27" s="2"/>
       <c r="E27" s="3"/>
       <c r="F27" s="4"/>
     </row>
     <row r="28" spans="1:10" hidden="1">
       <c r="G28" s="36" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="29" spans="1:10" hidden="1">
       <c r="B29" s="44"/>
       <c r="C29" s="44"/>
       <c r="D29" s="44" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E29" s="44" t="b">
         <v>0</v>
       </c>
       <c r="F29" s="44" t="b">
         <v>0</v>
       </c>
       <c r="G29" s="43"/>
       <c r="J29" s="19">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:10" hidden="1">
       <c r="B30" s="44"/>
       <c r="C30" s="44"/>
       <c r="D30" s="44" t="b">
         <v>0</v>
       </c>
       <c r="E30" s="44" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F30" s="44" t="b">
         <v>0</v>
       </c>
       <c r="G30" s="43"/>
       <c r="J30" s="19">
         <v>21</v>
       </c>
     </row>
     <row r="31" spans="1:10" hidden="1">
       <c r="B31" s="44"/>
       <c r="C31" s="44"/>
       <c r="D31" s="44" t="b">
         <v>0</v>
       </c>
       <c r="E31" s="44" t="b">
         <v>0</v>
       </c>
       <c r="F31" s="44" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G31" s="43"/>
       <c r="J31" s="19">
         <v>22</v>
       </c>
     </row>
     <row r="32" spans="1:10" hidden="1">
       <c r="B32" s="44"/>
       <c r="C32" s="44"/>
       <c r="D32" s="44" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E32" s="44" t="b">
         <v>0</v>
       </c>
       <c r="F32" s="44" t="b">
         <v>0</v>
       </c>
       <c r="G32" s="43"/>
       <c r="J32" s="19">
         <v>23</v>
       </c>
     </row>
     <row r="33" spans="2:10" hidden="1">
       <c r="B33" s="44"/>
       <c r="C33" s="44"/>
       <c r="D33" s="44" t="b">
         <v>0</v>
       </c>
       <c r="E33" s="44" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F33" s="44" t="b">
         <v>0</v>
       </c>
       <c r="G33" s="43"/>
       <c r="J33" s="19">
         <v>24</v>
       </c>
     </row>
     <row r="34" spans="2:10" hidden="1">
       <c r="B34" s="44"/>
       <c r="C34" s="44"/>
       <c r="D34" s="44" t="b">
         <v>0</v>
       </c>
       <c r="E34" s="44" t="b">
         <v>0</v>
       </c>
       <c r="F34" s="44" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G34" s="43"/>
       <c r="J34" s="19">
         <v>25</v>
       </c>
     </row>
     <row r="35" spans="2:10" hidden="1">
       <c r="B35" s="44"/>
       <c r="C35" s="44"/>
       <c r="D35" s="44" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E35" s="44" t="b">
         <v>0</v>
       </c>
       <c r="F35" s="44" t="b">
         <v>0</v>
       </c>
       <c r="G35" s="43"/>
       <c r="J35" s="19">
         <v>26</v>
       </c>
     </row>
     <row r="36" spans="2:10" hidden="1">
       <c r="B36" s="44"/>
       <c r="C36" s="44"/>
       <c r="D36" s="44" t="b">
         <v>0</v>
       </c>
       <c r="E36" s="44" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F36" s="44" t="b">
         <v>0</v>
       </c>
       <c r="G36" s="43"/>
       <c r="J36" s="19">
         <v>27</v>
       </c>
     </row>
     <row r="37" spans="2:10" hidden="1">
       <c r="B37" s="44"/>
       <c r="C37" s="44"/>
       <c r="D37" s="44" t="b">
         <v>0</v>
       </c>
       <c r="E37" s="44" t="b">
         <v>0</v>
       </c>
       <c r="F37" s="44" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G37" s="43"/>
       <c r="J37" s="19">
         <v>28</v>
       </c>
     </row>
     <row r="38" spans="2:10" hidden="1">
       <c r="B38" s="44"/>
       <c r="C38" s="44"/>
       <c r="D38" s="44" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E38" s="44" t="b">
         <v>0</v>
       </c>
       <c r="F38" s="44" t="b">
         <v>0</v>
       </c>
       <c r="G38" s="43"/>
       <c r="J38" s="19">
         <v>29</v>
       </c>
     </row>
     <row r="39" spans="2:10" hidden="1">
       <c r="B39" s="44"/>
       <c r="C39" s="44"/>
       <c r="D39" s="44" t="b">
         <v>0</v>
       </c>
       <c r="E39" s="44" t="b">
         <v>0</v>
       </c>
       <c r="F39" s="44" t="b">
         <v>0</v>
       </c>
       <c r="G39" s="43"/>
@@ -8690,231 +8690,231 @@
       <c r="C43" s="44"/>
       <c r="D43" s="44"/>
       <c r="E43" s="44"/>
       <c r="F43" s="44"/>
       <c r="G43" s="43"/>
       <c r="J43" s="19">
         <v>34</v>
       </c>
     </row>
     <row r="44" spans="2:10" hidden="1">
       <c r="B44" s="44"/>
       <c r="C44" s="44"/>
       <c r="D44" s="44"/>
       <c r="E44" s="44"/>
       <c r="F44" s="44"/>
       <c r="G44" s="43"/>
       <c r="J44" s="19">
         <v>35</v>
       </c>
     </row>
     <row r="45" spans="2:10" hidden="1">
       <c r="B45" s="44"/>
       <c r="C45" s="44"/>
       <c r="D45" s="45">
         <f t="shared" ref="D45:F58" si="0">IF(D29=TRUE,D$11,0)</f>
-        <v>0</v>
+        <v>2.6</v>
       </c>
       <c r="E45" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="F45" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G45" s="43"/>
       <c r="J45" s="19">
         <v>36</v>
       </c>
     </row>
     <row r="46" spans="2:10" hidden="1">
       <c r="B46" s="44"/>
       <c r="C46" s="44"/>
       <c r="D46" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E46" s="45">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>3.7</v>
       </c>
       <c r="F46" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G46" s="43"/>
       <c r="J46" s="19">
         <v>37</v>
       </c>
     </row>
     <row r="47" spans="2:10" hidden="1">
       <c r="B47" s="44"/>
       <c r="C47" s="44"/>
       <c r="D47" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E47" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="F47" s="45">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>4.5</v>
       </c>
       <c r="G47" s="43"/>
       <c r="J47" s="19">
         <v>38</v>
       </c>
     </row>
     <row r="48" spans="2:10" hidden="1">
       <c r="B48" s="44"/>
       <c r="C48" s="44"/>
       <c r="D48" s="45">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>2.6</v>
       </c>
       <c r="E48" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="F48" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G48" s="43"/>
       <c r="J48" s="19">
         <v>39</v>
       </c>
     </row>
     <row r="49" spans="1:10" hidden="1">
       <c r="B49" s="44"/>
       <c r="C49" s="44"/>
       <c r="D49" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E49" s="45">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>3.7</v>
       </c>
       <c r="F49" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G49" s="43"/>
       <c r="J49" s="19">
         <v>40</v>
       </c>
     </row>
     <row r="50" spans="1:10" hidden="1">
       <c r="B50" s="44"/>
       <c r="C50" s="44"/>
       <c r="D50" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E50" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="F50" s="45">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>4.5</v>
       </c>
       <c r="G50" s="43"/>
       <c r="J50" s="19">
         <v>41</v>
       </c>
     </row>
     <row r="51" spans="1:10" hidden="1">
       <c r="B51" s="44"/>
       <c r="C51" s="44"/>
       <c r="D51" s="45">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>2.6</v>
       </c>
       <c r="E51" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="F51" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G51" s="43"/>
       <c r="J51" s="19">
         <v>42</v>
       </c>
     </row>
     <row r="52" spans="1:10" hidden="1">
       <c r="B52" s="44"/>
       <c r="C52" s="44"/>
       <c r="D52" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E52" s="45">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>3.7</v>
       </c>
       <c r="F52" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G52" s="43"/>
       <c r="J52" s="19">
         <v>43</v>
       </c>
     </row>
     <row r="53" spans="1:10" hidden="1">
       <c r="B53" s="44"/>
       <c r="C53" s="44"/>
       <c r="D53" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E53" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="F53" s="45">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>4.5</v>
       </c>
       <c r="G53" s="43"/>
       <c r="J53" s="19">
         <v>44</v>
       </c>
     </row>
     <row r="54" spans="1:10" hidden="1">
       <c r="B54" s="44"/>
       <c r="C54" s="44"/>
       <c r="D54" s="45">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>2.6</v>
       </c>
       <c r="E54" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="F54" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G54" s="43"/>
       <c r="J54" s="19">
         <v>45</v>
       </c>
     </row>
     <row r="55" spans="1:10" hidden="1">
       <c r="B55" s="44"/>
       <c r="C55" s="44"/>
       <c r="D55" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E55" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
@@ -8988,134 +8988,134 @@
       </c>
     </row>
     <row r="59" spans="1:10" hidden="1">
       <c r="B59" s="44"/>
       <c r="C59" s="44"/>
       <c r="D59" s="44"/>
       <c r="E59" s="44"/>
       <c r="F59" s="44"/>
       <c r="G59" s="43"/>
       <c r="J59" s="19">
         <v>50</v>
       </c>
     </row>
     <row r="60" spans="1:10" ht="14.45" hidden="1" thickBot="1">
       <c r="A60" s="23"/>
       <c r="B60" s="46">
         <f>SUM(B45:B59)</f>
         <v>0</v>
       </c>
       <c r="C60" s="46">
         <f>SUM(C45:C59)</f>
         <v>0</v>
       </c>
       <c r="D60" s="46">
         <f>SUM(D45:D59)</f>
-        <v>0</v>
+        <v>10.4</v>
       </c>
       <c r="E60" s="46">
         <f t="shared" ref="E60:F60" si="1">SUM(E45:E59)</f>
-        <v>0</v>
+        <v>11.100000000000001</v>
       </c>
       <c r="F60" s="46">
         <f t="shared" si="1"/>
-        <v>0</v>
+        <v>13.5</v>
       </c>
       <c r="G60" s="37">
         <f>ROUND(SUM(C60:F60),0)</f>
-        <v>0</v>
+        <v>35</v>
       </c>
     </row>
     <row r="61" spans="1:10" ht="15" thickBot="1">
       <c r="B61" s="174" t="s">
         <v>27</v>
       </c>
       <c r="C61" s="175"/>
       <c r="D61" s="114">
         <f t="shared" ref="D61:E61" si="2">SUM(D45:D58)</f>
-        <v>0</v>
+        <v>10.4</v>
       </c>
       <c r="E61" s="114">
         <f t="shared" si="2"/>
-        <v>0</v>
+        <v>11.100000000000001</v>
       </c>
       <c r="F61" s="114">
         <f>SUM(F45:F58)</f>
-        <v>0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="38" t="s">
         <v>28</v>
       </c>
       <c r="G62" s="36" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="63" spans="1:10" ht="14.45" thickBot="1">
       <c r="A63" s="39" t="s">
         <v>30</v>
       </c>
-      <c r="G63" s="47" t="e">
+      <c r="G63" s="47" t="str">
         <f>VLOOKUP(G60,'[1]Matrix Bands'!$B:$D,3,FALSE)</f>
-        <v>#N/A</v>
+        <v>4B</v>
       </c>
     </row>
     <row r="64" spans="1:10" ht="14.45" thickBot="1">
       <c r="A64" s="40" t="s">
         <v>31</v>
       </c>
       <c r="G64" s="19"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" s="41" t="s">
         <v>32</v>
       </c>
       <c r="G65" s="36" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="66" spans="1:7" ht="14.45" thickBot="1">
       <c r="A66" s="42" t="s">
         <v>34</v>
       </c>
-      <c r="G66" s="48" t="e">
+      <c r="G66" s="48">
         <f>VLOOKUP(G60,'[1]Matrix Bands'!$B:$C,2,FALSE)</f>
-        <v>#N/A</v>
+        <v>25812</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="G67" s="19"/>
     </row>
     <row r="68" spans="1:7">
       <c r="G68" s="19"/>
     </row>
     <row r="69" spans="1:7">
       <c r="G69" s="19"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="W+1JexOXtunp9WeUCdqSWv6r30C/WzUP6h5wE5E6KvOhs08iWF0lymcmMDxBkJPcAI+9IDt/d6X95lxkRjljXQ==" saltValue="RispMO9e1kq8u/B/M3CsUA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="LLL+v6or7RnVoUatLm7EFzbuMrkmeZMQHMbKLGPbWJtOqaNoPkqv3f0hqwAyamdjm+GW+K+yY6JgzplZL5DiCg==" saltValue="Les4gH0TNTMZzqkomvqgFQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="7">
     <mergeCell ref="B61:C61"/>
     <mergeCell ref="D9:F9"/>
     <mergeCell ref="B2:F2"/>
     <mergeCell ref="B5:F5"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B4:F4"/>
     <mergeCell ref="B6:F6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1025" r:id="rId3" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>336550</xdr:colOff>
                     <xdr:row>10</xdr:row>
                     <xdr:rowOff>171450</xdr:rowOff>
@@ -13337,72 +13337,52 @@
     <mergeCell ref="H43:H45"/>
     <mergeCell ref="AC37:AC39"/>
     <mergeCell ref="AE37:AE39"/>
     <mergeCell ref="AF37:AF39"/>
     <mergeCell ref="AH37:AH39"/>
     <mergeCell ref="AJ37:AJ39"/>
     <mergeCell ref="AK37:AK39"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...20 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4c258973-2160-442b-be51-364b5c219c54" xmlns:ns3="26591679-2efc-4a3e-9585-ba60e6676499" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c17ec8d3db900cfb6d9daca9f68ecacf" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100715E47121A428A48B6AFF48349398169" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b3060a97018271ae3a8b3b8048a4c562">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4c258973-2160-442b-be51-364b5c219c54" xmlns:ns3="26591679-2efc-4a3e-9585-ba60e6676499" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="54022d2e3a7328785e5d709b1b63f189" ns2:_="" ns3:_="">
     <xsd:import namespace="4c258973-2160-442b-be51-364b5c219c54"/>
     <xsd:import namespace="26591679-2efc-4a3e-9585-ba60e6676499"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -13585,70 +13565,93 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="4c258973-2160-442b-be51-364b5c219c54">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="26591679-2efc-4a3e-9585-ba60e6676499" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5FBA1E99-3B7F-4C90-8A1A-5FECE1FFFD58}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5035A221-7344-4804-AAC2-D970B5C57FB4}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4A1CB5A5-D744-4BA6-A858-98A3C8521B57}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{49B3C9D7-932A-4710-BCCD-FC42ACE5EBAE}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{802CBF19-C4BD-4E95-A549-656DA294F7C2}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{509A1728-3103-418F-9F63-AF2E75C17142}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Richard Cox</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100715E47121A428A48B6AFF48349398169</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>