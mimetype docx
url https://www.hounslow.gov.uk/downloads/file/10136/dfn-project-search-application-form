--- v0 (2025-10-18)
+++ v1 (2025-11-16)
@@ -1,285 +1,234 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10485" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="780"/>
         <w:gridCol w:w="9705"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A42BD5" w14:paraId="61F1079A" w14:textId="77777777" w:rsidTr="00604935">
+      <w:tr w:rsidR="00A42BD5" w14:paraId="61F1079A" w14:textId="77777777" w:rsidTr="535D8F0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="27577A06" w14:textId="7AE5D593" w:rsidR="00A42BD5" w:rsidRPr="00604935" w:rsidRDefault="00A42BD5" w:rsidP="00BD5273">
+          <w:p w14:paraId="27577A06" w14:textId="4DCF93D6" w:rsidR="00A42BD5" w:rsidRPr="00604935" w:rsidRDefault="00A42BD5" w:rsidP="00BD5273">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003973A9">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">How did you hear about </w:t>
             </w:r>
-            <w:r w:rsidR="00CA2870">
+            <w:r w:rsidR="003F2950">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">DFN </w:t>
             </w:r>
             <w:r w:rsidRPr="003973A9">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Project SEARCH </w:t>
             </w:r>
             <w:r w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">(LBH staff, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00CA2870">
+              <w:t xml:space="preserve">(LBH staff, Project SEARCH staff, College, DFN Project SEARCH, Instagram, Facebook, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>D</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00CA2870">
+              <w:t>Linkedin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...61 lines deleted...]
-              <w:t>ther)</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>, X, other)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A42BD5" w14:paraId="60E8E4FF" w14:textId="77777777" w:rsidTr="00604935">
+      <w:tr w:rsidR="00A42BD5" w14:paraId="60E8E4FF" w14:textId="77777777" w:rsidTr="535D8F0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="60A7C743" w14:textId="77777777" w:rsidR="00A42BD5" w:rsidRDefault="00A42BD5" w:rsidP="00BD5273">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="76BD8D76" w14:textId="77777777" w:rsidR="00A42BD5" w:rsidRDefault="00A42BD5" w:rsidP="00BD5273">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A42BD5" w14:paraId="3634D73B" w14:textId="77777777" w:rsidTr="00604935">
+      <w:tr w:rsidR="00A42BD5" w14:paraId="3634D73B" w14:textId="77777777" w:rsidTr="535D8F0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
           <w:p w14:paraId="61A5F1A9" w14:textId="363230D7" w:rsidR="00A42BD5" w:rsidRPr="00BD5273" w:rsidRDefault="00A42BD5" w:rsidP="00BD5273">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
               </w:rPr>
               <w:t>Programme Criteria</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A42BD5" w14:paraId="25EF25AC" w14:textId="77777777" w:rsidTr="00604935">
+      <w:tr w:rsidR="00A42BD5" w14:paraId="25EF25AC" w14:textId="77777777" w:rsidTr="535D8F0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2431CF6C" w14:textId="3C63C8E0" w:rsidR="00A42BD5" w:rsidRDefault="00A42BD5" w:rsidP="00BD5273">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -320,58 +269,58 @@
             </w:r>
             <w:r w:rsidRPr="003973A9">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>criteria you meet</w:t>
             </w:r>
             <w:r w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A42BD5" w14:paraId="22F4117C" w14:textId="77777777" w:rsidTr="00604935">
+      <w:tr w:rsidR="00A42BD5" w14:paraId="22F4117C" w14:textId="77777777" w:rsidTr="535D8F0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="6284FD3E" w14:textId="60810AF7" w:rsidR="00A42BD5" w:rsidRPr="00604935" w:rsidRDefault="00A25B72" w:rsidP="00BD5273">
+          <w:p w14:paraId="6284FD3E" w14:textId="60810AF7" w:rsidR="00A42BD5" w:rsidRPr="00604935" w:rsidRDefault="003674CB" w:rsidP="00BD5273">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="850"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                   <w:color w:val="000000"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -406,58 +355,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">   A</w:t>
             </w:r>
             <w:r w:rsidR="00BD5273" w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:rPr>
               <w:t>ged 17-24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A42BD5" w14:paraId="6FD473E1" w14:textId="77777777" w:rsidTr="00604935">
+      <w:tr w:rsidR="00A42BD5" w14:paraId="6FD473E1" w14:textId="77777777" w:rsidTr="535D8F0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="084F9359" w14:textId="140C042C" w:rsidR="00A42BD5" w:rsidRPr="00604935" w:rsidRDefault="00A25B72" w:rsidP="00BD5273">
+          <w:p w14:paraId="084F9359" w14:textId="140C042C" w:rsidR="00A42BD5" w:rsidRPr="00604935" w:rsidRDefault="003674CB" w:rsidP="00BD5273">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1370"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                   <w:color w:val="000000"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -514,58 +463,58 @@
             <w:r w:rsidR="00BD5273" w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:rPr>
               <w:t>active</w:t>
             </w:r>
             <w:r w:rsidR="00BD5273" w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:rPr>
               <w:t> Education, Health Care Plan (EHCP)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A42BD5" w14:paraId="10B8CFF7" w14:textId="77777777" w:rsidTr="00604935">
+      <w:tr w:rsidR="00A42BD5" w14:paraId="10B8CFF7" w14:textId="77777777" w:rsidTr="535D8F0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="05B520D2" w14:textId="425B18D7" w:rsidR="00A42BD5" w:rsidRPr="00604935" w:rsidRDefault="00A25B72" w:rsidP="00BD5273">
+          <w:p w14:paraId="05B520D2" w14:textId="425B18D7" w:rsidR="00A42BD5" w:rsidRPr="00604935" w:rsidRDefault="003674CB" w:rsidP="00BD5273">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1100"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                   <w:color w:val="000000"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -621,206 +570,168 @@
             </w:r>
             <w:r w:rsidR="00BD5273" w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:rPr>
               <w:t>be willing to undertake travel training</w:t>
             </w:r>
             <w:r w:rsidR="00BD5273" w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:rPr>
               <w:t> before the              programme starts)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A42BD5" w14:paraId="5FFF67A4" w14:textId="77777777" w:rsidTr="00604935">
+      <w:tr w:rsidR="00A42BD5" w14:paraId="5FFF67A4" w14:textId="77777777" w:rsidTr="535D8F0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1D0EE8A3" w14:textId="7CF05D16" w:rsidR="00A42BD5" w:rsidRPr="00604935" w:rsidRDefault="00A25B72" w:rsidP="00BD5273">
+          <w:p w14:paraId="1D0EE8A3" w14:textId="2B36A006" w:rsidR="00A42BD5" w:rsidRPr="00604935" w:rsidRDefault="003674CB" w:rsidP="00BD5273">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1430"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                   <w:color w:val="000000"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:lang w:eastAsia="en-GB"/>
                   <w14:ligatures w14:val="none"/>
                 </w:rPr>
                 <w:id w:val="-1695599821"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                </w:rPr>
+              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00A42BD5" w:rsidRPr="00604935">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI"/>
                     <w:color w:val="000000"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="en-GB"/>
                     <w14:ligatures w14:val="none"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00BD5273" w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidR="00BD5273" w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:rPr>
               <w:t xml:space="preserve">Committed to a </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="003F2950" w:rsidRPr="00604935">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+              </w:rPr>
+              <w:t>5-day</w:t>
+            </w:r>
             <w:r w:rsidR="00BD5273" w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:rPr>
-              <w:t>5 day</w:t>
-[...50 lines deleted...]
-              <w:t>)</w:t>
+              <w:t xml:space="preserve"> week programme for 1 year (Sept- July)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A42BD5" w14:paraId="43ACD9D0" w14:textId="77777777" w:rsidTr="00604935">
+      <w:tr w:rsidR="00A42BD5" w14:paraId="43ACD9D0" w14:textId="77777777" w:rsidTr="535D8F0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="60129361" w14:textId="4D751B14" w:rsidR="00A42BD5" w:rsidRPr="00604935" w:rsidRDefault="00A25B72" w:rsidP="00BD5273">
+          <w:p w14:paraId="60129361" w14:textId="4D751B14" w:rsidR="00A42BD5" w:rsidRPr="00604935" w:rsidRDefault="003674CB" w:rsidP="00BD5273">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="830"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                   <w:color w:val="000000"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -855,51 +766,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidR="00BD5273" w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:rPr>
               <w:t>Have the desire to work</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD5273" w14:paraId="4E194918" w14:textId="77777777" w:rsidTr="00604935">
+      <w:tr w:rsidR="00BD5273" w14:paraId="4E194918" w14:textId="77777777" w:rsidTr="535D8F0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0B621DAE" w14:textId="7A675251" w:rsidR="00BD5273" w:rsidRPr="003973A9" w:rsidRDefault="00BD5273" w:rsidP="00BD5273">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD5273">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -977,51 +888,51 @@
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>(this includes wanting travel training):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD5273" w14:paraId="0DF8C67B" w14:textId="77777777" w:rsidTr="00604935">
+      <w:tr w:rsidR="00BD5273" w14:paraId="0DF8C67B" w14:textId="77777777" w:rsidTr="535D8F0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="050F231E" w14:textId="77777777" w:rsidR="00BD5273" w:rsidRDefault="00BD5273" w:rsidP="00BD5273">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="42B62012" w14:textId="77777777" w:rsidR="00BD5273" w:rsidRDefault="00BD5273" w:rsidP="00BD5273">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
@@ -1046,51 +957,51 @@
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="555DE3CB" w14:textId="77777777" w:rsidR="00BD5273" w:rsidRDefault="00BD5273" w:rsidP="00BD5273">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD5273" w14:paraId="6F93F636" w14:textId="77777777" w:rsidTr="00604935">
+      <w:tr w:rsidR="00BD5273" w14:paraId="6F93F636" w14:textId="77777777" w:rsidTr="535D8F0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1BE30718" w14:textId="51F77F61" w:rsidR="00BD5273" w:rsidRPr="00604935" w:rsidRDefault="00BD5273" w:rsidP="00BD5273">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -1109,58 +1020,58 @@
               <w:t xml:space="preserve">Do you want a full-time </w:t>
             </w:r>
             <w:r w:rsidR="003973A9" w:rsidRPr="003973A9">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">(16+) </w:t>
             </w:r>
             <w:r w:rsidRPr="003973A9">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>job?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD5273" w14:paraId="0FCF3386" w14:textId="77777777" w:rsidTr="00604935">
+      <w:tr w:rsidR="00BD5273" w14:paraId="0FCF3386" w14:textId="77777777" w:rsidTr="535D8F0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="74F5ABDD" w14:textId="6A72B623" w:rsidR="00BD5273" w:rsidRPr="00604935" w:rsidRDefault="00A25B72" w:rsidP="00BD5273">
+          <w:p w14:paraId="74F5ABDD" w14:textId="6C0ECE1E" w:rsidR="00BD5273" w:rsidRPr="00604935" w:rsidRDefault="003674CB" w:rsidP="00BD5273">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="940"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                   <w:color w:val="000000"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -1181,88 +1092,63 @@
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="en-GB"/>
                     <w14:ligatures w14:val="none"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00BD5273" w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:tab/>
-            </w:r>
-[...23 lines deleted...]
-              </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD5273" w14:paraId="46A4D94D" w14:textId="77777777" w:rsidTr="00604935">
+      <w:tr w:rsidR="00BD5273" w14:paraId="46A4D94D" w14:textId="77777777" w:rsidTr="535D8F0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1AF8676F" w14:textId="4BCFF881" w:rsidR="00BD5273" w:rsidRPr="00604935" w:rsidRDefault="00A25B72" w:rsidP="00BD5273">
+          <w:p w14:paraId="1AF8676F" w14:textId="21E69DEE" w:rsidR="00BD5273" w:rsidRPr="00604935" w:rsidRDefault="003674CB" w:rsidP="00BD5273">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1170"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                   <w:color w:val="000000"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -1282,325 +1168,315 @@
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="en-GB"/>
                     <w14:ligatures w14:val="none"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00BD5273" w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">             No</w:t>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+            <w:r w:rsidR="00C56C7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD5273" w:rsidRPr="00604935">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD5273" w14:paraId="45FB4AB9" w14:textId="77777777" w:rsidTr="00604935">
+      <w:tr w:rsidR="00BD5273" w14:paraId="45FB4AB9" w14:textId="77777777" w:rsidTr="535D8F0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="297699E9" w14:textId="51C54F78" w:rsidR="00BD5273" w:rsidRPr="00604935" w:rsidRDefault="00BD5273" w:rsidP="00A37C2B">
+          <w:p w14:paraId="297699E9" w14:textId="1D5BCAF2" w:rsidR="00BD5273" w:rsidRPr="00604935" w:rsidRDefault="00BD5273" w:rsidP="00A37C2B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               </w:rPr>
-              <w:t>DFN Project SEARCH Application Form 202</w:t>
-[...35 lines deleted...]
-              <w:t>6</w:t>
+              <w:t>DFN Project SEARCH Application Form</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD5273" w14:paraId="4123206C" w14:textId="77777777" w:rsidTr="00604935">
+      <w:tr w:rsidR="00BD5273" w14:paraId="4123206C" w14:textId="77777777" w:rsidTr="535D8F0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="55087952" w14:textId="4826F365" w:rsidR="00BD5273" w:rsidRPr="00604935" w:rsidRDefault="00BD5273" w:rsidP="00BD5273">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Full name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD5273" w14:paraId="354BC4EA" w14:textId="77777777" w:rsidTr="00604935">
+      <w:tr w:rsidR="00BD5273" w14:paraId="354BC4EA" w14:textId="77777777" w:rsidTr="535D8F0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="7B9F9CB5" w14:textId="77777777" w:rsidR="00BD5273" w:rsidRDefault="00BD5273" w:rsidP="00BD5273">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD5273" w14:paraId="1ADE8F63" w14:textId="77777777" w:rsidTr="00604935">
+      <w:tr w:rsidR="00BD5273" w14:paraId="1ADE8F63" w14:textId="77777777" w:rsidTr="535D8F0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="36CE13E8" w14:textId="526840E8" w:rsidR="00BD5273" w:rsidRPr="00604935" w:rsidRDefault="00BD5273" w:rsidP="00BD5273">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Phone number</w:t>
             </w:r>
             <w:r w:rsidR="00A37C2B" w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD5273" w14:paraId="27A2A03D" w14:textId="77777777" w:rsidTr="00604935">
+      <w:tr w:rsidR="00BD5273" w14:paraId="27A2A03D" w14:textId="77777777" w:rsidTr="535D8F0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="672F9637" w14:textId="77777777" w:rsidR="00BD5273" w:rsidRDefault="00BD5273" w:rsidP="00BD5273">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD5273" w14:paraId="660DD7CD" w14:textId="77777777" w:rsidTr="00604935">
+      <w:tr w:rsidR="00BD5273" w14:paraId="660DD7CD" w14:textId="77777777" w:rsidTr="535D8F0E">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4E1A67D3" w14:textId="66BD209A" w:rsidR="00BD5273" w:rsidRPr="00604935" w:rsidRDefault="00BD5273" w:rsidP="00BD5273">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
             <w:r w:rsidR="00A37C2B" w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD5273" w14:paraId="35C9A9DC" w14:textId="77777777" w:rsidTr="00604935">
+      <w:tr w:rsidR="00BD5273" w14:paraId="35C9A9DC" w14:textId="77777777" w:rsidTr="535D8F0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="3C1CBE9F" w14:textId="77777777" w:rsidR="00BD5273" w:rsidRDefault="00BD5273" w:rsidP="00BD5273">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD5273" w14:paraId="7CEF7D00" w14:textId="77777777" w:rsidTr="00604935">
+      <w:tr w:rsidR="00BD5273" w14:paraId="7CEF7D00" w14:textId="77777777" w:rsidTr="535D8F0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="14863D6F" w14:textId="00989009" w:rsidR="00BD5273" w:rsidRPr="00604935" w:rsidRDefault="00A37C2B" w:rsidP="00BD5273">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -1633,133 +1509,133 @@
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>yy</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD5273" w14:paraId="03D5879C" w14:textId="77777777" w:rsidTr="00604935">
+      <w:tr w:rsidR="00BD5273" w14:paraId="03D5879C" w14:textId="77777777" w:rsidTr="535D8F0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="0A9B5340" w14:textId="77777777" w:rsidR="00BD5273" w:rsidRDefault="00BD5273" w:rsidP="00BD5273">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A37C2B" w14:paraId="061E4432" w14:textId="77777777" w:rsidTr="00604935">
+      <w:tr w:rsidR="00A37C2B" w14:paraId="061E4432" w14:textId="77777777" w:rsidTr="535D8F0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1C305AF6" w14:textId="77DA65CF" w:rsidR="00A37C2B" w:rsidRPr="00604935" w:rsidRDefault="00A37C2B" w:rsidP="00BD5273">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>National Insurance Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A37C2B" w14:paraId="530BF280" w14:textId="77777777" w:rsidTr="00604935">
+      <w:tr w:rsidR="00A37C2B" w14:paraId="530BF280" w14:textId="77777777" w:rsidTr="535D8F0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="522AE7D0" w14:textId="77777777" w:rsidR="00A37C2B" w:rsidRDefault="00A37C2B" w:rsidP="00BD5273">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A37C2B" w14:paraId="4A3CEDAF" w14:textId="77777777" w:rsidTr="00604935">
+      <w:tr w:rsidR="00A37C2B" w14:paraId="4A3CEDAF" w14:textId="77777777" w:rsidTr="535D8F0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0C62ED79" w14:textId="1080AD6A" w:rsidR="00A37C2B" w:rsidRPr="00604935" w:rsidRDefault="00A37C2B" w:rsidP="00BD5273">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -1770,51 +1646,51 @@
             <w:r w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>borough and postcode</w:t>
             </w:r>
             <w:r w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A37C2B" w14:paraId="5CC4921E" w14:textId="77777777" w:rsidTr="00604935">
+      <w:tr w:rsidR="00A37C2B" w14:paraId="5CC4921E" w14:textId="77777777" w:rsidTr="535D8F0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="635795CB" w14:textId="77777777" w:rsidR="00A37C2B" w:rsidRDefault="00A37C2B" w:rsidP="00BD5273">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3ED4E101" w14:textId="77777777" w:rsidR="00A37C2B" w:rsidRDefault="00A37C2B" w:rsidP="00BD5273">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
@@ -1822,68 +1698,83 @@
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="383AE627" w14:textId="77777777" w:rsidR="00A37C2B" w:rsidRDefault="00A37C2B" w:rsidP="00BD5273">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1E772B4B" w14:textId="77777777" w:rsidR="00A37C2B" w:rsidRDefault="00A37C2B" w:rsidP="00BD5273">
+          <w:p w14:paraId="73A69A84" w14:textId="77777777" w:rsidR="00A37C2B" w:rsidRDefault="00A37C2B" w:rsidP="00BD5273">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
+          <w:p w14:paraId="1E772B4B" w14:textId="77777777" w:rsidR="00A37C2B" w:rsidRDefault="00A37C2B" w:rsidP="00BD5273">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A37C2B" w14:paraId="59CB1B9F" w14:textId="77777777" w:rsidTr="00604935">
+      <w:tr w:rsidR="00A37C2B" w14:paraId="59CB1B9F" w14:textId="77777777" w:rsidTr="535D8F0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="39CBC82C" w14:textId="6B3F5C0E" w:rsidR="00A37C2B" w:rsidRPr="00604935" w:rsidRDefault="00A37C2B" w:rsidP="00A37C2B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00967CEB">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
@@ -1923,51 +1814,51 @@
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:br/>
               <w:t>Phone number</w:t>
             </w:r>
             <w:r w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:br/>
               <w:t>Email address</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A37C2B" w14:paraId="026387EC" w14:textId="77777777" w:rsidTr="00604935">
+      <w:tr w:rsidR="00A37C2B" w14:paraId="026387EC" w14:textId="77777777" w:rsidTr="535D8F0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="49E19D11" w14:textId="77777777" w:rsidR="00A37C2B" w:rsidRDefault="00A37C2B" w:rsidP="00BD5273">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6C92183F" w14:textId="77777777" w:rsidR="00A37C2B" w:rsidRDefault="00A37C2B" w:rsidP="00BD5273">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
@@ -1992,124 +1883,111 @@
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5FEF8238" w14:textId="77777777" w:rsidR="00A37C2B" w:rsidRDefault="00A37C2B" w:rsidP="00BD5273">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A37C2B" w14:paraId="317C79D2" w14:textId="77777777" w:rsidTr="00604935">
+      <w:tr w:rsidR="00A37C2B" w14:paraId="317C79D2" w14:textId="77777777" w:rsidTr="535D8F0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="73D175AF" w14:textId="77777777" w:rsidR="00E9223B" w:rsidRDefault="00A37C2B" w:rsidP="00A37C2B">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w14:paraId="3F621997" w14:textId="210EC75B" w:rsidR="00A37C2B" w:rsidRPr="00604935" w:rsidRDefault="00A37C2B" w:rsidP="00A37C2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00967CEB">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>If</w:t>
             </w:r>
             <w:r w:rsidRPr="00967CEB">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> you have a Care/Support Worker or Social Worker, </w:t>
             </w:r>
-          </w:p>
-[...11 lines deleted...]
-            </w:pPr>
             <w:r w:rsidRPr="00A37C2B">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>please provide all the following information:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A37C2B" w14:paraId="11A779DC" w14:textId="77777777" w:rsidTr="00604935">
+      <w:tr w:rsidR="00A37C2B" w14:paraId="11A779DC" w14:textId="77777777" w:rsidTr="535D8F0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="0F5A2E1B" w14:textId="42782CB9" w:rsidR="00A37C2B" w:rsidRDefault="00604935" w:rsidP="00BD5273">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
@@ -2188,51 +2066,51 @@
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A37C2B" w14:paraId="0924C386" w14:textId="77777777" w:rsidTr="00604935">
+      <w:tr w:rsidR="00A37C2B" w14:paraId="0924C386" w14:textId="77777777" w:rsidTr="535D8F0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="60FA9B4D" w14:textId="77D5625E" w:rsidR="00A37C2B" w:rsidRPr="00967CEB" w:rsidRDefault="00A37C2B" w:rsidP="00967CEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00967CEB">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
@@ -2299,51 +2177,51 @@
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>lease provide all the following information:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A37C2B" w14:paraId="242EBFCE" w14:textId="77777777" w:rsidTr="00604935">
+      <w:tr w:rsidR="00A37C2B" w14:paraId="242EBFCE" w14:textId="77777777" w:rsidTr="535D8F0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="626DAA65" w14:textId="481697D9" w:rsidR="00A37C2B" w:rsidRDefault="00604935" w:rsidP="00604935">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
@@ -2426,51 +2304,51 @@
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00604935" w14:paraId="47066871" w14:textId="77777777" w:rsidTr="00604935">
+      <w:tr w:rsidR="00604935" w14:paraId="47066871" w14:textId="77777777" w:rsidTr="535D8F0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3707F31D" w14:textId="79B21C09" w:rsidR="00604935" w:rsidRPr="00604935" w:rsidRDefault="00604935" w:rsidP="00E10C28">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Why are you </w:t>
@@ -2487,427 +2365,329 @@
               <w:t>interested in joining</w:t>
             </w:r>
             <w:r w:rsidRPr="00F334BD">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>this Supported Internship programme?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00604935" w14:paraId="75FC3DF5" w14:textId="77777777" w:rsidTr="00604935">
+      <w:tr w:rsidR="00604935" w14:paraId="75FC3DF5" w14:textId="77777777" w:rsidTr="535D8F0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="42FA19B9" w14:textId="77777777" w:rsidR="00604935" w:rsidRDefault="00604935" w:rsidP="00E10C28">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1222890C" w14:textId="77777777" w:rsidR="008B2D69" w:rsidRDefault="008B2D69" w:rsidP="00E10C28">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5BE186C6" w14:textId="77777777" w:rsidR="00604935" w:rsidRDefault="00604935" w:rsidP="00E10C28">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00604935" w14:paraId="7B3253F6" w14:textId="77777777" w:rsidTr="00604935">
+      <w:tr w:rsidR="00604935" w14:paraId="7B3253F6" w14:textId="77777777" w:rsidTr="535D8F0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="1327DC12" w14:textId="11F7BFEB" w:rsidR="00604935" w:rsidRDefault="00604935" w:rsidP="00E10C28">
+          <w:p w14:paraId="1327DC12" w14:textId="1E00FCBA" w:rsidR="00604935" w:rsidRDefault="00604935" w:rsidP="00E10C28">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Please rank your </w:t>
             </w:r>
             <w:r w:rsidRPr="00F334BD">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>preferred location</w:t>
             </w:r>
             <w:r w:rsidRPr="00F334BD">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">to join (please </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> you</w:t>
+              <w:t>to join (please number you</w:t>
             </w:r>
             <w:r w:rsidR="0017385E">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F334BD">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>preference 1</w:t>
-[...47 lines deleted...]
-              <w:t>rd</w:t>
+              <w:t>preference 1-3</w:t>
             </w:r>
             <w:r w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00604935" w14:paraId="2F06A72C" w14:textId="68091776" w:rsidTr="00604935">
+      <w:tr w:rsidR="00604935" w14:paraId="2F06A72C" w14:textId="68091776" w:rsidTr="535D8F0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="780" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="54CBF1C3" w14:textId="78D0D09E" w:rsidR="00604935" w:rsidRDefault="00604935" w:rsidP="00E10C28">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3FD5F7A3" w14:textId="77777777" w:rsidR="00604935" w:rsidRPr="00604935" w:rsidRDefault="00604935" w:rsidP="00604935">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>London Borough of Hounslow</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00604935" w14:paraId="423EBF8F" w14:textId="67A70ABA" w:rsidTr="00604935">
+      <w:tr w:rsidR="00604935" w14:paraId="423EBF8F" w14:textId="67A70ABA" w:rsidTr="535D8F0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="780" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="2D481AF4" w14:textId="15095F6F" w:rsidR="00604935" w:rsidRDefault="00604935" w:rsidP="00E10C28">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9705" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E5364EE" w14:textId="2FD4566C" w:rsidR="00604935" w:rsidRPr="00604935" w:rsidRDefault="00604935" w:rsidP="00604935">
+          <w:p w14:paraId="0E5364EE" w14:textId="21B08F15" w:rsidR="00604935" w:rsidRPr="00604935" w:rsidRDefault="005768CC" w:rsidP="00604935">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00604935">
-[...27 lines deleted...]
-              <w:t xml:space="preserve"> Hotel </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Sheraton Skyline Heathrow</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00604935" w14:paraId="628FCEA6" w14:textId="5A2ED9C8" w:rsidTr="00604935">
+      <w:tr w:rsidR="00604935" w14:paraId="628FCEA6" w14:textId="5A2ED9C8" w:rsidTr="535D8F0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="780" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="7C479E46" w14:textId="05F8D41F" w:rsidR="00604935" w:rsidRDefault="00604935" w:rsidP="00E10C28">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9705" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5265BF53" w14:textId="77777777" w:rsidR="00604935" w:rsidRPr="00604935" w:rsidRDefault="00604935" w:rsidP="00604935">
+          <w:p w14:paraId="5265BF53" w14:textId="6585671A" w:rsidR="00604935" w:rsidRPr="00604935" w:rsidRDefault="00604935" w:rsidP="00604935">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00604935">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="24344A27" w14:textId="77777777" w:rsidR="00A37C2B" w:rsidRPr="00604935" w:rsidRDefault="00A37C2B" w:rsidP="00A42BD5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
@@ -3014,51 +2794,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
             <w:r w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> please state what it is)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A37C2B" w14:paraId="560A0740" w14:textId="77777777" w:rsidTr="00C810CF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="0C208138" w14:textId="6E211778" w:rsidR="00A37C2B" w:rsidRPr="00604935" w:rsidRDefault="00A25B72" w:rsidP="00A37C2B">
+          <w:p w14:paraId="0C208138" w14:textId="6E211778" w:rsidR="00A37C2B" w:rsidRPr="00604935" w:rsidRDefault="003674CB" w:rsidP="00A37C2B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:id w:val="-802462642"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -3077,51 +2857,51 @@
                     <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00A37C2B" w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:rPr>
               <w:t xml:space="preserve">  Timekeeping/Attendance</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A37C2B" w14:paraId="77BC90DB" w14:textId="77777777" w:rsidTr="00C810CF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="59C50E25" w14:textId="19E4BA00" w:rsidR="00A37C2B" w:rsidRPr="00604935" w:rsidRDefault="00A25B72" w:rsidP="00A37C2B">
+          <w:p w14:paraId="59C50E25" w14:textId="19E4BA00" w:rsidR="00A37C2B" w:rsidRPr="00604935" w:rsidRDefault="003674CB" w:rsidP="00A37C2B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:id w:val="-316958221"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -3160,51 +2940,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A37C2B" w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:rPr>
               <w:t>Working with others</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A37C2B" w14:paraId="71C4A110" w14:textId="77777777" w:rsidTr="00C810CF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="180E2596" w14:textId="76C04656" w:rsidR="00A37C2B" w:rsidRPr="00604935" w:rsidRDefault="00A25B72" w:rsidP="00A37C2B">
+          <w:p w14:paraId="180E2596" w14:textId="76C04656" w:rsidR="00A37C2B" w:rsidRPr="00604935" w:rsidRDefault="003674CB" w:rsidP="00A37C2B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:id w:val="765040808"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -3243,51 +3023,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A37C2B" w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:rPr>
               <w:t>Verbal communication</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A37C2B" w14:paraId="554E0AAE" w14:textId="77777777" w:rsidTr="00C810CF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1F63DE26" w14:textId="49573981" w:rsidR="00A37C2B" w:rsidRPr="00604935" w:rsidRDefault="00A25B72" w:rsidP="00A37C2B">
+          <w:p w14:paraId="1F63DE26" w14:textId="49573981" w:rsidR="00A37C2B" w:rsidRPr="00604935" w:rsidRDefault="003674CB" w:rsidP="00A37C2B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:id w:val="-1130634545"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -3326,51 +3106,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A37C2B" w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:rPr>
               <w:t>Working Independently</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A37C2B" w14:paraId="4EF44147" w14:textId="77777777" w:rsidTr="00C810CF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="2DFC9BDD" w14:textId="3245ED72" w:rsidR="00A37C2B" w:rsidRPr="00604935" w:rsidRDefault="00A25B72" w:rsidP="00A37C2B">
+          <w:p w14:paraId="2DFC9BDD" w14:textId="3245ED72" w:rsidR="00A37C2B" w:rsidRPr="00604935" w:rsidRDefault="003674CB" w:rsidP="00A37C2B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:id w:val="1462776403"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -3409,51 +3189,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A37C2B" w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:rPr>
               <w:t>Following instructions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A37C2B" w14:paraId="59C71F01" w14:textId="77777777" w:rsidTr="00C810CF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="6BFCBC0D" w14:textId="3FB2F140" w:rsidR="00A37C2B" w:rsidRPr="00604935" w:rsidRDefault="00A25B72" w:rsidP="00A37C2B">
+          <w:p w14:paraId="6BFCBC0D" w14:textId="3FB2F140" w:rsidR="00A37C2B" w:rsidRPr="00604935" w:rsidRDefault="003674CB" w:rsidP="00A37C2B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:id w:val="-899980394"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -3509,51 +3289,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:rPr>
               <w:t>tasks,</w:t>
             </w:r>
             <w:r w:rsidR="00A37C2B" w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:rPr>
               <w:t xml:space="preserve"> I do not enjoy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A37C2B" w14:paraId="7F639867" w14:textId="77777777" w:rsidTr="00C810CF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="46FD52F0" w14:textId="58E26A37" w:rsidR="00A37C2B" w:rsidRPr="00604935" w:rsidRDefault="00A25B72" w:rsidP="00A37C2B">
+          <w:p w14:paraId="46FD52F0" w14:textId="58E26A37" w:rsidR="00A37C2B" w:rsidRPr="00604935" w:rsidRDefault="003674CB" w:rsidP="00A37C2B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:id w:val="-816805380"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -3589,51 +3369,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A37C2B" w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:rPr>
               <w:t>Meeting new people / environments</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A37C2B" w14:paraId="1E15F646" w14:textId="77777777" w:rsidTr="00C810CF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="2ADA91BE" w14:textId="0111A344" w:rsidR="00A37C2B" w:rsidRPr="00604935" w:rsidRDefault="00A25B72" w:rsidP="00A37C2B">
+          <w:p w14:paraId="2ADA91BE" w14:textId="0111A344" w:rsidR="00A37C2B" w:rsidRPr="00604935" w:rsidRDefault="003674CB" w:rsidP="00A37C2B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:id w:val="-195614365"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -3669,51 +3449,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A37C2B" w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:rPr>
               <w:t>Keeping a positive attitude</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A37C2B" w14:paraId="46AEA863" w14:textId="77777777" w:rsidTr="00C810CF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="02B78AB8" w14:textId="56517641" w:rsidR="00D3151F" w:rsidRDefault="00A25B72" w:rsidP="00A37C2B">
+          <w:p w14:paraId="4B95A383" w14:textId="1E320CC2" w:rsidR="006D4B91" w:rsidRPr="004E3E10" w:rsidRDefault="003674CB" w:rsidP="00A37C2B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:id w:val="2025591331"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -3761,62 +3541,50 @@
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:rPr>
               <w:t>Othe</w:t>
             </w:r>
             <w:r w:rsidR="00C810CF" w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:rPr>
               <w:t xml:space="preserve">r (please write </w:t>
             </w:r>
             <w:r w:rsidR="006A0969" w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
               </w:rPr>
               <w:t>here) …</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4B95A383" w14:textId="1CB10EAB" w:rsidR="00945EBC" w:rsidRPr="004E3E10" w:rsidRDefault="00945EBC" w:rsidP="00A37C2B">
-[...10 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A37C2B" w14:paraId="64A7B4A6" w14:textId="77777777" w:rsidTr="00604935">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="0EB2CA6C" w14:textId="77777777" w:rsidR="00A37C2B" w:rsidRPr="00604935" w:rsidRDefault="00A37C2B" w:rsidP="00604935">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00604935">
               <w:rPr>
@@ -4081,58 +3849,58 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A37C2B">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>What adjustments do you need at the recruitment stage?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72CD3CD2" w14:textId="6816AA34" w:rsidR="00A37C2B" w:rsidRPr="00604935" w:rsidRDefault="00A37C2B" w:rsidP="006A0969">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C674C8">
-[...6 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:r w:rsidRPr="00604935">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00604935">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Please share what we can do to support you</w:t>
             </w:r>
             <w:r w:rsidRPr="00277FD8">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
@@ -4285,364 +4053,692 @@
                 <w:szCs w:val="23"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6321FE68" w14:textId="77777777" w:rsidR="00D3151F" w:rsidRDefault="00D3151F" w:rsidP="00A37C2B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A37C2B" w:rsidRPr="00604935" w14:paraId="4C469FCC" w14:textId="77777777" w:rsidTr="00945EBC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBDBDB" w:themeFill="accent3" w:themeFillTint="66"/>
           </w:tcPr>
-          <w:p w14:paraId="1E62B857" w14:textId="2A37B55F" w:rsidR="0090046E" w:rsidRPr="003F4804" w:rsidRDefault="00A37C2B" w:rsidP="003F4804">
-[...3 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="6020E031" w14:textId="7C084FB9" w:rsidR="003674CB" w:rsidRPr="003674CB" w:rsidRDefault="00A37C2B" w:rsidP="003674CB">
+            <w:pPr>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DBDBDB" w:themeFill="accent3" w:themeFillTint="66"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD32F7">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00945EBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DBDBDB" w:themeFill="accent3" w:themeFillTint="66"/>
               </w:rPr>
               <w:t>Thank you for completing this application form</w:t>
             </w:r>
-            <w:r w:rsidR="003F4804">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="003674CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DBDBDB" w:themeFill="accent3" w:themeFillTint="66"/>
               </w:rPr>
-              <w:t xml:space="preserve">. Please </w:t>
-[...12 lines deleted...]
-              <w:r w:rsidR="00A13DEE" w:rsidRPr="00BD32F7">
+              <w:t xml:space="preserve">, please email this back to us on: </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r w:rsidR="003674CB" w:rsidRPr="00605FC9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="DBDBDB" w:themeFill="accent3" w:themeFillTint="66"/>
                 </w:rPr>
                 <w:t>Projectsearch@hounslow.gov.uk</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00C911D1" w:rsidRPr="00BD32F7">
-[...2 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="003674CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DBDBDB" w:themeFill="accent3" w:themeFillTint="66"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C911D1" w:rsidRPr="00BD32F7">
-[...6 lines deleted...]
-                <w:u w:val="none"/>
+            <w:r w:rsidR="003674CB" w:rsidRPr="003674CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DBDBDB" w:themeFill="accent3" w:themeFillTint="66"/>
               </w:rPr>
-              <w:t xml:space="preserve">or contact </w:t>
-[...32 lines deleted...]
-                <w:u w:val="none"/>
+              <w:t xml:space="preserve">or </w:t>
+            </w:r>
+            <w:r w:rsidR="003674CB" w:rsidRPr="003674CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DBDBDB" w:themeFill="accent3" w:themeFillTint="66"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-                <w:u w:val="none"/>
+              <w:t>drop it off t</w:t>
+            </w:r>
+            <w:r w:rsidR="003674CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DBDBDB" w:themeFill="accent3" w:themeFillTint="66"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidR="003674CB" w:rsidRPr="003674CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DBDBDB" w:themeFill="accent3" w:themeFillTint="66"/>
               </w:rPr>
-              <w:t xml:space="preserve">For </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:t xml:space="preserve"> us</w:t>
+            </w:r>
+            <w:r w:rsidR="003674CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DBDBDB" w:themeFill="accent3" w:themeFillTint="66"/>
               </w:rPr>
-              <w:t>further information about DFN Project SEARCH visit:</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:t xml:space="preserve"> FAO: DFN Project SEARCH, Hounslow House, </w:t>
+            </w:r>
+            <w:r w:rsidR="003674CB" w:rsidRPr="003674CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DBDBDB" w:themeFill="accent3" w:themeFillTint="66"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t>7 Bath Rd, Hounslow</w:t>
+            </w:r>
+            <w:r w:rsidR="003674CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="DBDBDB" w:themeFill="accent3" w:themeFillTint="66"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="003674CB" w:rsidRPr="003674CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="DBDBDB" w:themeFill="accent3" w:themeFillTint="66"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TW3 3EB</w:t>
+            </w:r>
+            <w:r w:rsidR="003674CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="DBDBDB" w:themeFill="accent3" w:themeFillTint="66"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E62B857" w14:textId="4B7C540D" w:rsidR="004A774E" w:rsidRPr="00945EBC" w:rsidRDefault="004A774E" w:rsidP="00945EBC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4A514F2C" w14:textId="77777777" w:rsidR="00C674C8" w:rsidRPr="00C674C8" w:rsidRDefault="00C674C8" w:rsidP="00C674C8">
+    <w:p w14:paraId="26956441" w14:textId="7D3325F3" w:rsidR="009E690A" w:rsidRPr="009E690A" w:rsidRDefault="009E690A" w:rsidP="009E690A">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6840"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00C674C8" w:rsidRPr="00C674C8" w:rsidSect="00C674C8">
+    <w:sectPr w:rsidR="009E690A" w:rsidRPr="009E690A" w:rsidSect="00A37C2B">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="720" w:right="680" w:bottom="720" w:left="680" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...3 lines deleted...]
-    <w:family w:val="swiss"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="224A2EB2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6A408C74"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7C825383"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="20CA3A86"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1619340422">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1380783387">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A42BD5"/>
     <w:rsid w:val="00116AD3"/>
+    <w:rsid w:val="00121FDF"/>
     <w:rsid w:val="0017385E"/>
-    <w:rsid w:val="001D379B"/>
+    <w:rsid w:val="0023777F"/>
     <w:rsid w:val="00277FD8"/>
+    <w:rsid w:val="003674CB"/>
     <w:rsid w:val="003973A9"/>
+    <w:rsid w:val="003A1809"/>
     <w:rsid w:val="003D374E"/>
-    <w:rsid w:val="003F4804"/>
+    <w:rsid w:val="003F2950"/>
     <w:rsid w:val="004730E7"/>
+    <w:rsid w:val="004A774E"/>
     <w:rsid w:val="004E3E10"/>
-    <w:rsid w:val="004F1670"/>
+    <w:rsid w:val="005768CC"/>
     <w:rsid w:val="00604935"/>
     <w:rsid w:val="006A0969"/>
-    <w:rsid w:val="006E6FA5"/>
+    <w:rsid w:val="006D4B91"/>
+    <w:rsid w:val="00773896"/>
     <w:rsid w:val="008B2D69"/>
-    <w:rsid w:val="0090046E"/>
     <w:rsid w:val="00945EBC"/>
     <w:rsid w:val="009472F6"/>
     <w:rsid w:val="00967CEB"/>
     <w:rsid w:val="009E690A"/>
-    <w:rsid w:val="00A13DEE"/>
-    <w:rsid w:val="00A25B72"/>
     <w:rsid w:val="00A37C2B"/>
     <w:rsid w:val="00A42BD5"/>
+    <w:rsid w:val="00A56A4E"/>
     <w:rsid w:val="00A94A4C"/>
-    <w:rsid w:val="00BD32F7"/>
     <w:rsid w:val="00BD5273"/>
-    <w:rsid w:val="00C674C8"/>
+    <w:rsid w:val="00C56C7F"/>
+    <w:rsid w:val="00C759EC"/>
     <w:rsid w:val="00C810CF"/>
-    <w:rsid w:val="00C911D1"/>
-    <w:rsid w:val="00CA2870"/>
     <w:rsid w:val="00CE13C3"/>
     <w:rsid w:val="00D2699A"/>
     <w:rsid w:val="00D3151F"/>
-    <w:rsid w:val="00D97F54"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00EA3BC9"/>
+    <w:rsid w:val="00D46E8E"/>
+    <w:rsid w:val="00D62CB5"/>
+    <w:rsid w:val="00F21F62"/>
     <w:rsid w:val="00F334BD"/>
+    <w:rsid w:val="535D8F0E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2E3D92B2"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{8617D63D-808F-487B-9568-58BDCFA8BB49}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5002,121 +5098,120 @@
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00604935"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00A42BD5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A13DEE"/>
+    <w:rsid w:val="003674CB"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A13DEE"/>
+    <w:rsid w:val="003674CB"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="802968266">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="460340399">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -5209,50 +5304,76 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="465660067">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="1414160432">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1414399742">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1481339434">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1212766203">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
@@ -5297,51 +5418,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="388771149">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hounslow.gov.uk/homepage/291/dfn_project_search" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Projectsearch@hounslow.gov.uk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Projectsearch@hounslow.gov.uk" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5599,87 +5720,369 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="780607fd-1b76-4f47-a5ac-c804b2c0fd35" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="71d3e3eb-4057-4a7c-8a24-92dbef56e602">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B44F398482649B4EB9B7F6461AA6FEAA" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="71e8173ac143fa0701c63f4df63c3dc5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="71d3e3eb-4057-4a7c-8a24-92dbef56e602" xmlns:ns3="780607fd-1b76-4f47-a5ac-c804b2c0fd35" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a762b9925ec0767be44530b603d347bb" ns2:_="" ns3:_="">
+    <xsd:import namespace="71d3e3eb-4057-4a7c-8a24-92dbef56e602"/>
+    <xsd:import namespace="780607fd-1b76-4f47-a5ac-c804b2c0fd35"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="71d3e3eb-4057-4a7c-8a24-92dbef56e602" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="02993f56-752b-4db2-82ac-cb0b7a9c125c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="780607fd-1b76-4f47-a5ac-c804b2c0fd35" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{e0cee957-076c-4622-8a44-d9e36f7c4880}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="780607fd-1b76-4f47-a5ac-c804b2c0fd35">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6B5905F3-35C8-4C2F-BC8F-1D1DA20364DA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="71d3e3eb-4057-4a7c-8a24-92dbef56e602"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="780607fd-1b76-4f47-a5ac-c804b2c0fd35"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C52D07C3-3EDA-4E69-8895-DCCF5C33B76E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DAEBBCC0-5C69-473D-B529-0DA2EDF83297}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="71d3e3eb-4057-4a7c-8a24-92dbef56e602"/>
+    <ds:schemaRef ds:uri="780607fd-1b76-4f47-a5ac-c804b2c0fd35"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C95FD7AF-9B1B-4FEA-8C66-315D4D768015}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>474</Words>
-  <Characters>2707</Characters>
+  <Words>470</Words>
+  <Characters>2497</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>118</Lines>
+  <Paragraphs>61</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3175</CharactersWithSpaces>
+  <CharactersWithSpaces>2906</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Aman Kaur</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100B44F398482649B4EB9B7F6461AA6FEAA</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>